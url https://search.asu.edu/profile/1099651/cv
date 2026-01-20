--- v0 (2025-12-29)
+++ v1 (2026-01-20)
@@ -31,50 +31,52 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="2555991C" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>RESUME</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FDF891B" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
@@ -198,59 +200,67 @@
       <w:r>
         <w:t xml:space="preserve">                             </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313C2563" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:r>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00B828AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005224D2">
         <w:t>Tel:</w:t>
       </w:r>
       <w:r w:rsidR="00320DB3">
         <w:t xml:space="preserve"> 480 249 2271</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B730D2C" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
+    <w:p w14:paraId="6B730D2C" w14:textId="382F3CF5" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:r>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidRPr="005224D2">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:t>E-mail</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">: David.Hawkes@asu.edu                                                                                                                             </w:t>
+      <w:r w:rsidR="0B5A0B4D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">David.Hawkes@asu.edu                                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CD3264" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                               </w:t>
       </w:r>
     </w:p>
@@ -2090,51 +2100,51 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60F9AE64" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk119765927"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk119765927"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Pilgrim’s Progress </w:t>
       </w:r>
       <w:r>
         <w:t>by John Bunyan, ed. David Hawkes (Barnes and Noble: London and New York, 2005)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A41635" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
@@ -2152,51 +2162,51 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Paradise Lost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by John Milton, ed. David Hawkes (Barnes and Noble: London and New York, 2004)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="32AD5C74" w14:textId="3FC0977F" w:rsidR="002C3197" w:rsidRDefault="002C3197" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A80B64E" w14:textId="77777777" w:rsidR="002C3197" w:rsidRDefault="002C3197" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -2236,149 +2246,427 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41460B9C" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37384640" w14:textId="4FC1AE58" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
+    <w:p w14:paraId="37384640" w14:textId="0F7182A1" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008B1501">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Peer Review</w:t>
+      </w:r>
       <w:r w:rsidR="00D2681A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Refereed </w:t>
+        <w:t xml:space="preserve">ed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Journal Articles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04EBD248" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F7B063E" w14:textId="77777777" w:rsidR="00586630" w:rsidRDefault="00586630" w:rsidP="00C71878">
-[...24 lines deleted...]
-    <w:p w14:paraId="65EEBD24" w14:textId="37B69A47" w:rsidR="00D23F6E" w:rsidRDefault="00D23F6E" w:rsidP="00C71878">
+    <w:p w14:paraId="77412EC7" w14:textId="01EFF514" w:rsidR="00AF03B4" w:rsidRPr="00AF03B4" w:rsidRDefault="00AF03B4" w:rsidP="00AF03B4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk98747809"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk98765616"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF03B4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>International Capital and LGBTQI+ Rights in Ghana and Uganda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">,’ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Africa Today </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(forthcoming 2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0611DA22" w14:textId="77777777" w:rsidR="00AF03B4" w:rsidRDefault="00AF03B4" w:rsidP="00096AE0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B707EF5" w14:textId="4916ADAE" w:rsidR="00096AE0" w:rsidRPr="00096AE0" w:rsidRDefault="00096AE0" w:rsidP="00096AE0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Breeding Monsters: Non-Procreative Sex and Auto-reproductive Money in Dante’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Inferno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bibliotheca </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dantesca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">vol. 8, forthcoming </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2026)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096AE0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A256ACA" w14:textId="77777777" w:rsidR="00096AE0" w:rsidRDefault="00096AE0" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F7B063E" w14:textId="03AE8B5F" w:rsidR="00586630" w:rsidRPr="006F757C" w:rsidRDefault="006F757C" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Tearing Down </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Telos: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sodomy and Usury in Jeremy Bentham, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modern Philology </w:t>
+      </w:r>
+      <w:r w:rsidR="00147572">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>123:4 (May,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236FAEF6" w14:textId="77777777" w:rsidR="006F757C" w:rsidRDefault="006F757C" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65EEBD24" w14:textId="15742302" w:rsidR="00D23F6E" w:rsidRDefault="00D23F6E" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -2476,52 +2764,62 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>‘Samson on the Yard: Teaching Milton</w:t>
       </w:r>
       <w:r w:rsidR="00255B5D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:r w:rsidR="00255B5D">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Samson Agonistes</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Samson </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00255B5D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Agonistes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C5105">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00255B5D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> an</w:t>
       </w:r>
       <w:r w:rsidR="005C5105">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Arizona Prison’</w:t>
       </w:r>
       <w:r w:rsidR="001B7FC6">
@@ -2700,80 +2998,80 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="342B559D" w14:textId="77777777" w:rsidR="00D1600B" w:rsidRPr="006C4521" w:rsidRDefault="00D1600B" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk98576482"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk98576482"/>
       <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">‘Against Financial Derivatives: Towards an Ethics of Representation,’ </w:t>
       </w:r>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Interdisciplinary Economics </w:t>
       </w:r>
       <w:r w:rsidR="00C321D0" w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>31:2 (Spring</w:t>
       </w:r>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, 2019), 1-19</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="7D802C37" w14:textId="77777777" w:rsidR="00D1600B" w:rsidRPr="006C4521" w:rsidRDefault="00D1600B" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="392D456C" w14:textId="379D7C2B" w:rsidR="007F6134" w:rsidRPr="006C4521" w:rsidRDefault="00090F63" w:rsidP="00C71878">
       <w:pPr>
@@ -2884,58 +3182,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA1DA40" w14:textId="77777777" w:rsidR="00090F63" w:rsidRPr="006C4521" w:rsidRDefault="00090F63" w:rsidP="00090F63">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk13759615"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk13759615"/>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">‘Shakespeare and Derivatives,’ </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Critical Survey </w:t>
       </w:r>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>30.3 (Autumn 2018), 83-96</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3E7ED3" w14:textId="77777777" w:rsidR="00090F63" w:rsidRPr="006C4521" w:rsidRDefault="00090F63" w:rsidP="00090F63">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
@@ -3603,51 +3901,50 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47A8522D" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">‘The Politics of Character in Milton’s Divorce Tracts,’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal of the History of Ideas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 62:1 (January 2001) pp.141-160</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F656E41" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -3657,51 +3954,59 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1143684B" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">‘Thomas Traherne: A Critique of Political Economy,’ </w:t>
+        <w:t xml:space="preserve">‘Thomas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Traherne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: A Critique of Political Economy,’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Huntington Library Quarterly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 62:4 (Spring 2000) pp.369-88</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6204ACF5" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="009B330A" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -3709,66 +4014,66 @@
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="686C172E" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk63218417"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk63218417"/>
       <w:r>
         <w:t xml:space="preserve">‘Sodomy, Usury and the Narrative of Shakespeare’s Sonnets,’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Renaissance Studies</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 14:3 (September 2000) pp.344-361</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="15C23A4C" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57432F61" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -3817,65 +4122,65 @@
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3369CBF7" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk98402326"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk98402326"/>
       <w:r>
         <w:t xml:space="preserve">‘Idolatry and Commodity Fetishism in the Antitheatrical Controversy,’ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Studies in English Literature</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 39:2 (Spring 1999) pp.255-273</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="3F532F72" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F39BCFA" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
@@ -3927,51 +4232,215 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Popular Journal Articles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CC28A0F" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="750F6B5E" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRPr="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
+    <w:p w14:paraId="5FA0AF4F" w14:textId="56A4A25E" w:rsidR="00E431E9" w:rsidRPr="00E431E9" w:rsidRDefault="00E431E9" w:rsidP="00D2681A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00701E5F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Murder in the Post-human Age: What to Make of Charlie Kirk’s Killing,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ (co-author Julia Friedman), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Hedgehog Review </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00701E5F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>09/24/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CA6AD4" w14:textId="77777777" w:rsidR="00E431E9" w:rsidRPr="00E431E9" w:rsidRDefault="00E431E9" w:rsidP="00D2681A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AEF287" w14:textId="4143C31B" w:rsidR="008B6CF4" w:rsidRDefault="008B6CF4" w:rsidP="00D2681A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Moral Permission to Murder: Dostoevsky and the Case of Luigi Mangione’ (co-author Julia Friedman), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Quillette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(12/23/2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1500FD0B" w14:textId="77777777" w:rsidR="008B6CF4" w:rsidRPr="008B6CF4" w:rsidRDefault="008B6CF4" w:rsidP="00D2681A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="750F6B5E" w14:textId="0C4463A2" w:rsidR="00D2681A" w:rsidRPr="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -4133,100 +4602,100 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">‘“They Fought </w:t>
       </w:r>
       <w:r w:rsidR="003170B3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">or What They Had:” Damien Hirst’s “Currency” Referendum Part Two’ (co-author Julia Friedman), </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk119856210"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk119856210"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Whitehot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Magazine of Contemporary Art </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(August 2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="123CD513" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRPr="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="42C6F6E5" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRPr="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
@@ -4287,70 +4756,70 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">‘The “Currency” Referendum: Damien Hirst’s New Project’ (co-author Julia Friedman), </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk111724419"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk111724419"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Whitehot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Magazine of Contemporary Art </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(November 2021)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB23A91" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
@@ -4495,51 +4964,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4E4FBE" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRPr="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D55F994" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRPr="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
+    <w:p w14:paraId="0D55F994" w14:textId="76C7D97D" w:rsidR="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -4570,50 +5039,124 @@
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">39:1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(September 2020).  Reprinted in </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">New Discourses </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2681A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(09/02/2020)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEF781C" w14:textId="5CDFB2FF" w:rsidR="000A22EE" w:rsidRDefault="000A22EE" w:rsidP="00D2681A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE2BEFA" w14:textId="58FA0A6F" w:rsidR="000A22EE" w:rsidRPr="00D2681A" w:rsidRDefault="000A22EE" w:rsidP="00D2681A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A22EE">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dead Cities </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A22EE">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">by Mike Davies, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A22EE">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In These Times </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A22EE">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(01/20/2003), 22-24</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E6A3FA" w14:textId="77777777" w:rsidR="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C714C2E" w14:textId="2CE93DA1" w:rsidR="00D2681A" w:rsidRDefault="00D2681A" w:rsidP="00D2681A">
       <w:pPr>
         <w:tabs>
@@ -4821,110 +5364,50 @@
         </w:rPr>
         <w:t>Market Society</w:t>
       </w:r>
       <w:r w:rsidRPr="00613A8C">
         <w:t xml:space="preserve"> by Dan Slater and Fran </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00613A8C">
         <w:t>Tonkiss</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00613A8C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00613A8C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Nation</w:t>
       </w:r>
       <w:r w:rsidRPr="00613A8C">
         <w:t xml:space="preserve"> (01/21/2002), 28-32</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AACC41" w14:textId="77777777" w:rsidR="000B23E5" w:rsidRDefault="000B23E5" w:rsidP="00613A8C">
-[...58 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3EDE8A61" w14:textId="77777777" w:rsidR="000B23E5" w:rsidRPr="000B23E5" w:rsidRDefault="000B23E5" w:rsidP="000B23E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A6F83CD" w14:textId="77777777" w:rsidR="000B23E5" w:rsidRPr="000B23E5" w:rsidRDefault="000B23E5" w:rsidP="000B23E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -5143,50 +5626,110 @@
         <w:t>Review Articles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0603D83E" w14:textId="77777777" w:rsidR="00963664" w:rsidRDefault="00963664" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70D10528" w14:textId="68AF2F9D" w:rsidR="32948CBF" w:rsidRDefault="32948CBF" w:rsidP="46C9EA65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="46C9EA65">
+        <w:t>‘International Relations, Empire and Politics,’</w:t>
+      </w:r>
+      <w:r w:rsidR="12F59805" w:rsidRPr="46C9EA65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="12F59805" w:rsidRPr="46C9EA65">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Studies in English Literature </w:t>
+      </w:r>
+      <w:r w:rsidR="12F59805" w:rsidRPr="46C9EA65">
+        <w:t>65:1 (forth</w:t>
+      </w:r>
+      <w:r w:rsidR="17BB2D44" w:rsidRPr="46C9EA65">
+        <w:t xml:space="preserve">coming </w:t>
+      </w:r>
+      <w:r w:rsidR="12F59805" w:rsidRPr="46C9EA65">
+        <w:t>Winter 2027)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2D83A5" w14:textId="0999E83E" w:rsidR="46C9EA65" w:rsidRDefault="46C9EA65" w:rsidP="46C9EA65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C8B7DA4" w14:textId="77777777" w:rsidR="001069EE" w:rsidRPr="00DE2EDF" w:rsidRDefault="001069EE" w:rsidP="001069EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="000131CD">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -5425,91 +5968,123 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">‘Materialism and Reification in Early Modern Studies,’ review of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Liquid Assets, Dangerous Gifts</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by Valentin Groeber; </w:t>
+        <w:t xml:space="preserve"> by Valentin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Groeber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Staged Properties </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ed. Jonathan Gil Harris and Natasha Korda, </w:t>
+        <w:t xml:space="preserve">ed. Jonathan Gil Harris and Natasha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Korda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Shakespeare’s Domestic Economies</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by Natasha Korda, </w:t>
+        <w:t xml:space="preserve"> by Natasha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Korda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Imperfect Sense </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by Victoria Silver and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The Rhetoric of Credit</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by Ceri </w:t>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ceri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">Sullivan,  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> of Early Modern Cultural Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, (Winter, 2004) pp.114-129</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399BD81F" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
@@ -5592,507 +6167,358 @@
     </w:p>
     <w:p w14:paraId="37356B14" w14:textId="77777777" w:rsidR="00BD29B2" w:rsidRDefault="00BD29B2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04721609" w14:textId="2209F2A9" w:rsidR="008D1E92" w:rsidRPr="005C5973" w:rsidRDefault="008D1E92" w:rsidP="00C71878">
-[...61 lines deleted...]
-        <w:t xml:space="preserve">Catalogue </w:t>
+    <w:p w14:paraId="41942B3D" w14:textId="1F992FF5" w:rsidR="001A38A2" w:rsidRPr="001A38A2" w:rsidRDefault="001A38A2" w:rsidP="001A38A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A38A2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Love’s Usury: Non-reproductive Sexuality and Auto-reproductive Finance in the Poetry of John Donne,’ in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A38A2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Essays in Memory of Hugh Grady</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A38A2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed. Evelyn </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005C5973" w:rsidRPr="00BE5CD2">
-[...5 lines deleted...]
-        <w:t>Raisonee</w:t>
+      <w:r w:rsidRPr="001A38A2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Gajowski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="005C5973">
-[...69 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="001A38A2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Palgrave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A38A2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25842294" w14:textId="03C09C91" w:rsidR="008D1E92" w:rsidRDefault="008D1E92" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17599D6F" w14:textId="6BCD5D43" w:rsidR="00237DE2" w:rsidRDefault="00BA50AC" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD29B2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD29B2" w:rsidRPr="00BD29B2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>‘Allegory and Alienation: Marxist Approaches to Allegory</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD29B2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">,’ in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD29B2">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Oxford Handbook of Allegory </w:t>
+      </w:r>
+      <w:r w:rsidR="005020D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed. David Parry </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD29B2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(Oxford UP, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001C493A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00695EC2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407FD557" w14:textId="03284A25" w:rsidR="00BA50AC" w:rsidRDefault="00BA50AC" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1845915F" w14:textId="77777777" w:rsidR="00BA50AC" w:rsidRPr="00BA50AC" w:rsidRDefault="00BA50AC" w:rsidP="00BA50AC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA50AC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Marxism and Shakespeare,’ in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA50AC">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Routledge Companion to Shakespeare and Politics </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA50AC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ed. Christopher Fitter (Routledge, 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8A56BC" w14:textId="352E5080" w:rsidR="00C9453C" w:rsidRDefault="00C9453C" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="274EF996" w14:textId="6FF3D526" w:rsidR="00C9453C" w:rsidRDefault="00C9453C" w:rsidP="00C9453C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C9453C">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidR="00237610">
-[...283 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Hlk86045327"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk86045327"/>
       <w:r w:rsidR="005333EF" w:rsidRPr="005333EF">
         <w:t xml:space="preserve">The Sign of Abel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005333EF" w:rsidRPr="005333EF">
         <w:t>Drugger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005333EF" w:rsidRPr="005333EF">
         <w:t xml:space="preserve">: Fake News, Finance and Flattery in Ben Jonson’s </w:t>
       </w:r>
       <w:r w:rsidR="005333EF">
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005333EF" w:rsidRPr="005333EF">
         <w:t>Dotages</w:t>
       </w:r>
       <w:r w:rsidR="005333EF">
         <w:t>,”</w:t>
       </w:r>
       <w:r w:rsidR="005333EF" w:rsidRPr="005333EF">
         <w:t>’</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="003B2A3C">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Money and Magic in Early Modern Drama </w:t>
       </w:r>
       <w:r>
@@ -6596,84 +7022,100 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7B891558" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5504C0E9" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:numPr>
-          <w:ins w:id="10" w:author="Unknown" w:date="2011-02-15T15:04:00Z"/>
+          <w:ins w:id="11" w:author="Unknown" w:date="2011-02-15T15:04:00Z"/>
         </w:numPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="001A4A06">
         <w:t xml:space="preserve">‘Against Materialism in Literary Theory’ in </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Return of Theory in Early Modern English Studies: Tarrying with the Subjunctive </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
-        <w:t>eds. Paul Cefalu and Bryan Reynolds (Palgrave: London and New York, 2011), pp. 237-57</w:t>
+        <w:t xml:space="preserve">eds. Paul </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A4A06">
+        <w:t>Cefalu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A4A06">
+        <w:t xml:space="preserve"> and Bryan Reynolds (Palgrave: London and New York, 2011), pp. 237-57</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326992DF" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="001A4A06">
         <w:t xml:space="preserve">‘Raising Mephistopheles: Magic and Alienated Labor in </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Tempest’ </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
-        <w:t xml:space="preserve">in Michelle Dowd and Natasha Korda (eds.), </w:t>
+        <w:t xml:space="preserve">in Michelle Dowd and Natasha </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A4A06">
+        <w:t>Korda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A4A06">
+        <w:t xml:space="preserve"> (eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Working Subjects: Labor and Representation on the Renaissance Stage </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
         <w:t xml:space="preserve">(Routledge: London </w:t>
       </w:r>
       <w:r>
         <w:t>and New York, 2011), pp. 177-92</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="173441E4" w14:textId="7F967043" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
@@ -6726,51 +7168,50 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B884E09" w14:textId="3E6E8198" w:rsidR="00E266C3" w:rsidRDefault="00E266C3" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">‘Introduction’ to </w:t>
       </w:r>
       <w:r w:rsidRPr="00E266C3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Pilgrim’s Progress </w:t>
       </w:r>
       <w:r w:rsidRPr="00E266C3">
         <w:t>by John Bunyan, ed. David Hawkes (Barnes and Noble: London and New York, 2005)</w:t>
       </w:r>
       <w:r w:rsidR="00614AEE">
         <w:t>, pp. 13-35</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD0893D" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
@@ -7094,52 +7535,61 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">‘Master of His Ways? Predestination, Allegory and Reification in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Mr. Badman</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Mr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Badman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">,’ in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>John Bunyan: Reading Dissenting Writing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ed. N.H. Keeble (Peter Lang: London and New York, 2002) pp.211-230</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8E2200" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
@@ -7338,59 +7788,76 @@
     <w:p w14:paraId="39C11B4A" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>‘”The</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Shadow of this Time:” The Renaissance Cinema of Derek Jarman,’ in </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Shadow of this Time:” The Renaissance Cinema of Derek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Jarman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">,’ in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">By Angels Driven: The Films of Derek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Jarman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ed. Christopher Lippard (Greenwood Press: London and New York, 1996) pp.103-116; translated into Hungarian and reprinted in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Metropolis </w:t>
       </w:r>
       <w:r>
         <w:t>(2005)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4040A712" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
@@ -7612,51 +8079,50 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37751C4A" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00ED5BA1" w:rsidRDefault="00237DE2" w:rsidP="00ED5BA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="005C7966">
-        <w:lastRenderedPageBreak/>
         <w:t>‘</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C7966">
         <w:t>Antitheatricalism</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005C7966">
         <w:t xml:space="preserve">’ in </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Greenwood Shakespeare Encyclopedia </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:t>ed. Patricia Parker (Greenwood Press, 2016)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CB019A" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00ED5BA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
@@ -7684,51 +8150,59 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">‘Commodification’ in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Blackwell’s Encyclopedia of Literary and Cultural Theory </w:t>
       </w:r>
       <w:r>
-        <w:t>(Blackwells: Oxford, 2010)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Blackwells</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: Oxford, 2010)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F7F2B5" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6126E9CF" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00A806EA" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
@@ -7737,51 +8211,59 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">‘Materialism’ in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Blackwell’s Encyclopedia of Literary and Cultural Theory </w:t>
       </w:r>
       <w:r>
-        <w:t>(Blackwells: Oxford, 2010)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Blackwells</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: Oxford, 2010)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE4A528" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA0CC24" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00A806EA" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
@@ -7790,51 +8272,59 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">‘Reification’ in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Blackwell’s Encyclopedia of Literary and Cultural Theory </w:t>
       </w:r>
       <w:r>
-        <w:t>(Blackwells: Oxford, 2010)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Blackwells</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>: Oxford, 2010)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C46E66" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BCC196B" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
@@ -8176,51 +8666,59 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Thomas Harriot: A Life in Science </w:t>
       </w:r>
       <w:r w:rsidRPr="006C4521">
-        <w:t xml:space="preserve">by Robyn Arianrhod, </w:t>
+        <w:t xml:space="preserve">by Robyn </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C4521">
+        <w:t>Arianrhod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C4521">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Times Literary Supplement,</w:t>
       </w:r>
       <w:r w:rsidR="00FC5329" w:rsidRPr="006C4521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC5329" w:rsidRPr="006C4521">
         <w:t>(16/08/2019)</w:t>
       </w:r>
       <w:r w:rsidR="00786B32" w:rsidRPr="006C4521">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F85C7B1" w14:textId="77777777" w:rsidR="00153EBE" w:rsidRPr="006C4521" w:rsidRDefault="00153EBE" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -8243,51 +8741,59 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">The Darkening Age: The Christian Destruction of the Classical World </w:t>
       </w:r>
       <w:r w:rsidR="000A12A4" w:rsidRPr="006C4521">
-        <w:t xml:space="preserve">by Catherine Nixey, </w:t>
+        <w:t xml:space="preserve">by Catherine </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000A12A4" w:rsidRPr="006C4521">
+        <w:t>Nixey</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A12A4" w:rsidRPr="006C4521">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006C4521">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement, </w:t>
       </w:r>
       <w:r w:rsidR="000A12A4" w:rsidRPr="006C4521">
         <w:t>(7/10/2018)</w:t>
       </w:r>
       <w:r w:rsidR="00786B32" w:rsidRPr="006C4521">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8EED07" w14:textId="77777777" w:rsidR="00AA5C8F" w:rsidRPr="006C4521" w:rsidRDefault="00AA5C8F" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
@@ -8541,54 +9047,62 @@
       <w:r w:rsidR="009B7816">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">: Political Aesthetics in the </w:t>
       </w:r>
       <w:r w:rsidR="007B2053">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Time of Shakespeare</w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>by Christopher Pye</w:t>
-      </w:r>
+        <w:t xml:space="preserve">by Christopher </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Pye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C7966">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, Shakespeare Quarterly, </w:t>
       </w:r>
       <w:r w:rsidR="002D5418" w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">67:4 (Fall </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>2016</w:t>
       </w:r>
       <w:r w:rsidR="002D5418" w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D317FAD" w14:textId="77777777" w:rsidR="007E1CB3" w:rsidRPr="005C7966" w:rsidRDefault="007E1CB3" w:rsidP="007E1CB3">
@@ -8627,54 +9141,68 @@
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Common Writing: Essays on Literary Culture and Public Debate </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">by Stefan Collini, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">by Stefan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Collini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C7966">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7966">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>(9/16/2016)</w:t>
       </w:r>
       <w:r w:rsidR="00FA6BBA" w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>, 12</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4784DA0F" w14:textId="77777777" w:rsidR="005958CA" w:rsidRPr="005C7966" w:rsidRDefault="005958CA" w:rsidP="00E149BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
@@ -8700,51 +9228,50 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">25 Women: Essays </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>On</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Their Art; Dust Bunnies: The Online Aphorisms of Dave Hickey; Wasted Words: The Essential Dave Hickey Online Compilation </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">by Dave Hickey, </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
@@ -8813,54 +9340,62 @@
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Shakespeare and Outsiders </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>by Marianne Novy</w:t>
-      </w:r>
+        <w:t xml:space="preserve">by Marianne </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Novy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C7966">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, Shakespeare Quarterly, </w:t>
       </w:r>
       <w:r w:rsidR="001E70B3" w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>67:1 (Winter 2016), 145-47</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6418C8EE" w14:textId="77777777" w:rsidR="00F83714" w:rsidRPr="005C7966" w:rsidRDefault="00F83714" w:rsidP="00E149BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -8886,54 +9421,68 @@
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Rise of the Joyful Economy: Artistic Innovation and Economic Growth from Brunelleschi to Murakami </w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">by Michael Hutter, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">by Michael </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Hutter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C7966">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C7966">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement, </w:t>
       </w:r>
       <w:r w:rsidR="00695838" w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>(01/08</w:t>
       </w:r>
       <w:r w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>/16)</w:t>
       </w:r>
       <w:r w:rsidR="007E1CB3" w:rsidRPr="005C7966">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>, 17-18</w:t>
       </w:r>
       <w:r w:rsidRPr="001D33CE">
         <w:rPr>
@@ -8972,51 +9521,67 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="001D33CE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Oxford Handbook of Literature and the English Revolution </w:t>
       </w:r>
       <w:r w:rsidRPr="001D33CE">
-        <w:t xml:space="preserve">ed. Laura Lunger Knoppers, </w:t>
+        <w:t xml:space="preserve">ed. Laura </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D33CE">
+        <w:t>Lunger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D33CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D33CE">
+        <w:t>Knoppers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D33CE">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001D33CE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Modern Philology </w:t>
       </w:r>
       <w:r w:rsidRPr="001D33CE">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">112:4 (May </w:t>
       </w:r>
       <w:r w:rsidRPr="001D33CE">
         <w:t>2015), 316-318</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C6C38E" w14:textId="77777777" w:rsidR="00DA43A3" w:rsidRPr="001D33CE" w:rsidRDefault="00DA43A3" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
@@ -9227,51 +9792,51 @@
       </w:r>
       <w:r w:rsidRPr="001D33CE">
         <w:t>/15), 20</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64923D68" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00584725" w:rsidRDefault="00237DE2" w:rsidP="00E454A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="594A9ADE" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00584725" w:rsidRDefault="0050257E" w:rsidP="00E454A1">
+    <w:p w14:paraId="594A9ADE" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00584725" w:rsidRDefault="00B3449B" w:rsidP="00E454A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00237DE2" w:rsidRPr="00584725">
           <w:rPr>
             <w:i/>
@@ -9713,51 +10278,67 @@
     </w:p>
     <w:p w14:paraId="6133EC08" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="008B291B" w:rsidRDefault="00237DE2" w:rsidP="009C3DF0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008B291B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">The Science of Language: Interviews with James McGilvray </w:t>
+        <w:t xml:space="preserve">The Science of Language: Interviews with James </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B291B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>McGilvray</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B291B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:t xml:space="preserve">by Noam Chomsky, and </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">How the World Works, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:t xml:space="preserve">by Noam Chomsky, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:t>(08/29/12), 3-5</w:t>
       </w:r>
     </w:p>
@@ -9790,51 +10371,59 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008B291B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Cultural Return </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
-        <w:t xml:space="preserve">by Susan Hegeman, </w:t>
+        <w:t xml:space="preserve">by Susan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B291B">
+        <w:t>Hegeman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B291B">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B291B">
         <w:t>(08/15/12), 23</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4002BC" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -9910,53 +10499,61 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="001A4A06">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Milton’s Prudent Ambiguities: Words and Signs in his Poetry and Prose </w:t>
       </w:r>
       <w:r w:rsidRPr="001A4A06">
-        <w:t xml:space="preserve">by Martin Kuester, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">by Martin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A4A06">
+        <w:t>Kuester</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A4A06">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A4A06">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Milton Quarterly </w:t>
       </w:r>
       <w:r>
         <w:t>45:2 (May 2011), pp.6-9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5783B0B5" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -9971,51 +10568,50 @@
     </w:p>
     <w:p w14:paraId="721EF43B" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On Demand: Writing for the Market in Early Modern England </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by David Baker, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement, </w:t>
       </w:r>
       <w:r>
         <w:t>(9/17/2010).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288C6B87" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
@@ -10035,51 +10631,59 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Shakespeare and the Economic Imperative </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">by Peter Grav, </w:t>
+        <w:t xml:space="preserve">by Peter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Grav</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Shakespeare Quarterly </w:t>
       </w:r>
       <w:r>
         <w:t>61:2 (Summer 2010) pp.271-</w:t>
       </w:r>
       <w:r w:rsidR="00803D32">
         <w:t>27</w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E3085D" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
@@ -10444,51 +11048,59 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Law and Representation in Early Modern Drama </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">by Subha Mukherji, </w:t>
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Subha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Mukherji, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement, </w:t>
       </w:r>
       <w:r>
         <w:t>(09/21/2007), 23</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F2701F" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -10512,58 +11124,72 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Treason by Words: Literature, Law, and Rebellion in Early Modern England </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">by Rebecca Lemon and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Solon and Thespis: Law and Theater in the English Renaissance </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">ed. Dennis Kezar, </w:t>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve">ed. Dennis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>Kezar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(05/04/2007), 9-10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0F740C" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
@@ -10702,53 +11328,58 @@
         <w:t xml:space="preserve">Times Literary Supplement </w:t>
       </w:r>
       <w:r>
         <w:t>(04/28/2006), 32</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531BE0BB" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F89386D" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Sonnet Sequences and Social Distinction in Renaissance England </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by Christopher </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">Warley,  </w:t>
+        <w:t>Warley</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">,  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Shakespeare</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Quarterly </w:t>
       </w:r>
       <w:r w:rsidR="00803D32">
         <w:t xml:space="preserve">57.2 (Summer 2006), </w:t>
       </w:r>
       <w:r>
         <w:t>218-20</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E46AD46" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
@@ -10901,51 +11532,59 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Sports, Politics and Culture in Early Modern England</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by Gregory </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Semanza</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Book of Games </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">by George Puttenham, </w:t>
+        <w:t xml:space="preserve">by George </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Puttenham</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement </w:t>
       </w:r>
       <w:r>
         <w:t>(11/19/2004), 10-11</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41CD77C2" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -11097,51 +11736,59 @@
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mammon’s Music</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by Blair Hoxby, </w:t>
+        <w:t xml:space="preserve"> by Blair </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Hoxby</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Times Literary Supplement </w:t>
       </w:r>
       <w:r>
         <w:t>(04/02/2004), 9-10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A849A00" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -11625,51 +12272,59 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Radical Tragedy</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (second edition) by Jonathan Dollimore, </w:t>
+        <w:t xml:space="preserve"> (second edition) by Jonathan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Dollimore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Seventeenth-century News</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Fall, 1996)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDDAA0F" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -11738,88 +12393,80 @@
           <w:b/>
         </w:rPr>
         <w:t>INVITED LECTURES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBAF5FA" w14:textId="77777777" w:rsidR="00907972" w:rsidRDefault="00907972" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C6AA83B" w14:textId="71CCCC50" w:rsidR="00AA0B76" w:rsidRDefault="00166D7C" w:rsidP="00EE113A">
+    <w:p w14:paraId="4C6AA83B" w14:textId="2C61E2A7" w:rsidR="00AA0B76" w:rsidRDefault="00166D7C" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">‘A Breed of Barren Metal: </w:t>
       </w:r>
       <w:r w:rsidR="00AA0B76">
         <w:t>Non</w:t>
       </w:r>
       <w:r>
-        <w:t>-</w:t>
-[...3 lines deleted...]
-        <w:t>reproductiv</w:t>
+        <w:t>-reproductiv</w:t>
       </w:r>
       <w:r w:rsidR="00AA0B76">
-        <w:t>ive</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Sex and Auto-</w:t>
+        <w:t>e Sex and Auto-</w:t>
       </w:r>
       <w:r>
         <w:t>reproductive Money</w:t>
       </w:r>
       <w:r w:rsidR="004A16C4">
         <w:t>, Department of English, Misericordia College, Pennsylvani</w:t>
       </w:r>
       <w:r w:rsidR="00A50B02">
         <w:t>a, November 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F3B4D28" w14:textId="77777777" w:rsidR="00AA0B76" w:rsidRDefault="00AA0B76" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
@@ -11942,51 +12589,50 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="791AC7EA" w14:textId="7EC6AFA7" w:rsidR="00EE2852" w:rsidRDefault="00EE2852" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>‘NFTs, Financial Derivatives and Literature,’ Department of English, U.C. San Diego (delivered online), May 2021</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEA40F7" w14:textId="77777777" w:rsidR="00EE2852" w:rsidRDefault="00EE2852" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B7B667D" w14:textId="3DC9CD08" w:rsidR="00237DE2" w:rsidRPr="009F5348" w:rsidRDefault="006871B4" w:rsidP="00EE113A">
       <w:pPr>
@@ -12061,61 +12707,61 @@
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05732975" w14:textId="77777777" w:rsidR="00801F74" w:rsidRPr="009F5348" w:rsidRDefault="00801F74" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk33591532"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk33591532"/>
       <w:r w:rsidRPr="009F5348">
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidR="005E57EB" w:rsidRPr="009F5348">
         <w:t>Selling the Soul: Commodification and the Eucharist in Luther and Calvin</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5348">
         <w:t xml:space="preserve">,’ </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="009F5348">
         <w:t>Department of E</w:t>
       </w:r>
       <w:r w:rsidR="005E57EB" w:rsidRPr="009F5348">
         <w:t>nglish</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5348">
         <w:t>, University of West</w:t>
       </w:r>
       <w:r w:rsidR="00B0620C" w:rsidRPr="009F5348">
         <w:t>ern</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5348">
         <w:t xml:space="preserve"> Florida</w:t>
       </w:r>
       <w:r w:rsidR="00B0620C" w:rsidRPr="009F5348">
         <w:t>, Pensacola FL, October 2019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0A29D3" w14:textId="77777777" w:rsidR="00801F74" w:rsidRPr="009F5348" w:rsidRDefault="00801F74" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
@@ -12137,51 +12783,65 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="009F5348">
         <w:t>‘The Poet Blind yet Bold:</w:t>
       </w:r>
       <w:r w:rsidRPr="009F5348">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> Samson Agonistes </w:t>
+        <w:t xml:space="preserve"> Samson </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F5348">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Agonistes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F5348">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F5348">
         <w:t xml:space="preserve">as Prison Literature,’ School of Humanities, North China University, Beijing, July 2018 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDB900C" w14:textId="77777777" w:rsidR="00EB75A7" w:rsidRPr="009F5348" w:rsidRDefault="00EB75A7" w:rsidP="00EE113A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
@@ -12706,51 +13366,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="26082106" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20E7B813" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:numPr>
-          <w:ins w:id="12" w:author="Unknown" w:date="2011-02-15T15:14:00Z"/>
+          <w:ins w:id="13" w:author="Unknown" w:date="2011-02-15T15:14:00Z"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="001A4A06">
         <w:t>‘The Soul: An Obituary,’ lecture to the English Research Seminar, St. Andrews’ University, Scotland, April 2011</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="748D8305" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="001A4A06" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
@@ -12812,51 +13472,50 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="203DFC60" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">‘The Marxist Critical Tradition Today,’ lecture to the Foreign Language and Literature Faculty, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bogazici</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> University, Istanbul, Turkey, March 2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0507A893" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
@@ -13806,51 +14465,94 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">CONFERENCE PRESENTATIONS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EBF9BA" w14:textId="77777777" w:rsidR="00F923F0" w:rsidRDefault="00F923F0" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BD84291" w14:textId="3E8F9812" w:rsidR="00410274" w:rsidRPr="00D52468" w:rsidRDefault="00410274" w:rsidP="00410274">
+    <w:p w14:paraId="16D1E12F" w14:textId="342FA5C8" w:rsidR="00BC7064" w:rsidRDefault="00BC7064" w:rsidP="00410274">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>‘Steven Berkoff’s Adaptations of Shakespeare,’ Mid-Atlantic Popular and American Culture Association, Philadelphia PA, November 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDE3713" w14:textId="77777777" w:rsidR="00BC7064" w:rsidRDefault="00BC7064" w:rsidP="00410274">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BD84291" w14:textId="5D36B530" w:rsidR="00410274" w:rsidRPr="00D52468" w:rsidRDefault="00410274" w:rsidP="00410274">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00D52468">
         <w:t>Seminar organizer and presenter: ‘Money and Magic on the Renaissance Stage,’ Shakespeare Association of America</w:t>
       </w:r>
       <w:r w:rsidR="00DB4AB2" w:rsidRPr="00D52468">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="006608BF" w:rsidRPr="00D52468">
@@ -14232,122 +14934,119 @@
       </w:r>
       <w:r w:rsidRPr="00035A8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB3CC4D" w14:textId="77777777" w:rsidR="00DF2174" w:rsidRPr="00035A8C" w:rsidRDefault="00DF2174" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BB19FA8" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00035A8C" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
+    <w:p w14:paraId="3BB19FA8" w14:textId="501992F1" w:rsidR="00237DE2" w:rsidRPr="00035A8C" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00035A8C">
         <w:t xml:space="preserve">‘Was There </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB77EC">
+        <w:t>a</w:t>
+      </w:r>
       <w:r w:rsidRPr="00035A8C">
-        <w:t>An</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>n Early Modern Economy?’  Renaissance Society of America, Berlin, Germany, March 2015</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2846C946" w14:textId="77777777" w:rsidR="005753AC" w:rsidRPr="00035A8C" w:rsidRDefault="005753AC" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EA442B8" w14:textId="77777777" w:rsidR="005753AC" w:rsidRPr="00F7431F" w:rsidRDefault="005753AC" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
       <w:r w:rsidRPr="00035A8C">
-        <w:t xml:space="preserve"> Early Modern Economy?’  Renaissance Society of America, Berlin, Germany, March 2015</w:t>
-[...42 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">‘Economics and Chrematistics in Renaissance Europe,’ Pacific Coast </w:t>
       </w:r>
       <w:r w:rsidR="00DF2174" w:rsidRPr="00035A8C">
         <w:t>Conference of British Studies</w:t>
       </w:r>
       <w:r w:rsidRPr="00035A8C">
         <w:t>, Las Vegas NV, March 2015</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA060D7" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00F7431F" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
@@ -15061,51 +15760,50 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7730AE94" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>‘Thomas Gresham’s Law, Jane Shore’s Mercy: Social Mobility in Thomas Heywood,’ South Atlantic Modern Language Association, Atlanta GA, November 2007</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A66ADD" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="085E66F2" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
@@ -15826,51 +16524,59 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D4AC3D7" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="001D0096">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t>‘Shell, Goux and the New Economic Criticism,’ Shakespeare Association of America; Minneapolis, March 2002</w:t>
+        <w:t xml:space="preserve">‘Shell, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Goux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the New Economic Criticism,’ Shakespeare Association of America; Minneapolis, March 2002</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5847C401" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54373D58" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
@@ -16745,51 +17451,59 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D10FDFC" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">‘Fortune is a Woman: Machiavellian Sexuality in Derek Jarman’s </w:t>
+        <w:t xml:space="preserve">‘Fortune is a Woman: Machiavellian Sexuality in Derek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Jarman’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Edward II,’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Marlowe Society of America; Cambridge, England, July 1993</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEC6A10" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
@@ -17368,52 +18082,50 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fall 2022</w:t>
       </w:r>
       <w:r w:rsidR="00963CDB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00963CDB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>English 304: ‘Critical Theories and Methods;’ English 489: ‘Scholarly Products’</w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="6548A985" w14:textId="77777777" w:rsidR="004D3296" w:rsidRDefault="004D3296" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -17680,51 +18392,50 @@
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fall 2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sabbatical Leave</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="537999A8" w14:textId="77777777" w:rsidR="00497C05" w:rsidRDefault="00497C05" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
@@ -18891,78 +19602,87 @@
           <w:b/>
         </w:rPr>
         <w:t>PH.D. DISSERTATIONS SUPERVISED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B365649" w14:textId="1E99139A" w:rsidR="008B0C22" w:rsidRDefault="008B0C22" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7191AFC4" w14:textId="202548A2" w:rsidR="008B0C22" w:rsidRPr="00373B0B" w:rsidRDefault="008B0C22" w:rsidP="00C71878">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00373B0B">
+    <w:p w14:paraId="7191AFC4" w14:textId="2BCD0BDA" w:rsidR="008B0C22" w:rsidRPr="00373B0B" w:rsidRDefault="001E6BDD" w:rsidP="00C71878">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>In Progress</w:t>
-[...2 lines deleted...]
-        <w:t>: Gabrielle Chen-Dickens, ‘Apophatic Theology in the Late Works of John Milton’</w:t>
+        <w:t>Degree awarded 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0C22" w:rsidRPr="00373B0B">
+        <w:t>: Gabrielle Chen-Dickens, ‘Apophatic Theology in the Late Works of John Milton</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0C22" w:rsidRPr="00373B0B">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Department of English, Arizona State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5160367B" w14:textId="77777777" w:rsidR="008B0C22" w:rsidRPr="00373B0B" w:rsidRDefault="008B0C22" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A70CC8" w14:textId="77777777" w:rsidR="00DF32AF" w:rsidRPr="00706F60" w:rsidRDefault="00DF32AF" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
@@ -19016,51 +19736,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61F5E5CB" w14:textId="77777777" w:rsidR="00BB39AE" w:rsidRPr="00035A8C" w:rsidRDefault="00BB39AE" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00706F60">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Degree awarded 2017: </w:t>
       </w:r>
       <w:r w:rsidRPr="00706F60">
         <w:t>Heather Ackerman, ‘Accommodation: The History of a Concept,’ Department of English, Arizona State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317D802D" w14:textId="77777777" w:rsidR="00BB39AE" w:rsidRPr="00035A8C" w:rsidRDefault="00BB39AE" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
@@ -19190,51 +19909,59 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00357D4E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Degree awarded 2009: </w:t>
       </w:r>
       <w:r w:rsidRPr="00357D4E">
-        <w:t>Anthony Funari: ‘The Rise of Empiricism in English Love Poetry, 1600-1680,’ Department of English, Lehigh University.</w:t>
+        <w:t xml:space="preserve">Anthony </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00357D4E">
+        <w:t>Funari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00357D4E">
+        <w:t>: ‘The Rise of Empiricism in English Love Poetry, 1600-1680,’ Department of English, Lehigh University.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBB90AB" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00357D4E" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -20059,51 +20786,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="51B58B8A" w14:textId="57649EF9" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1991-1995   </w:t>
       </w:r>
       <w:r w:rsidR="00023082">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t>Member, Writing Committee, Department of English, Lehigh University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB70519" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
@@ -21041,53 +21767,55 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095C6561" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Blackwells</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38AA00F9" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:r>
         <w:t>Palgrave Macmillan</w:t>
@@ -21444,51 +22172,50 @@
         <w:t>Michigan State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1749AEDC" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Syracuse University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C5ECCA" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
@@ -21631,51 +22358,51 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:r>
         <w:t>Professor Jean Howard, Columbia University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B29888B" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00FA1372" w:rsidRDefault="0050257E" w:rsidP="00C71878">
+    <w:p w14:paraId="0B29888B" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRPr="00FA1372" w:rsidRDefault="00B3449B" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
@@ -21732,51 +22459,51 @@
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FA1372">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Professor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FA1372">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Victoria Kahn, U.C. Berkeley</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52722BBB" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="0050257E" w:rsidP="00C71878">
+    <w:p w14:paraId="52722BBB" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00B3449B" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00237DE2" w:rsidRPr="000321AE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -21808,54 +22535,62 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F8D2A9" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:r>
-        <w:t>Professor Daniel Vitkus, Florida State University</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="55B67403" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="0050257E" w:rsidP="00C71878">
+        <w:t xml:space="preserve">Professor Daniel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Vitkus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Florida State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B67403" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00B3449B" w:rsidP="00C71878">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="270"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="2430"/>
           <w:tab w:val="left" w:pos="3150"/>
           <w:tab w:val="left" w:pos="3870"/>
           <w:tab w:val="left" w:pos="4590"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6030"/>
           <w:tab w:val="left" w:pos="6750"/>
           <w:tab w:val="left" w:pos="7470"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00237DE2" w:rsidRPr="00EB767D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -22008,58 +22743,58 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43821700" w14:textId="77777777" w:rsidR="00237DE2" w:rsidRDefault="00237DE2"/>
     <w:sectPr w:rsidR="00237DE2" w:rsidSect="009F216C">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C27F222" w14:textId="77777777" w:rsidR="00FB634D" w:rsidRDefault="00FB634D" w:rsidP="00AD43E9">
+    <w:p w14:paraId="7C27F222" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572" w:rsidP="00AD43E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2917BEA4" w14:textId="77777777" w:rsidR="00FB634D" w:rsidRDefault="00FB634D" w:rsidP="00AD43E9">
+    <w:p w14:paraId="2917BEA4" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572" w:rsidP="00AD43E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WP TypographicSymbols">
@@ -22068,280 +22803,289 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="7536EEDA" w14:textId="77777777" w:rsidR="0050257E" w:rsidRDefault="0050257E">
+  <w:p w14:paraId="7536EEDA" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="67FACE3F" w14:textId="77777777" w:rsidR="0050257E" w:rsidRDefault="0050257E">
+  <w:p w14:paraId="67FACE3F" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="4FBA405C" w14:textId="77777777" w:rsidR="0050257E" w:rsidRDefault="0050257E">
+  <w:p w14:paraId="4FBA405C" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44B67154" w14:textId="77777777" w:rsidR="00FB634D" w:rsidRDefault="00FB634D" w:rsidP="00AD43E9">
+    <w:p w14:paraId="44B67154" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572" w:rsidP="00AD43E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E4A963B" w14:textId="77777777" w:rsidR="00FB634D" w:rsidRDefault="00FB634D" w:rsidP="00AD43E9">
+    <w:p w14:paraId="2E4A963B" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572" w:rsidP="00AD43E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="128B6390" w14:textId="77777777" w:rsidR="0050257E" w:rsidRDefault="0050257E">
+  <w:p w14:paraId="128B6390" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6151C152" w14:textId="77777777" w:rsidR="0050257E" w:rsidRDefault="0050257E">
+  <w:p w14:paraId="6151C152" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="46A0334C" w14:textId="77777777" w:rsidR="0050257E" w:rsidRDefault="0050257E">
+  <w:p w14:paraId="46A0334C" w14:textId="77777777" w:rsidR="00147572" w:rsidRDefault="00147572">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C71878"/>
     <w:rsid w:val="00000A3B"/>
     <w:rsid w:val="00002434"/>
     <w:rsid w:val="00002B94"/>
     <w:rsid w:val="00007538"/>
     <w:rsid w:val="00007CCE"/>
     <w:rsid w:val="000131CD"/>
+    <w:rsid w:val="00016DB4"/>
     <w:rsid w:val="00023082"/>
     <w:rsid w:val="00025104"/>
     <w:rsid w:val="00025596"/>
     <w:rsid w:val="0002579F"/>
     <w:rsid w:val="00026880"/>
     <w:rsid w:val="00027D1F"/>
     <w:rsid w:val="000321AE"/>
     <w:rsid w:val="00032F8A"/>
     <w:rsid w:val="000335C9"/>
     <w:rsid w:val="000338CD"/>
     <w:rsid w:val="00035A8C"/>
     <w:rsid w:val="000416CE"/>
+    <w:rsid w:val="00041796"/>
     <w:rsid w:val="00045CE1"/>
     <w:rsid w:val="00050184"/>
     <w:rsid w:val="0005132A"/>
     <w:rsid w:val="00057D4C"/>
     <w:rsid w:val="00066F07"/>
     <w:rsid w:val="00072FB8"/>
     <w:rsid w:val="00073F49"/>
     <w:rsid w:val="00080F8F"/>
     <w:rsid w:val="00081579"/>
     <w:rsid w:val="00082CB1"/>
     <w:rsid w:val="00084065"/>
     <w:rsid w:val="000848FD"/>
     <w:rsid w:val="00084C96"/>
     <w:rsid w:val="00090F63"/>
     <w:rsid w:val="000944CF"/>
     <w:rsid w:val="00096288"/>
+    <w:rsid w:val="00096AE0"/>
     <w:rsid w:val="000A0C0F"/>
     <w:rsid w:val="000A12A4"/>
     <w:rsid w:val="000A188E"/>
     <w:rsid w:val="000A198E"/>
     <w:rsid w:val="000A1F59"/>
     <w:rsid w:val="000A21FE"/>
+    <w:rsid w:val="000A22EE"/>
     <w:rsid w:val="000A5AE4"/>
     <w:rsid w:val="000B23E5"/>
     <w:rsid w:val="000B5131"/>
     <w:rsid w:val="000B6774"/>
     <w:rsid w:val="000B6B90"/>
     <w:rsid w:val="000C447F"/>
     <w:rsid w:val="000C4F4B"/>
     <w:rsid w:val="000C5E82"/>
     <w:rsid w:val="000D0443"/>
     <w:rsid w:val="000D4EF0"/>
     <w:rsid w:val="000D61EF"/>
     <w:rsid w:val="000E0441"/>
     <w:rsid w:val="000E4A3A"/>
     <w:rsid w:val="000E7A6A"/>
     <w:rsid w:val="000F04A3"/>
     <w:rsid w:val="000F12F7"/>
     <w:rsid w:val="000F5805"/>
     <w:rsid w:val="000F6DCD"/>
     <w:rsid w:val="00102F6E"/>
     <w:rsid w:val="00103702"/>
     <w:rsid w:val="001069EE"/>
     <w:rsid w:val="0011118A"/>
     <w:rsid w:val="00114AAE"/>
     <w:rsid w:val="001154E2"/>
     <w:rsid w:val="001173B5"/>
     <w:rsid w:val="0012561F"/>
     <w:rsid w:val="00127D43"/>
     <w:rsid w:val="00132147"/>
     <w:rsid w:val="00136706"/>
     <w:rsid w:val="001406CF"/>
+    <w:rsid w:val="00147572"/>
     <w:rsid w:val="00150D39"/>
     <w:rsid w:val="0015156E"/>
     <w:rsid w:val="00153EB8"/>
     <w:rsid w:val="00153EBE"/>
     <w:rsid w:val="00154574"/>
     <w:rsid w:val="00157F29"/>
     <w:rsid w:val="00160B06"/>
     <w:rsid w:val="001654C0"/>
     <w:rsid w:val="00166D7C"/>
     <w:rsid w:val="00172E11"/>
     <w:rsid w:val="00174E54"/>
     <w:rsid w:val="00175330"/>
     <w:rsid w:val="0017554A"/>
     <w:rsid w:val="00181266"/>
     <w:rsid w:val="00181860"/>
     <w:rsid w:val="001821A4"/>
     <w:rsid w:val="00187D0F"/>
     <w:rsid w:val="00197A6D"/>
+    <w:rsid w:val="001A38A2"/>
     <w:rsid w:val="001A4A06"/>
     <w:rsid w:val="001B0588"/>
     <w:rsid w:val="001B2F30"/>
     <w:rsid w:val="001B35D3"/>
     <w:rsid w:val="001B72D6"/>
     <w:rsid w:val="001B7FC6"/>
     <w:rsid w:val="001C26FD"/>
     <w:rsid w:val="001C3063"/>
+    <w:rsid w:val="001C493A"/>
     <w:rsid w:val="001C62FD"/>
     <w:rsid w:val="001D0096"/>
     <w:rsid w:val="001D1C9B"/>
     <w:rsid w:val="001D33CE"/>
     <w:rsid w:val="001D45BE"/>
     <w:rsid w:val="001D7AA3"/>
     <w:rsid w:val="001E0981"/>
     <w:rsid w:val="001E3539"/>
     <w:rsid w:val="001E46FB"/>
+    <w:rsid w:val="001E6BDD"/>
     <w:rsid w:val="001E6F3F"/>
     <w:rsid w:val="001E70B3"/>
     <w:rsid w:val="001F28FB"/>
     <w:rsid w:val="00201A96"/>
     <w:rsid w:val="00206347"/>
     <w:rsid w:val="00211C9B"/>
     <w:rsid w:val="0021336B"/>
     <w:rsid w:val="0021628B"/>
     <w:rsid w:val="0023546F"/>
     <w:rsid w:val="002361DF"/>
     <w:rsid w:val="0023680A"/>
     <w:rsid w:val="00237610"/>
     <w:rsid w:val="00237822"/>
     <w:rsid w:val="00237DE2"/>
     <w:rsid w:val="00241C2D"/>
     <w:rsid w:val="002468F4"/>
     <w:rsid w:val="00255B5D"/>
     <w:rsid w:val="002631A4"/>
     <w:rsid w:val="00271B41"/>
+    <w:rsid w:val="002745BB"/>
     <w:rsid w:val="0027594D"/>
     <w:rsid w:val="002779FA"/>
     <w:rsid w:val="00285920"/>
     <w:rsid w:val="00287C43"/>
     <w:rsid w:val="00291219"/>
     <w:rsid w:val="00291322"/>
     <w:rsid w:val="00292618"/>
     <w:rsid w:val="00293CFB"/>
     <w:rsid w:val="002A23A9"/>
     <w:rsid w:val="002A65EA"/>
     <w:rsid w:val="002A79C6"/>
     <w:rsid w:val="002B001B"/>
     <w:rsid w:val="002B1B13"/>
     <w:rsid w:val="002B1BDF"/>
     <w:rsid w:val="002B212F"/>
     <w:rsid w:val="002B5400"/>
     <w:rsid w:val="002C3197"/>
     <w:rsid w:val="002C32C6"/>
     <w:rsid w:val="002C5176"/>
     <w:rsid w:val="002C5A1C"/>
     <w:rsid w:val="002C5AB0"/>
     <w:rsid w:val="002C73A7"/>
     <w:rsid w:val="002C7810"/>
     <w:rsid w:val="002D1AA8"/>
     <w:rsid w:val="002D5418"/>
@@ -22404,50 +23148,51 @@
     <w:rsid w:val="004038AD"/>
     <w:rsid w:val="004055AD"/>
     <w:rsid w:val="004055C2"/>
     <w:rsid w:val="00406A72"/>
     <w:rsid w:val="004079E2"/>
     <w:rsid w:val="00410274"/>
     <w:rsid w:val="0041192E"/>
     <w:rsid w:val="00416C74"/>
     <w:rsid w:val="00421A6B"/>
     <w:rsid w:val="00423000"/>
     <w:rsid w:val="00424EF7"/>
     <w:rsid w:val="00430514"/>
     <w:rsid w:val="0043261D"/>
     <w:rsid w:val="00440B0A"/>
     <w:rsid w:val="0044291E"/>
     <w:rsid w:val="004439F4"/>
     <w:rsid w:val="00445318"/>
     <w:rsid w:val="004521B2"/>
     <w:rsid w:val="0045257D"/>
     <w:rsid w:val="004550B8"/>
     <w:rsid w:val="00461299"/>
     <w:rsid w:val="00464961"/>
     <w:rsid w:val="0047144F"/>
     <w:rsid w:val="00471BFE"/>
     <w:rsid w:val="00473690"/>
+    <w:rsid w:val="00474D53"/>
     <w:rsid w:val="004760B6"/>
     <w:rsid w:val="0048175B"/>
     <w:rsid w:val="00485E90"/>
     <w:rsid w:val="0049188E"/>
     <w:rsid w:val="00495953"/>
     <w:rsid w:val="00497C05"/>
     <w:rsid w:val="00497D74"/>
     <w:rsid w:val="004A16C4"/>
     <w:rsid w:val="004A2B41"/>
     <w:rsid w:val="004A3A88"/>
     <w:rsid w:val="004A4CBB"/>
     <w:rsid w:val="004A68D9"/>
     <w:rsid w:val="004B2CA6"/>
     <w:rsid w:val="004B7FBD"/>
     <w:rsid w:val="004C31E6"/>
     <w:rsid w:val="004C7803"/>
     <w:rsid w:val="004D08FA"/>
     <w:rsid w:val="004D3296"/>
     <w:rsid w:val="004E5ED3"/>
     <w:rsid w:val="004F505A"/>
     <w:rsid w:val="004F66EB"/>
     <w:rsid w:val="00500885"/>
     <w:rsid w:val="00500E8C"/>
     <w:rsid w:val="005020D6"/>
     <w:rsid w:val="0050257E"/>
@@ -22521,64 +23266,67 @@
     <w:rsid w:val="00633E7F"/>
     <w:rsid w:val="00635D1D"/>
     <w:rsid w:val="0064530C"/>
     <w:rsid w:val="006459C9"/>
     <w:rsid w:val="006474DD"/>
     <w:rsid w:val="006524F3"/>
     <w:rsid w:val="006527E7"/>
     <w:rsid w:val="00652BC2"/>
     <w:rsid w:val="00655045"/>
     <w:rsid w:val="00655B91"/>
     <w:rsid w:val="00655E87"/>
     <w:rsid w:val="006608BF"/>
     <w:rsid w:val="00661052"/>
     <w:rsid w:val="00664993"/>
     <w:rsid w:val="0067016C"/>
     <w:rsid w:val="00671EA2"/>
     <w:rsid w:val="00672F12"/>
     <w:rsid w:val="00682C92"/>
     <w:rsid w:val="006836DA"/>
     <w:rsid w:val="00683CCC"/>
     <w:rsid w:val="006863D9"/>
     <w:rsid w:val="006871B4"/>
     <w:rsid w:val="00690006"/>
     <w:rsid w:val="00693760"/>
     <w:rsid w:val="00695838"/>
+    <w:rsid w:val="00695EC2"/>
     <w:rsid w:val="006A1C33"/>
     <w:rsid w:val="006A4BE7"/>
     <w:rsid w:val="006A5415"/>
     <w:rsid w:val="006A68B3"/>
     <w:rsid w:val="006B1B34"/>
     <w:rsid w:val="006B2EDA"/>
     <w:rsid w:val="006B4017"/>
     <w:rsid w:val="006B5D75"/>
     <w:rsid w:val="006C4521"/>
     <w:rsid w:val="006D2C74"/>
     <w:rsid w:val="006D4038"/>
     <w:rsid w:val="006E378A"/>
     <w:rsid w:val="006F3AEB"/>
     <w:rsid w:val="006F68CC"/>
+    <w:rsid w:val="006F757C"/>
+    <w:rsid w:val="00701E5F"/>
     <w:rsid w:val="00703908"/>
     <w:rsid w:val="00704BD4"/>
     <w:rsid w:val="00706843"/>
     <w:rsid w:val="00706F60"/>
     <w:rsid w:val="00707C5E"/>
     <w:rsid w:val="00710E86"/>
     <w:rsid w:val="00711B61"/>
     <w:rsid w:val="00721403"/>
     <w:rsid w:val="00722376"/>
     <w:rsid w:val="00723B13"/>
     <w:rsid w:val="0072473B"/>
     <w:rsid w:val="007255F3"/>
     <w:rsid w:val="00726B32"/>
     <w:rsid w:val="00727712"/>
     <w:rsid w:val="00741FAC"/>
     <w:rsid w:val="0074361E"/>
     <w:rsid w:val="0075133C"/>
     <w:rsid w:val="007563AD"/>
     <w:rsid w:val="007602AA"/>
     <w:rsid w:val="0076161D"/>
     <w:rsid w:val="0076185F"/>
     <w:rsid w:val="007620DA"/>
     <w:rsid w:val="00767CC7"/>
     <w:rsid w:val="00770D87"/>
     <w:rsid w:val="0077158D"/>
@@ -22597,85 +23345,88 @@
     <w:rsid w:val="00797A21"/>
     <w:rsid w:val="007A10F3"/>
     <w:rsid w:val="007A3049"/>
     <w:rsid w:val="007A6676"/>
     <w:rsid w:val="007A7306"/>
     <w:rsid w:val="007B0DAA"/>
     <w:rsid w:val="007B197D"/>
     <w:rsid w:val="007B2053"/>
     <w:rsid w:val="007C03E7"/>
     <w:rsid w:val="007C110B"/>
     <w:rsid w:val="007C7E7D"/>
     <w:rsid w:val="007D1A7D"/>
     <w:rsid w:val="007D1D61"/>
     <w:rsid w:val="007E1CB3"/>
     <w:rsid w:val="007E7A5A"/>
     <w:rsid w:val="007F5C14"/>
     <w:rsid w:val="007F6134"/>
     <w:rsid w:val="007F76CE"/>
     <w:rsid w:val="00801F74"/>
     <w:rsid w:val="00803D32"/>
     <w:rsid w:val="0080541E"/>
     <w:rsid w:val="00805ACF"/>
     <w:rsid w:val="00814FA7"/>
     <w:rsid w:val="00816934"/>
     <w:rsid w:val="0082144A"/>
+    <w:rsid w:val="00822D00"/>
     <w:rsid w:val="00831308"/>
     <w:rsid w:val="00834095"/>
     <w:rsid w:val="00840F1A"/>
     <w:rsid w:val="008435BC"/>
     <w:rsid w:val="00843BCF"/>
     <w:rsid w:val="00845D83"/>
     <w:rsid w:val="00852710"/>
     <w:rsid w:val="008551E6"/>
     <w:rsid w:val="00855A6C"/>
     <w:rsid w:val="0086093D"/>
     <w:rsid w:val="0086267F"/>
     <w:rsid w:val="00863E6C"/>
     <w:rsid w:val="00871424"/>
     <w:rsid w:val="008725FF"/>
     <w:rsid w:val="008726AE"/>
     <w:rsid w:val="00872AB1"/>
     <w:rsid w:val="008747C9"/>
     <w:rsid w:val="00876275"/>
     <w:rsid w:val="00881818"/>
     <w:rsid w:val="00883FA9"/>
     <w:rsid w:val="0088455C"/>
     <w:rsid w:val="00884C8A"/>
     <w:rsid w:val="00886FDA"/>
     <w:rsid w:val="00893AFC"/>
     <w:rsid w:val="00895447"/>
     <w:rsid w:val="00897D8A"/>
     <w:rsid w:val="008A1BA3"/>
     <w:rsid w:val="008A7FD4"/>
     <w:rsid w:val="008B0C22"/>
     <w:rsid w:val="008B126A"/>
+    <w:rsid w:val="008B1501"/>
     <w:rsid w:val="008B1524"/>
     <w:rsid w:val="008B291B"/>
     <w:rsid w:val="008B3955"/>
     <w:rsid w:val="008B3F49"/>
     <w:rsid w:val="008B68FB"/>
+    <w:rsid w:val="008B6CF4"/>
     <w:rsid w:val="008C11A6"/>
     <w:rsid w:val="008C728D"/>
     <w:rsid w:val="008C7A69"/>
     <w:rsid w:val="008D1E92"/>
     <w:rsid w:val="008D1FB5"/>
     <w:rsid w:val="008E1990"/>
     <w:rsid w:val="008E206D"/>
     <w:rsid w:val="008E42F1"/>
     <w:rsid w:val="008F1E11"/>
     <w:rsid w:val="008F565A"/>
     <w:rsid w:val="008F7764"/>
     <w:rsid w:val="0090661E"/>
     <w:rsid w:val="00907972"/>
     <w:rsid w:val="009102E8"/>
     <w:rsid w:val="009140F9"/>
     <w:rsid w:val="0091597D"/>
     <w:rsid w:val="0092061A"/>
     <w:rsid w:val="009217B4"/>
     <w:rsid w:val="00923628"/>
     <w:rsid w:val="009301BD"/>
     <w:rsid w:val="00933F97"/>
     <w:rsid w:val="00936257"/>
     <w:rsid w:val="00940F81"/>
     <w:rsid w:val="0094453C"/>
     <w:rsid w:val="009454B0"/>
@@ -22728,104 +23479,109 @@
     <w:rsid w:val="00A26D7B"/>
     <w:rsid w:val="00A33A35"/>
     <w:rsid w:val="00A354D0"/>
     <w:rsid w:val="00A434B2"/>
     <w:rsid w:val="00A443D9"/>
     <w:rsid w:val="00A46150"/>
     <w:rsid w:val="00A46EF6"/>
     <w:rsid w:val="00A50B02"/>
     <w:rsid w:val="00A50C19"/>
     <w:rsid w:val="00A55BCE"/>
     <w:rsid w:val="00A57623"/>
     <w:rsid w:val="00A70FE7"/>
     <w:rsid w:val="00A73D44"/>
     <w:rsid w:val="00A744F4"/>
     <w:rsid w:val="00A75527"/>
     <w:rsid w:val="00A76215"/>
     <w:rsid w:val="00A806EA"/>
     <w:rsid w:val="00A87464"/>
     <w:rsid w:val="00AA0B76"/>
     <w:rsid w:val="00AA119A"/>
     <w:rsid w:val="00AA5C8F"/>
     <w:rsid w:val="00AB12E6"/>
     <w:rsid w:val="00AB24A4"/>
     <w:rsid w:val="00AB2A5F"/>
     <w:rsid w:val="00AB5A48"/>
+    <w:rsid w:val="00AB77EC"/>
     <w:rsid w:val="00AC1844"/>
     <w:rsid w:val="00AC1986"/>
     <w:rsid w:val="00AC1DF6"/>
     <w:rsid w:val="00AC59D8"/>
     <w:rsid w:val="00AC6AF2"/>
     <w:rsid w:val="00AD1F91"/>
     <w:rsid w:val="00AD36BE"/>
     <w:rsid w:val="00AD43E9"/>
     <w:rsid w:val="00AD5281"/>
     <w:rsid w:val="00AD61A1"/>
     <w:rsid w:val="00AE2857"/>
     <w:rsid w:val="00AE3C30"/>
     <w:rsid w:val="00AE47FE"/>
     <w:rsid w:val="00AE73A7"/>
+    <w:rsid w:val="00AF03B4"/>
     <w:rsid w:val="00AF0E40"/>
     <w:rsid w:val="00AF12F7"/>
     <w:rsid w:val="00B02063"/>
     <w:rsid w:val="00B04559"/>
     <w:rsid w:val="00B0620C"/>
     <w:rsid w:val="00B065F2"/>
     <w:rsid w:val="00B07AE2"/>
     <w:rsid w:val="00B12B61"/>
     <w:rsid w:val="00B1634F"/>
     <w:rsid w:val="00B20822"/>
     <w:rsid w:val="00B22CEF"/>
     <w:rsid w:val="00B24908"/>
     <w:rsid w:val="00B25A29"/>
     <w:rsid w:val="00B26802"/>
     <w:rsid w:val="00B307BB"/>
     <w:rsid w:val="00B333C7"/>
+    <w:rsid w:val="00B3449B"/>
     <w:rsid w:val="00B3517E"/>
     <w:rsid w:val="00B355CC"/>
     <w:rsid w:val="00B36B31"/>
     <w:rsid w:val="00B37EA2"/>
     <w:rsid w:val="00B401EB"/>
     <w:rsid w:val="00B40AB1"/>
     <w:rsid w:val="00B47C85"/>
     <w:rsid w:val="00B5065B"/>
     <w:rsid w:val="00B50691"/>
     <w:rsid w:val="00B56768"/>
     <w:rsid w:val="00B56E16"/>
     <w:rsid w:val="00B7095B"/>
     <w:rsid w:val="00B75FBE"/>
     <w:rsid w:val="00B828AF"/>
     <w:rsid w:val="00B837F5"/>
     <w:rsid w:val="00B93210"/>
     <w:rsid w:val="00BA1EAE"/>
     <w:rsid w:val="00BA1EC7"/>
+    <w:rsid w:val="00BA50AC"/>
     <w:rsid w:val="00BA5B61"/>
     <w:rsid w:val="00BA6004"/>
     <w:rsid w:val="00BB3397"/>
     <w:rsid w:val="00BB39AE"/>
     <w:rsid w:val="00BB3B8B"/>
     <w:rsid w:val="00BC0BC7"/>
+    <w:rsid w:val="00BC7064"/>
     <w:rsid w:val="00BC7E8C"/>
     <w:rsid w:val="00BD26E6"/>
     <w:rsid w:val="00BD29B2"/>
     <w:rsid w:val="00BD5C26"/>
     <w:rsid w:val="00BE10F7"/>
     <w:rsid w:val="00BE11E3"/>
     <w:rsid w:val="00BE2AF8"/>
     <w:rsid w:val="00BE39EC"/>
     <w:rsid w:val="00BE5CD2"/>
     <w:rsid w:val="00BF11D3"/>
     <w:rsid w:val="00BF5414"/>
     <w:rsid w:val="00BF7899"/>
     <w:rsid w:val="00C020DD"/>
     <w:rsid w:val="00C046E3"/>
     <w:rsid w:val="00C05A23"/>
     <w:rsid w:val="00C07011"/>
     <w:rsid w:val="00C07D65"/>
     <w:rsid w:val="00C10961"/>
     <w:rsid w:val="00C1283B"/>
     <w:rsid w:val="00C167BA"/>
     <w:rsid w:val="00C16F81"/>
     <w:rsid w:val="00C26C19"/>
     <w:rsid w:val="00C313D0"/>
     <w:rsid w:val="00C321D0"/>
     <w:rsid w:val="00C330AD"/>
@@ -22878,96 +23634,99 @@
     <w:rsid w:val="00D11D6C"/>
     <w:rsid w:val="00D1600B"/>
     <w:rsid w:val="00D164A0"/>
     <w:rsid w:val="00D16555"/>
     <w:rsid w:val="00D17700"/>
     <w:rsid w:val="00D23F6E"/>
     <w:rsid w:val="00D2681A"/>
     <w:rsid w:val="00D26F5A"/>
     <w:rsid w:val="00D3112D"/>
     <w:rsid w:val="00D36F31"/>
     <w:rsid w:val="00D46810"/>
     <w:rsid w:val="00D47BFD"/>
     <w:rsid w:val="00D50D33"/>
     <w:rsid w:val="00D52468"/>
     <w:rsid w:val="00D53447"/>
     <w:rsid w:val="00D55F39"/>
     <w:rsid w:val="00D600C1"/>
     <w:rsid w:val="00D61742"/>
     <w:rsid w:val="00D61B62"/>
     <w:rsid w:val="00D63D35"/>
     <w:rsid w:val="00D64158"/>
     <w:rsid w:val="00D66034"/>
     <w:rsid w:val="00D72662"/>
     <w:rsid w:val="00D72E6E"/>
     <w:rsid w:val="00D74D9B"/>
+    <w:rsid w:val="00D76DDE"/>
     <w:rsid w:val="00D829C0"/>
     <w:rsid w:val="00D86BC6"/>
     <w:rsid w:val="00D87660"/>
     <w:rsid w:val="00D90AC3"/>
     <w:rsid w:val="00D90C7B"/>
     <w:rsid w:val="00D946CC"/>
     <w:rsid w:val="00DA1BCB"/>
     <w:rsid w:val="00DA2349"/>
     <w:rsid w:val="00DA2902"/>
     <w:rsid w:val="00DA43A3"/>
     <w:rsid w:val="00DA69CF"/>
     <w:rsid w:val="00DB3945"/>
     <w:rsid w:val="00DB4AB2"/>
     <w:rsid w:val="00DC3C7A"/>
     <w:rsid w:val="00DC4526"/>
     <w:rsid w:val="00DC5EB6"/>
     <w:rsid w:val="00DE1923"/>
     <w:rsid w:val="00DE23FD"/>
     <w:rsid w:val="00DE2EDF"/>
     <w:rsid w:val="00DE3098"/>
     <w:rsid w:val="00DE3EC0"/>
     <w:rsid w:val="00DF2174"/>
     <w:rsid w:val="00DF32AF"/>
     <w:rsid w:val="00DF4156"/>
     <w:rsid w:val="00DF52F0"/>
     <w:rsid w:val="00DF7984"/>
     <w:rsid w:val="00E00C63"/>
     <w:rsid w:val="00E03A93"/>
     <w:rsid w:val="00E05970"/>
     <w:rsid w:val="00E103AB"/>
     <w:rsid w:val="00E149BC"/>
     <w:rsid w:val="00E16663"/>
     <w:rsid w:val="00E22D97"/>
     <w:rsid w:val="00E242DA"/>
     <w:rsid w:val="00E266C3"/>
     <w:rsid w:val="00E3718C"/>
     <w:rsid w:val="00E40748"/>
     <w:rsid w:val="00E42B51"/>
+    <w:rsid w:val="00E431E9"/>
     <w:rsid w:val="00E43C15"/>
     <w:rsid w:val="00E454A1"/>
     <w:rsid w:val="00E45616"/>
     <w:rsid w:val="00E512A1"/>
     <w:rsid w:val="00E56C24"/>
     <w:rsid w:val="00E57AA9"/>
     <w:rsid w:val="00E60B09"/>
     <w:rsid w:val="00E617F1"/>
+    <w:rsid w:val="00E61C9A"/>
     <w:rsid w:val="00E64002"/>
     <w:rsid w:val="00E671D1"/>
     <w:rsid w:val="00E80AA4"/>
     <w:rsid w:val="00E8284F"/>
     <w:rsid w:val="00E82C21"/>
     <w:rsid w:val="00E953E4"/>
     <w:rsid w:val="00E95859"/>
     <w:rsid w:val="00EA7581"/>
     <w:rsid w:val="00EA7C30"/>
     <w:rsid w:val="00EB1D1D"/>
     <w:rsid w:val="00EB22B2"/>
     <w:rsid w:val="00EB26B6"/>
     <w:rsid w:val="00EB2E98"/>
     <w:rsid w:val="00EB5B06"/>
     <w:rsid w:val="00EB6D10"/>
     <w:rsid w:val="00EB75A7"/>
     <w:rsid w:val="00EB767D"/>
     <w:rsid w:val="00EC0D03"/>
     <w:rsid w:val="00EC4576"/>
     <w:rsid w:val="00EC7CC1"/>
     <w:rsid w:val="00ED0C95"/>
     <w:rsid w:val="00ED2E8F"/>
     <w:rsid w:val="00ED3A49"/>
     <w:rsid w:val="00ED5BA1"/>
     <w:rsid w:val="00EE06EC"/>
@@ -22977,114 +23736,124 @@
     <w:rsid w:val="00EE32EA"/>
     <w:rsid w:val="00EE5353"/>
     <w:rsid w:val="00EF073C"/>
     <w:rsid w:val="00EF1A82"/>
     <w:rsid w:val="00EF306C"/>
     <w:rsid w:val="00EF440E"/>
     <w:rsid w:val="00EF6823"/>
     <w:rsid w:val="00F00B3B"/>
     <w:rsid w:val="00F00F97"/>
     <w:rsid w:val="00F024D1"/>
     <w:rsid w:val="00F026FF"/>
     <w:rsid w:val="00F02BE1"/>
     <w:rsid w:val="00F057E8"/>
     <w:rsid w:val="00F05DE8"/>
     <w:rsid w:val="00F10E61"/>
     <w:rsid w:val="00F12B9E"/>
     <w:rsid w:val="00F24EAE"/>
     <w:rsid w:val="00F3067A"/>
     <w:rsid w:val="00F3612A"/>
     <w:rsid w:val="00F4429E"/>
     <w:rsid w:val="00F452BD"/>
     <w:rsid w:val="00F469FA"/>
     <w:rsid w:val="00F47774"/>
     <w:rsid w:val="00F56556"/>
     <w:rsid w:val="00F57CA2"/>
+    <w:rsid w:val="00F60A13"/>
     <w:rsid w:val="00F62D4A"/>
     <w:rsid w:val="00F62FD7"/>
     <w:rsid w:val="00F638BE"/>
     <w:rsid w:val="00F66395"/>
     <w:rsid w:val="00F664B0"/>
     <w:rsid w:val="00F70D6F"/>
     <w:rsid w:val="00F7431F"/>
     <w:rsid w:val="00F76D0E"/>
     <w:rsid w:val="00F83714"/>
     <w:rsid w:val="00F856BE"/>
     <w:rsid w:val="00F85C07"/>
     <w:rsid w:val="00F90B0B"/>
     <w:rsid w:val="00F91DBE"/>
     <w:rsid w:val="00F923F0"/>
     <w:rsid w:val="00F9272F"/>
     <w:rsid w:val="00F93902"/>
     <w:rsid w:val="00F951D7"/>
     <w:rsid w:val="00FA015F"/>
     <w:rsid w:val="00FA0D52"/>
     <w:rsid w:val="00FA0F74"/>
     <w:rsid w:val="00FA1372"/>
     <w:rsid w:val="00FA1F3D"/>
     <w:rsid w:val="00FA2DAD"/>
     <w:rsid w:val="00FA4183"/>
     <w:rsid w:val="00FA6BBA"/>
     <w:rsid w:val="00FB1AEE"/>
     <w:rsid w:val="00FB1B95"/>
     <w:rsid w:val="00FB57EE"/>
     <w:rsid w:val="00FB634D"/>
     <w:rsid w:val="00FB6DDD"/>
     <w:rsid w:val="00FC0D3F"/>
     <w:rsid w:val="00FC44EE"/>
     <w:rsid w:val="00FC5329"/>
     <w:rsid w:val="00FC6C07"/>
     <w:rsid w:val="00FC6F5B"/>
     <w:rsid w:val="00FD0EB0"/>
     <w:rsid w:val="00FD6088"/>
     <w:rsid w:val="00FD7B13"/>
     <w:rsid w:val="00FE0A70"/>
     <w:rsid w:val="00FE2E55"/>
     <w:rsid w:val="00FE4905"/>
     <w:rsid w:val="00FE4C0A"/>
     <w:rsid w:val="00FE64E4"/>
     <w:rsid w:val="00FE6573"/>
     <w:rsid w:val="00FF6156"/>
+    <w:rsid w:val="0B5A0B4D"/>
+    <w:rsid w:val="12F59805"/>
+    <w:rsid w:val="17BB2D44"/>
+    <w:rsid w:val="22FBE6CF"/>
+    <w:rsid w:val="2B4441EC"/>
+    <w:rsid w:val="32948CBF"/>
+    <w:rsid w:val="44C7C6E4"/>
+    <w:rsid w:val="46C9EA65"/>
+    <w:rsid w:val="632593E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2DB3D0D5"/>
   <w15:docId w15:val="{2349DE5A-A8F5-4FC8-B283-463E80730F96}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
@@ -23445,51 +24214,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C71878"/>
+    <w:rsid w:val="00AF03B4"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -23592,50 +24361,63 @@
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD43E9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C9453C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="44724333">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="363478972">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dvitkus@english.fsu.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vkahn@Berkeley.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jfh5@columbia.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ex2010.asu.edu/owa/redir.aspx?C=S_YErhm4WkOgAOM5SssotMFafa6QNdAIDlgAUAIB7EROgR71EiDCfKqEN6d0H5uXpqwyVPEsrH8.&amp;URL=http://www.champion.ch/cgi/run?wwfrset+3+053522822+2+2+cccdegts1+23285587" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -23909,84 +24691,94 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="4728700a-fb5e-4cd8-99c7-196276b89701" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100619BD696BBBD6C4ABE1C2E2D4E4DBB71" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="875f38914cd3669587e2956670752231">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7434cb94-5cf5-4ae3-93cf-33e3b257af64" xmlns:ns4="4728700a-fb5e-4cd8-99c7-196276b89701" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9b150b12982c0d4b07de50968d437dbd" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100619BD696BBBD6C4ABE1C2E2D4E4DBB71" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="65adcac46b90a34366ff5964fa6e7790">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="7434cb94-5cf5-4ae3-93cf-33e3b257af64" xmlns:ns4="4728700a-fb5e-4cd8-99c7-196276b89701" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7261f57f213ef553ea91d7bc585e5277" ns3:_="" ns4:_="">
     <xsd:import namespace="7434cb94-5cf5-4ae3-93cf-33e3b257af64"/>
     <xsd:import namespace="4728700a-fb5e-4cd8-99c7-196276b89701"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns4:_activity" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7434cb94-5cf5-4ae3-93cf-33e3b257af64" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -24018,50 +24810,92 @@
     <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="17" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="20" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="23" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="24" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -24121,115 +24955,123 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC6392E0-2680-4386-8096-9D7A9575F4AA}">
-[...7 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0F80CAF-7D34-4693-AB46-F9E073376746}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC6392E0-2680-4386-8096-9D7A9575F4AA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="7434cb94-5cf5-4ae3-93cf-33e3b257af64"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="4728700a-fb5e-4cd8-99c7-196276b89701"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A311DD0F-B743-4094-B75F-9F21C3D5AF2D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E304EB4-76EE-4B5C-8A2B-3FC7646BFE12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7434cb94-5cf5-4ae3-93cf-33e3b257af64"/>
     <ds:schemaRef ds:uri="4728700a-fb5e-4cd8-99c7-196276b89701"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>6005</Words>
-  <Characters>34233</Characters>
+  <Words>6112</Words>
+  <Characters>34841</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>285</Lines>
-  <Paragraphs>80</Paragraphs>
+  <Lines>290</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>RESUME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona State University Polytechnic</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40158</CharactersWithSpaces>
+  <CharactersWithSpaces>40872</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>RESUME</dc:title>
   <dc:subject/>
   <dc:creator>Information Technology</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100619BD696BBBD6C4ABE1C2E2D4E4DBB71</vt:lpwstr>