--- v0 (2025-12-25)
+++ v1 (2026-02-23)
@@ -6,7991 +6,12905 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="78A58D76" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="78A58D76" w14:textId="5C6FE914" w:rsidR="00CD329D" w:rsidRPr="00DF6115" w:rsidRDefault="000C11D5">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="0230F33D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6115">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S. Trevis Certo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF018F1" w14:textId="77777777" w:rsidR="00155BDC" w:rsidRPr="00612954" w:rsidRDefault="00B328FF" w:rsidP="00155BDC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jer</w:t>
+      </w:r>
+      <w:r w:rsidR="004276CC" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ry and Mary Ann</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="004276CC" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapman Professor of Business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F9AEB7" w14:textId="07896258" w:rsidR="00155BDC" w:rsidRPr="00612954" w:rsidRDefault="00155BDC" w:rsidP="00155BDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00612954" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Entrepreneurship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B0992B" w14:textId="77777777" w:rsidR="00155BDC" w:rsidRPr="00612954" w:rsidRDefault="00155BDC" w:rsidP="00155BDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W.P. Carey School of Business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F0D5AC" w14:textId="77777777" w:rsidR="00155BDC" w:rsidRPr="00612954" w:rsidRDefault="00155BDC" w:rsidP="00155BDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F41F329" w14:textId="77777777" w:rsidR="00155BDC" w:rsidRPr="00612954" w:rsidRDefault="00155BDC" w:rsidP="00155BDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tempe, AZ 85287</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D92B0C8" w14:textId="496C93F2" w:rsidR="00155BDC" w:rsidRPr="00612954" w:rsidRDefault="00FC1284" w:rsidP="00155BDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00612954">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>trevis.certo@asu.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="65747D42" w14:textId="3C8E70DB" w:rsidR="00FC1284" w:rsidRPr="00612954" w:rsidRDefault="00FC1284" w:rsidP="00155BDC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194D1309" w14:textId="77777777" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="208296B6" w14:textId="2D01DC41" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2AF018F1" w14:textId="77777777" w:rsidR="00155BDC" w:rsidRPr="003B5572" w:rsidRDefault="00B328FF" w:rsidP="00155BDC">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C11D5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79319A0D" w14:textId="6A7E3EE6" w:rsidR="000C11D5" w:rsidRDefault="000C11D5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1615"/>
+        <w:gridCol w:w="7159"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007C6FE6" w:rsidRPr="00612954" w14:paraId="04A31BB4" w14:textId="77777777" w:rsidTr="006A54A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29944FBF" w14:textId="29BD03DD" w:rsidR="007C6FE6" w:rsidRPr="00612954" w:rsidRDefault="007C6FE6" w:rsidP="006A54A2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00612954">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFD9752" w14:textId="7D9B3B7D" w:rsidR="007C6FE6" w:rsidRPr="00612954" w:rsidRDefault="007C6FE6" w:rsidP="006A54A2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00612954">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ph.D., Indiana University (Major: Strategic Management, Minor: Finance)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C6FE6" w:rsidRPr="00612954" w14:paraId="11056746" w14:textId="77777777" w:rsidTr="006A54A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="006A8610" w14:textId="623D6232" w:rsidR="007C6FE6" w:rsidRPr="00612954" w:rsidRDefault="007C6FE6" w:rsidP="006A54A2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498BBE03" w14:textId="2446CA84" w:rsidR="007C6FE6" w:rsidRPr="00612954" w:rsidRDefault="007C6FE6" w:rsidP="006A54A2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00612954">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>M.B.A., University of Florida (Major: Management)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C6FE6" w:rsidRPr="000D0C26" w14:paraId="1FB8E420" w14:textId="77777777" w:rsidTr="006A54A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757B310" w14:textId="11B3553A" w:rsidR="007C6FE6" w:rsidRPr="00612954" w:rsidRDefault="007C6FE6" w:rsidP="006A54A2">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="180555CA" w14:textId="15126436" w:rsidR="007C6FE6" w:rsidRPr="000D0C26" w:rsidRDefault="007C6FE6" w:rsidP="006A54A2">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00612954">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>B.A., Rollins College (Major: Economics)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="083FF1B3" w14:textId="182801F9" w:rsidR="007C6FE6" w:rsidRDefault="007C6FE6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="171F6DBC" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D9F5CB" w14:textId="5F380753" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academic Positions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8CC3EB" w14:textId="08A0F242" w:rsidR="007E4328" w:rsidRPr="00612954" w:rsidRDefault="007E4328" w:rsidP="00E21A30">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1615"/>
+        <w:gridCol w:w="7159"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="7B4DD05A" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BCE2F0" w14:textId="19289156" w:rsidR="00AA6473" w:rsidRPr="00E44A82" w:rsidRDefault="00AA6473" w:rsidP="00F52896">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A82">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administrative </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5ADFF0" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00F52896">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="7B95B7E3" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5B23F8" w14:textId="77777777" w:rsidR="00DD15F4" w:rsidRDefault="00DD15F4" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="054E9F25" w14:textId="60BBCAAC" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2024 (Fall)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="696D5FF3" w14:textId="77777777" w:rsidR="00DD15F4" w:rsidRDefault="00DD15F4" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CAFBC70" w14:textId="067FA1C3" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Department Chair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Department of Management and Entrepreneurship</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CDD0B4D" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W. P. Carey School of Business, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="343BF794" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="2932B4B2" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="598A3382" w14:textId="0E279604" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2020 – 2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0806F1AA" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Senior Associate Dean of Faculty</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D71AD0D" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">W. P. Carey School of Business, Arizona State University </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E6FADD" w14:textId="4D874001" w:rsidR="00AA6473" w:rsidRPr="00F52896" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="174CB05F" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F6D07C" w14:textId="750AB05B" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E44A82">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07606668" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Department Chair</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Department of Management and Entrepreneurship</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1845528A" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W. P. Carey School of Business, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A905B4" w14:textId="72C19B2B" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="16D8EA31" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC3B0DA" w14:textId="3B6568CC" w:rsidR="00AA6473" w:rsidRPr="00E44A82" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A82">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Faculty</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67648897" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="74D3EB3B" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="338A5624" w14:textId="77777777" w:rsidR="00DD15F4" w:rsidRDefault="00DD15F4" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AA54983" w14:textId="2406CA44" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00E44A82">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00E44A82">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="661DB7B3" w14:textId="77777777" w:rsidR="00DD15F4" w:rsidRDefault="00DD15F4" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C59C8F7" w14:textId="5D1768D6" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Professor &amp; Jerry and Mary Anne Chapman Professor of Business</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1202145D" w14:textId="7BC62A11" w:rsidR="00AA6473" w:rsidRPr="00054414" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">W. P. Carey School of Business, Arizona State University </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="1A059288" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F42029" w14:textId="4E924A56" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308283C3" w14:textId="2EEE158A" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="6B5F2B85" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D31D58" w14:textId="7FA72145" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2011 - 2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D7C32F" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Associate Professor &amp; Jerry and Mary Anne Chapman Professor of Business</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E648CF" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W. P. Carey School of Business, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5819A86C" w14:textId="394CD077" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="3745E06B" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1589EC" w14:textId="1BFD40EE" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2008 – 2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="703A771D" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Associate Professor &amp; Dean’s Council of 100 Scholar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515C21CB" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W. P. Carey School of Business, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E58FF44" w14:textId="67841665" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="04E1B226" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B0CE5D" w14:textId="465532EF" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2006 – 2008 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44798A9B" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Associate Professor &amp; Mays Research Fellow</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7595BF73" w14:textId="4A1CF607" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mays Business School, Texas A&amp;M University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AE9C2C4" w14:textId="11A15710" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="114F96FF" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CE3FD5" w14:textId="54140776" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1240"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2003 - 2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9D764C" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assistant Professor &amp; Mays Research Fellow</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52AB5EC2" w14:textId="18C77CE2" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mays Business School, Texas A&amp;M University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D7374AB" w14:textId="0CDE994A" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="5A341349" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407EC645" w14:textId="79EC24C0" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1240"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2001 - 2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="481D1DA3" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Assistant Professor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="433A08FC" w14:textId="3DF6FB72" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mays Business School, Texas A&amp;M University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8923ED" w14:textId="135F1F22" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="2B14B873" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6326B647" w14:textId="7023E00D" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1240"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2000 – 2001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5663419B" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visiting Assistant Professor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B1FF70" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Kelley School of Business, Indiana University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2BB6E8" w14:textId="7302EFAF" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="411798B6" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3455B717" w14:textId="396CFE68" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1240"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1997 - 2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6AC1B2" w14:textId="4C883E8D" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Associate Instructor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21D4723A" w14:textId="6E2EEE17" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kelley School of Business, Indiana University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575DB5E3" w14:textId="3CC01176" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA6473" w:rsidRPr="00612954" w14:paraId="04B41113" w14:textId="77777777" w:rsidTr="00DC6FA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1615" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F50A89C" w14:textId="5DD80B55" w:rsidR="00AA6473" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1240"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1996 - 1997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="485B6992" w14:textId="77777777" w:rsidR="00AA6473" w:rsidRPr="000D0C26" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D0C26">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Teaching Assistant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="646152D8" w14:textId="17B40259" w:rsidR="00AA6473" w:rsidRPr="00612954" w:rsidRDefault="00AA6473" w:rsidP="00AA6473">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Warrington College of Business, University of Florida</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="58B83067" w14:textId="77777777" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CDEE03" w14:textId="6A6361CD" w:rsidR="00882132" w:rsidRDefault="00882132" w:rsidP="00882132">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editorial Positions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0530C9FA" w14:textId="77777777" w:rsidR="00882132" w:rsidRDefault="00882132" w:rsidP="00882132">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109A6D50" w14:textId="138323A4" w:rsidR="00882132" w:rsidRDefault="00882132" w:rsidP="00882132">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associate Editor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA6473">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD15F4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882132">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD15F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8F0BA6" w14:textId="608B6E0B" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Editorial Board Member,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Academy of Management Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2005</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86074">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>– 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DBEA644" w14:textId="77777777" w:rsidR="006A3038" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2009</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FD32B4" w14:textId="77777777" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D534C5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2022 - . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE684CA" w14:textId="60099228" w:rsidR="006A3038" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2003-2011; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8EFF7A" w14:textId="209706A4" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Learning and Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2011-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5357EB" w14:textId="77777777" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Entrepreneurship Theory and Practice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007-2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E60ABD6" w14:textId="77777777" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004-2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAD1CF1" w14:textId="77777777" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="006A3038">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editorial Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management and Governance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2006-2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC6E6BE" w14:textId="77777777" w:rsidR="006A3038" w:rsidRPr="00612954" w:rsidRDefault="006A3038" w:rsidP="00882132">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F20579D" w14:textId="77777777" w:rsidR="00882132" w:rsidRDefault="00882132" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECF384D" w14:textId="36CDC58C" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Interests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD36954" w14:textId="77777777" w:rsidR="00DC6FA2" w:rsidRDefault="00DC6FA2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229C7742" w14:textId="5DDE864F" w:rsidR="00DC6FA2" w:rsidRDefault="00DC6FA2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Firm Performance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223C6BFF" w14:textId="6C24E127" w:rsidR="00DC6FA2" w:rsidRDefault="00DC6FA2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Methodology</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70084A43" w14:textId="59E4339A" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corporate Governance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302CE00F" w14:textId="2D25BA28" w:rsidR="00B65B81" w:rsidRDefault="00B65B81" w:rsidP="00B65B81">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="57F9AEB7" w14:textId="77777777" w:rsidR="00155BDC" w:rsidRPr="003B5572" w:rsidRDefault="00155BDC" w:rsidP="00155BDC">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C0B99E7" w14:textId="77777777" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC3B262" w14:textId="0619B19B" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B636919" w14:textId="77777777" w:rsidR="000C11D5" w:rsidRPr="00FD058D" w:rsidRDefault="000C11D5" w:rsidP="00B65B81">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...119 lines deleted...]
-    <w:p w14:paraId="2C520A31" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="545CA425" w14:textId="39451EDE" w:rsidR="00B23D20" w:rsidRPr="00B23D20" w:rsidRDefault="00B23D20" w:rsidP="00FD058D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w14:paraId="371B4104" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Busenbark, J. R., Li, C. H., &amp; Withers, M. In press. A Primer on Using Monte Carlo Simulations to Evaluate Research Methods in Strategic Management. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Strategic Management Review.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BBBAA4" w14:textId="77777777" w:rsidR="00B23D20" w:rsidRPr="00B23D20" w:rsidRDefault="00B23D20" w:rsidP="00B23D20">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="659B9146" w14:textId="413B10B8" w:rsidR="005A454F" w:rsidRPr="00B23D20" w:rsidRDefault="005A454F" w:rsidP="00FD058D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Connelly, B., Certo, S. T., Reutzel, C., DesJardine, M. R., &amp; Zhou, Y. S. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Signaling Theory: State of the Theory and Its Future</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 51: 24-61</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC19053" w14:textId="77777777" w:rsidR="005A454F" w:rsidRPr="00B23D20" w:rsidRDefault="005A454F" w:rsidP="00FD058D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2024EB83" w14:textId="75451C3B" w:rsidR="005A454F" w:rsidRDefault="005A454F" w:rsidP="00FD058D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bliese, P. D., Certo, S. T., Smith, A. D., Wang, M., &amp; Gruber, M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00857658">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. From the Editors: Strengthening Theory-Methods-Data Links. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A454F">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00857658">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00857658">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 67: 893-902</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1685DABD" w14:textId="77777777" w:rsidR="005A454F" w:rsidRPr="005A454F" w:rsidRDefault="005A454F" w:rsidP="005A454F"/>
+    <w:p w14:paraId="5612E4F0" w14:textId="673D9EBB" w:rsidR="00FD058D" w:rsidRDefault="00FD058D" w:rsidP="00FD058D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD058D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Raney, K., Albader, L., Busenbark, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD058D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A454F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3223">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD058D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Out of Shape: The Implications of (Extremely) Nonnormal Dependent Variables</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD058D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD058D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r w:rsidR="005A454F">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A454F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>27: 195-222</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD058D">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D877D8D" w14:textId="77777777" w:rsidR="0095028B" w:rsidRDefault="0095028B" w:rsidP="0095028B"/>
+    <w:p w14:paraId="79A17F02" w14:textId="52765549" w:rsidR="0095028B" w:rsidRPr="0095028B" w:rsidRDefault="0095028B" w:rsidP="0095028B">
       <w:pPr>
         <w:ind w:left="720"/>
-        <w:jc w:val="both"/>
-[...33 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Nominated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095028B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095028B">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quantitative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paper of the Year Award, 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C736CD4" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...463 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="39092E67" w14:textId="77777777" w:rsidR="00FD058D" w:rsidRDefault="00FD058D" w:rsidP="00F250FB">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C9B79D" w14:textId="07C0300D" w:rsidR="00660FF0" w:rsidRPr="00612954" w:rsidRDefault="00660FF0" w:rsidP="00660FF0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Albader, L., Raney, K., Busenbark, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A454F">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Bayesian approach for nested data analysis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Organization</w:t>
+      </w:r>
+      <w:r w:rsidR="005A454F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 22: 241-268</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDCC04A" w14:textId="77777777" w:rsidR="00660FF0" w:rsidRDefault="00660FF0" w:rsidP="00F250FB">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="641BFE27" w14:textId="5BF2F5B9" w:rsidR="00F250FB" w:rsidRPr="00612954" w:rsidRDefault="00F250FB" w:rsidP="00F250FB">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Certo, S. T., Jeon, C., Raney, K., &amp; Lee, W. </w:t>
+      </w:r>
+      <w:r w:rsidR="00660FF0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Measuring What Matters: Assessing how Executives Reference Firm Performance in Corporate Filings. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B65B81">
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r w:rsidR="00660FF0">
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6CB409C9" w14:textId="77777777" w:rsidR="003031B7" w:rsidRPr="003B5572" w:rsidRDefault="003031B7" w:rsidP="003031B7">
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00660FF0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>27: 140-166</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660FF0">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BE68BD" w14:textId="1217822F" w:rsidR="002718AF" w:rsidRPr="00612954" w:rsidRDefault="006A0B3B" w:rsidP="00660FF0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2090"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C27C208" w14:textId="728B92A8" w:rsidR="00B1294A" w:rsidRPr="00612954" w:rsidRDefault="00B1294A" w:rsidP="00B1294A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Busenbark, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Kalm, M., &amp; Lepine, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="003731F8" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Divided we fall: How ratios undermine strategy research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r w:rsidR="003731F8" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 23: 211-237</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65385396" w14:textId="4848F9C1" w:rsidR="002718AF" w:rsidRPr="00612954" w:rsidRDefault="002718AF" w:rsidP="00EA2A59">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A23136" w14:textId="2E6BE87D" w:rsidR="002718AF" w:rsidRPr="00612954" w:rsidRDefault="002718AF" w:rsidP="00EA2A59">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 Best Paper</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670E8991" w14:textId="77777777" w:rsidR="002718AF" w:rsidRPr="00612954" w:rsidRDefault="002718AF" w:rsidP="00EA2A59">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B1BAB7" w14:textId="1AFDB286" w:rsidR="00511809" w:rsidRPr="00612954" w:rsidRDefault="00EA2A59" w:rsidP="00EA2A59">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Connelly, B. C., Lee, K., Tihanyi, L., Certo, S. T., &amp; Johnson, J. J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00511809" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Shared principals: Competitive dynamics among rivals with common owners. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00511809" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 62: 1-21.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6020CC9A" w14:textId="77777777" w:rsidR="00EA2A59" w:rsidRPr="00612954" w:rsidRDefault="00EA2A59" w:rsidP="008856E1">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D8D486A" w14:textId="44C16EA7" w:rsidR="00AD770F" w:rsidRPr="00612954" w:rsidRDefault="00AD770F" w:rsidP="008856E1">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Busenbark, J. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="008B43E8" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lange, D., Certo, S. T. 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Illuminating the path: Foreshadowing acquisitions for security analysts as a means of impression management. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="008B43E8" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 38: 2486-2507</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0FEF79" w14:textId="77777777" w:rsidR="00AD770F" w:rsidRPr="00612954" w:rsidRDefault="00AD770F" w:rsidP="008856E1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="252DF6F8" w14:textId="26FFF53D" w:rsidR="008856E1" w:rsidRPr="00612954" w:rsidRDefault="008856E1" w:rsidP="008856E1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., With</w:t>
+      </w:r>
+      <w:r w:rsidR="00162C9E" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ers, M., &amp; Semadeni, M. 2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91B73" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A Tale of Two Effects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The Theoretical and Empirical Implications of Longitudinal Relationships in Strategy Research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00162C9E" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 38: 1536-1556</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660A885" w14:textId="77777777" w:rsidR="008856E1" w:rsidRPr="00612954" w:rsidRDefault="008856E1" w:rsidP="00F16DB0">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...119 lines deleted...]
-    <w:p w14:paraId="6660A885" w14:textId="77777777" w:rsidR="008856E1" w:rsidRPr="00EA7C9E" w:rsidRDefault="008856E1" w:rsidP="00F16DB0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67BD3F46" w14:textId="742A46C5" w:rsidR="00F16DB0" w:rsidRPr="00612954" w:rsidRDefault="00F16DB0" w:rsidP="00F16DB0">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="67BD3F46" w14:textId="742A46C5" w:rsidR="00F16DB0" w:rsidRPr="00AD770F" w:rsidRDefault="00F16DB0" w:rsidP="00F16DB0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Busenbark, J. R., Woo, H. &amp; Semadeni, M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3F25" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sample Selection Bias and Heckman Models in Strategic Management Research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3F25" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 37: 2639-2657.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A6E090" w14:textId="77777777" w:rsidR="000E3223" w:rsidRDefault="000E3223" w:rsidP="00792E3A">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EA7C9E">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...57 lines deleted...]
-    <w:p w14:paraId="5B0EF441" w14:textId="77777777" w:rsidR="00F16DB0" w:rsidRPr="00AD770F" w:rsidRDefault="00F16DB0" w:rsidP="00792E3A">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0EF441" w14:textId="24F1F62E" w:rsidR="00F16DB0" w:rsidRPr="000E3223" w:rsidRDefault="000E3223" w:rsidP="000E3223">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6759886E" w14:textId="247E2DFB" w:rsidR="00792E3A" w:rsidRPr="003B5572" w:rsidRDefault="00792E3A" w:rsidP="00792E3A">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Web of Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Highly Cited Paper</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499640B6" w14:textId="77777777" w:rsidR="000E3223" w:rsidRPr="00612954" w:rsidRDefault="000E3223" w:rsidP="00792E3A">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...59 lines deleted...]
-    <w:p w14:paraId="01B712D1" w14:textId="77777777" w:rsidR="00792E3A" w:rsidRPr="003B5572" w:rsidRDefault="00792E3A" w:rsidP="00DC5905">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6759886E" w14:textId="497A8F03" w:rsidR="00792E3A" w:rsidRDefault="00792E3A" w:rsidP="00792E3A">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="51E84EA4" w14:textId="77777777" w:rsidR="00DC5905" w:rsidRPr="003B5572" w:rsidRDefault="00DC5905" w:rsidP="00DC5905">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Semadeni, M., Withers, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; Certo, S. T. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40AD0" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Perils of Endogeneity and Instrumental Variables in Strategy Research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strategic Management </w:t>
+      </w:r>
+      <w:r w:rsidR="00972036" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40AD0" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40AD0" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>35(7): 1070-1079.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FA278C" w14:textId="77777777" w:rsidR="000E3223" w:rsidRDefault="000E3223" w:rsidP="00792E3A">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...54 lines deleted...]
-    <w:p w14:paraId="581DD5B3" w14:textId="77777777" w:rsidR="00DC5905" w:rsidRPr="003B5572" w:rsidRDefault="00DC5905" w:rsidP="00FF0E05">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA0E27A" w14:textId="77777777" w:rsidR="000E3223" w:rsidRPr="000E3223" w:rsidRDefault="000E3223" w:rsidP="000E3223">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B9C11FE" w14:textId="6954544B" w:rsidR="00FF0E05" w:rsidRDefault="00FF0E05" w:rsidP="00FF0E05">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Web of Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Highly Cited Paper</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B712D1" w14:textId="77777777" w:rsidR="00792E3A" w:rsidRPr="00612954" w:rsidRDefault="00792E3A" w:rsidP="00DC5905">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...60 lines deleted...]
-    <w:p w14:paraId="35D9AD29" w14:textId="77777777" w:rsidR="00C20296" w:rsidRDefault="00C20296" w:rsidP="00FF0E05">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51E84EA4" w14:textId="77777777" w:rsidR="00DC5905" w:rsidRPr="00612954" w:rsidRDefault="00DC5905" w:rsidP="00DC5905">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hillman, A. J., Shropshire, C., Certo, S. T., Dalton, D. R., &amp; Dalton, C.M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00924062" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. What I like about you: Director characteristics and shareholder approval. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:i/>
-        </w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="7D6AE834" w14:textId="77777777" w:rsidR="00FF0E05" w:rsidRPr="003B5572" w:rsidRDefault="00FF0E05" w:rsidP="00FF0E05">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organization Science</w:t>
+      </w:r>
+      <w:r w:rsidR="00924062" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 22(3): 657-687</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581DD5B3" w14:textId="77777777" w:rsidR="00DC5905" w:rsidRPr="00612954" w:rsidRDefault="00DC5905" w:rsidP="00FF0E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...46 lines deleted...]
-    <w:p w14:paraId="066E2C18" w14:textId="77777777" w:rsidR="00DF4159" w:rsidRPr="003B5572" w:rsidRDefault="00DF4159" w:rsidP="00DF4159">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9C11FE" w14:textId="6954544B" w:rsidR="00FF0E05" w:rsidRPr="00612954" w:rsidRDefault="00FF0E05" w:rsidP="00FF0E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B9E383C" w14:textId="77777777" w:rsidR="002B039B" w:rsidRPr="003B5572" w:rsidRDefault="002B039B" w:rsidP="002B039B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Connelly, B., L., Certo, S. T., Reutzel, C., &amp; Ireland, R. D. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7C07" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5905" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signaling Theory: A Review. In press. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5905" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37: 39-67</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D9AD29" w14:textId="77777777" w:rsidR="00C20296" w:rsidRPr="00612954" w:rsidRDefault="00C20296" w:rsidP="00FF0E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1723FD0D" w14:textId="1239AD5E" w:rsidR="00C20296" w:rsidRPr="00612954" w:rsidRDefault="00C20296" w:rsidP="00C20296">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3223">
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-        </w:rPr>
-[...73 lines deleted...]
-    <w:p w14:paraId="1AA6D43B" w14:textId="77777777" w:rsidR="001C1BC8" w:rsidRPr="003B5572" w:rsidRDefault="001C1BC8" w:rsidP="001C1BC8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 Best Paper and Scholarly Impact Award </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6AE834" w14:textId="77777777" w:rsidR="00FF0E05" w:rsidRPr="00612954" w:rsidRDefault="00FF0E05" w:rsidP="00FF0E05">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="095B162B" w14:textId="77777777" w:rsidR="00DF4159" w:rsidRPr="00612954" w:rsidRDefault="00DF4159" w:rsidP="00DF4159">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Connelly, B. L., Tihanyi, L., Certo, S. T., &amp; Hitt, M. A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E05" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Owners and rivals: The effect of institutional investors on competitive activity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journa</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E05" w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...245 lines deleted...]
-    <w:p w14:paraId="17112058" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="003B5572" w:rsidRDefault="00CB17FA" w:rsidP="00CB17FA">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E05" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>53: 723-742.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066E2C18" w14:textId="77777777" w:rsidR="00DF4159" w:rsidRPr="00612954" w:rsidRDefault="00DF4159" w:rsidP="00DF4159">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
-      </w:pPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="6BD3A363" w14:textId="77777777" w:rsidR="00D63040" w:rsidRPr="003B5572" w:rsidRDefault="00D63040" w:rsidP="00CB17FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B9E383C" w14:textId="77777777" w:rsidR="002B039B" w:rsidRPr="00612954" w:rsidRDefault="002B039B" w:rsidP="002B039B">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
-      </w:pPr>
-[...26 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Connelly, B., Tihanyi, L., Hoskisson, R. E.,  &amp; Certo, S. T. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5905" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ownership as a Form of Corporate Governance. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5905" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 47(8): 1561-1589</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE03363" w14:textId="77777777" w:rsidR="002B039B" w:rsidRPr="00612954" w:rsidRDefault="002B039B" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27200B6C" w14:textId="06C530BA" w:rsidR="007C6E42" w:rsidRPr="00612954" w:rsidRDefault="007C6E42" w:rsidP="007C6E42">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Sirmon, D. G., &amp; Brymer, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6AC7" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Competition and Knowledge Creation in Management: Investigating Changes in Scholarship from 1988 to 2007. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Learning &amp; Education</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91CE8" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 9: 591-606</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F80484" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="003B5572" w:rsidRDefault="00CB17FA" w:rsidP="009C5E1E">
-[...40 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="1362F964" w14:textId="77777777" w:rsidR="00924062" w:rsidRPr="00612954" w:rsidRDefault="00924062" w:rsidP="007C6E42">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57062BEC" w14:textId="77777777" w:rsidR="00924062" w:rsidRPr="00612954" w:rsidRDefault="00924062" w:rsidP="007C6E42">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve">Finalist for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00660FF0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AMLE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paper of the Year Award, 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CFD839" w14:textId="77777777" w:rsidR="007C6E42" w:rsidRPr="00612954" w:rsidRDefault="007C6E42" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04FDEEC8" w14:textId="4DEFB666" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Certo, S. C. 2010. Entrepreneurial Wisdom. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
           <w:i/>
-          <w:iCs/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1A8271EA" w14:textId="77777777" w:rsidR="001F7049" w:rsidRPr="003B5572" w:rsidRDefault="001F7049">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Busi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 53(4): 413-417.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA1B086" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="001C1BC8">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1958D169" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00A52A4F" w:rsidRDefault="00CD329D">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AA6D43B" w14:textId="1FFE58CF" w:rsidR="001C1BC8" w:rsidRPr="00612954" w:rsidRDefault="001C1BC8" w:rsidP="001C1BC8">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A52A4F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00A52A4F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Holcomb, T. R., &amp; Holmes. R. M. 2009. The emergence of IPO research in management and entrepreneurship: Moving the Agenda Forward. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 35: 1340-1378.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D28A6E4" w14:textId="77777777" w:rsidR="001C1BC8" w:rsidRPr="00612954" w:rsidRDefault="001C1BC8" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B9728EE" w14:textId="77777777" w:rsidR="00482C59" w:rsidRPr="00612954" w:rsidRDefault="00482C59" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collins, J., Holcomb, T., Certo, S. T., Hitt, M. A., &amp; Lester, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E11B3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2009</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The Influence of Prior Experiences on the Likelihood of International Me</w:t>
+      </w:r>
+      <w:r w:rsidR="00820C9F" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rger and Acquisition Activity, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Business Research</w:t>
+      </w:r>
+      <w:r w:rsidR="004E11B3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 62: 1329-1334</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210A23D4" w14:textId="77777777" w:rsidR="00482C59" w:rsidRPr="00612954" w:rsidRDefault="00482C59" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28212DF3" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Moss, T. W., &amp; Short, J. C. 2009. Entrepreneurial Orientation: An Applied Perspective. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 52(4): 319-324.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEC7E53" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AB6EEB9" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Connelly, B. L., &amp; Tihanyi, L. 2008. Managers and Their Not-So Rational Decisions, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 51: 113-119.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163270E1" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="726EBE94" w14:textId="48162FBE" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Miller, T. 2008. Social entrepreneurship: Key issues and concepts. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...89 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 51: 267-271.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09628AFD" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D0D4F1D" w14:textId="1D921CAB" w:rsidR="00D63040" w:rsidRPr="00612954" w:rsidRDefault="00D63040" w:rsidP="00D63040">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Lester, R. H., Daily, C. M., &amp; Dalton, D. R. </w:t>
+      </w:r>
+      <w:r w:rsidR="0091387C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Growing for Pay? The Relationship Between Firm Merger and Acquisition Activity and Director Compensation, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:iCs/>
-[...27 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Business Ethics</w:t>
+      </w:r>
+      <w:r w:rsidR="0091387C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 77(2): 219-230</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244EB1E6" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...133 lines deleted...]
-    <w:p w14:paraId="6A6C4D28" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="22A0CFDF" w14:textId="77777777" w:rsidR="00D63040" w:rsidRPr="00612954" w:rsidRDefault="00D63040" w:rsidP="00815468">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F6B912B" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="57D8E30D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D" w:rsidP="00DC0554">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalton, D. R., Hitt, M. A., Certo, S. T., &amp; Dalton, C. M. 2007. Agency Theory and its Mitigation. In A. Brief &amp; J. Walsh (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Annals</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Mahwah, NJ: Lawrence Erlbaum Associates), Vol. 1, 1-64. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CAD23EC" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6947CD9A" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Holmes, R. M., &amp; Holcomb, T. R. 2007. The Influence of People on the Performance of IPO Firms. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 50: 271-276.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039E6A95" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00815468">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E536AAB" w14:textId="12C751EB" w:rsidR="00873684" w:rsidRPr="00612954" w:rsidRDefault="00873684" w:rsidP="00815468">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mooney, C. H., Dalton, C. M., Certo, S. T., &amp; Dalton, D. R. </w:t>
+      </w:r>
+      <w:r w:rsidR="0091387C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. CEO Succession as a Funnel: The Critical, and Changing, Role of Inside Directors. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Dynamics</w:t>
+      </w:r>
+      <w:r w:rsidR="0091387C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 36(4): 418-428</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312FCEA1" w14:textId="77777777" w:rsidR="00873684" w:rsidRPr="00612954" w:rsidRDefault="00873684" w:rsidP="00815468">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1216CC49" w14:textId="77777777" w:rsidR="00815468" w:rsidRPr="00612954" w:rsidRDefault="00815468" w:rsidP="00815468">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Hodge, F. </w:t>
+      </w:r>
+      <w:r w:rsidR="00967144" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86885" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Top management team prestige and organizational legitimacy: An experimental examination of investor attitudes. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Managerial Issues</w:t>
+      </w:r>
+      <w:r w:rsidR="00967144" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 19(4): 461-477.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA7BF2D" w14:textId="77777777" w:rsidR="00815468" w:rsidRPr="00612954" w:rsidRDefault="00815468" w:rsidP="00CB17FA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="315DCCBB" w14:textId="77777777" w:rsidR="008D296B" w:rsidRPr="00612954" w:rsidRDefault="008D296B" w:rsidP="008D296B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roengpitya, R., Dalton, C. M., Dalton, D. R., &amp; Certo, S. T. </w:t>
+      </w:r>
+      <w:r w:rsidR="00191F7F" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The impact of external ownership on strategic outcomes in IPO firms. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Applied Management and Entrepreneurship</w:t>
+      </w:r>
+      <w:r w:rsidR="00191F7F" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 12(1): 67-93.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7684024A" w14:textId="77777777" w:rsidR="008D296B" w:rsidRPr="00612954" w:rsidRDefault="008D296B" w:rsidP="00CB17FA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4158C15A" w14:textId="77777777" w:rsidR="005B3922" w:rsidRPr="00612954" w:rsidRDefault="005B3922" w:rsidP="005B3922">
       <w:pPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...63 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Winner, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D2105F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Applied Management and Entrepreneurship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Best Paper Award, 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FE65E7" w14:textId="77777777" w:rsidR="005B3922" w:rsidRPr="00612954" w:rsidRDefault="005B3922" w:rsidP="00CB17FA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E97F7FB" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="00612954" w:rsidRDefault="00CB17FA" w:rsidP="00CB17FA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arthaud-Day, M., Certo, S. T,</w:t>
+      </w:r>
+      <w:r w:rsidR="00967144" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dalton, C.M., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalton, D. R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00922720" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3308B" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Changing of the Guard: Executive and Director Turnover Following Corporate Earnings Restatements. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00922720" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 49: 1119-1136.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17112058" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="00612954" w:rsidRDefault="00CB17FA" w:rsidP="00CB17FA">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07128060" w14:textId="77777777" w:rsidR="00D63040" w:rsidRPr="00612954" w:rsidRDefault="00D63040" w:rsidP="00D63040">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research abstracted in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wall Street Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, December 23, 2006, Money &amp; Investing: B3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00922720" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; USnews.com, December 22, 2006. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD3A363" w14:textId="77777777" w:rsidR="00D63040" w:rsidRPr="00612954" w:rsidRDefault="00D63040" w:rsidP="00CB17FA">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="312FF5DE" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="00612954" w:rsidRDefault="00CB17FA" w:rsidP="00D5513C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Semadeni, M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00815468" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5513C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Strategy Research and Panel Data: Evidence and Implications.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00815468" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00815468" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>23: 449-471</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F80484" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="00612954" w:rsidRDefault="00CB17FA" w:rsidP="009C5E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D1FEA4" w14:textId="77777777" w:rsidR="009C5E1E" w:rsidRPr="00612954" w:rsidRDefault="009C5E1E" w:rsidP="009C5E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., Lester, R. H., Dal</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6504" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ton</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, C. M., &amp; Dalton, D. R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00815468" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Top Management Team Demographics, Strategy and Financial Performance: A Meta-Analytic Review. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="00815468" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 43: 813-839</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3322A661" w14:textId="77777777" w:rsidR="009C5E1E" w:rsidRPr="00612954" w:rsidRDefault="009C5E1E" w:rsidP="001F7049">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5355B80B" w14:textId="77777777" w:rsidR="001F7049" w:rsidRPr="00612954" w:rsidRDefault="001F7049" w:rsidP="001F7049">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Lester, R., Certo, S. T., Daily, C. M., Cannella, A. A., &amp; Dalton</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D3A" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>, D. R. 2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Top Management Team Prestige and Environmental Uncertainty: An Examination of IPO Investor Valuations. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Small Business Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3D3A" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 44: 1-26.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8271EA" w14:textId="77777777" w:rsidR="001F7049" w:rsidRPr="00612954" w:rsidRDefault="001F7049">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30011078" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Certo, S. C., &amp; Reutzel, C. 2006. Spotlight on Entrepreneurship. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 49(4): 265-268.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E1A79B" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E7C13E" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Certo, S. C. 2005. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spotlight on Entrepreneurship. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Horizons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 48(4): 271-273.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FED62DB" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1958D169" w14:textId="3557FFD4" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R. </w:t>
+      </w:r>
+      <w:r w:rsidR="005368C7" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2005</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Investment Bankers and IPO Pricing: When Information Does Not Matter. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Business Venturing</w:t>
+      </w:r>
+      <w:r w:rsidR="005368C7" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 20: 93-111.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F6673D8" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18772958" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research abstracted in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wall Street Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, December 29, 2003, Money &amp; Investing: C5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E79E2D2" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E559B65" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daily, C.M., Dalton, D.R., &amp; Certo, S.T. 2004. Corporate Women: Less a Glass Ceiling than a Bottleneck. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directors &amp; Boards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 29(1): 36-38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C575B47" w14:textId="77777777" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14FF6191" w14:textId="699D8DD7" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Daily, C. M., Cannella, A. A., &amp; Dalton, D. R. 2003. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Giving Money to Get Money: How CEO Stock Options and CEO Equity Enhance IPO Valuations. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00090A58" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46(5): </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6E47" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>643-653</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244EB1E6" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0B7D32" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T. 2003. Influencing IPO Investors with Prestige: Signaling with Board Structures. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 28</w:t>
+      </w:r>
+      <w:r w:rsidR="00090A58" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: 432-446.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CEF3A8" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F663DB0" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalton, D.R., Certo, S. T., &amp; Daily, C. M. 2003. Initial Public Offerings (IPOs) as a Web of Conflicts of Interest: An Empirical Assessment. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Business Ethics Quarterly, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>13: 289-314.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6059519E" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9CFB94" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daily, C. M., Certo, S. T., Dalton, D. R., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roengpitya, R. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2003. IPO Underpricing: A Meta-Analysis and Research Synthesis. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Entrepreneurship: Theory and Practice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 27(3): 271-295.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6C4D28" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D8E30D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D" w:rsidP="00DC0554">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Finalist for the 2002 McKinsey/S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0554" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>trategic Management Society (S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MS</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0554" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Best Conference Paper Prize.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368B5CAA" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B6EB1AA" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalton, D. R., Daily, C. M., Certo, S. T., &amp; Roengpitya, R. 2003. Meta-Analyses of Corporate Financial Performance and the Equity of CEOs, Officers, Boards of Directors, Institutions, and Blockholders: Fusion or Confusion? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
-      <w:r w:rsidR="00090A58" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00090A58" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: 13-26.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A27A50" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...6 lines deleted...]
-    <w:p w14:paraId="743B0156" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="00A27A50" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743B0156" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003B5572">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Research abstracted in </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Indianapolis Star</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, January 20, 2003, Business: C1; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York Times</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, August 11, 2002, Money &amp; Business (section 3): 4; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International Herald </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tribune</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, August 12, 2002: 11; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York Times</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>, January 12, 2003, Money &amp; Business (section 3): 1, 12.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16AF3BE1" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="16AF3BE1" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5B98DA83" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B98DA83" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Research reported on the </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Marketplace Morning Report</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> with Cheryl Glazer, National Public Radio Los Angeles, CA, August 15, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1203C123" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="1203C123" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3515249F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R. 2002. Options Repricing Rationale: An Examination of Top Management Team Turnover and Stock Price Performance Following Stock Option Repricing. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>California Management Review</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 44(4): 8-23.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072AB77D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="072AB77D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CCDF414" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CCDF414" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003B5572">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">One of three finalists nominated for </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>California Management Review’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 2002 Accenture Award.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5419698C" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="5419698C" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6DF3083B" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF3083B" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
-      </w:pPr>
-      <w:r w:rsidRPr="003B5572">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Research abstracted in </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York Times</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, July 29, 2001, Money &amp; Business (section 3): 1; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Week</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, August 13, 2001, Economic Trends: 24; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Money</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, October 2001: 164-165; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Investor Relations</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, September 2001: 9; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IRRC Corporate Governance Highlights</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>, 12 (35): 138.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8FC09D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="1F8FC09D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68DD0034" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Certo, S. T., Daily, C. M., &amp; Dalton, D. R. 2001. Signaling Firm Value Through Board Structure: An Investigation of Initial Public Offerings. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Entrepreneurship: Theory and Practice</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 26(2): 33-50.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015DBB70" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="015DBB70" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03EC646C" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Covin, J. G., Daily, C. M., &amp; Dalton, D. R. 2001. Wealth and the Effects of Founder Management among IPO-Stage New Ventures. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategic Management Journal</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>22: 641-658.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED54793" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...6 lines deleted...]
-    <w:p w14:paraId="7727842F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="1ED54793" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7727842F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R. 2000. International Experience in the Executive Suite: The Path to Prosperity? </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Management Journal, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>21: 515-523</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4206FF50" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="4206FF50" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="217D8871" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R.  1999. A Decade of Corporate Women: Some Progress in the Boardroom, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>None</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Executive Suite. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategic Management Journal</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 20: 93-99.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E80B80" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...6 lines deleted...]
-    <w:p w14:paraId="4C0E0D08" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="67E80B80" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C0E0D08" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Research abstracted in </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Financial Post</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, February 1, 2000: 1; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Week</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, November 22, 1999: 84-90; </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Washington Post</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, December 13, 1998: H4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5216DC73" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="5216DC73" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5213FADF" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R.  1999. Entrepreneurial Ventures as an Avenue to the Top?: Assessing the Advancement of Female CEOs and Directors in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Inc.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 100. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Developmental Entrepreneurship</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 4: 19-32.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638C27B5" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...6 lines deleted...]
-    <w:p w14:paraId="12DC3DC6" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D" w:rsidP="00E24E13">
+    <w:p w14:paraId="638C27B5" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12DC3DC6" w14:textId="436DA66B" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D" w:rsidP="00E24E13">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Research abstracted in </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Week</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>, November 22, 1999: 84-90.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263A8170" w14:textId="77777777" w:rsidR="00191F7F" w:rsidRDefault="00191F7F" w:rsidP="00A11E67">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="6096265E" w14:textId="7B4AD9A2" w:rsidR="00744650" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00E24E13">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569594AD" w14:textId="06D3A97B" w:rsidR="00191F7F" w:rsidRPr="00612954" w:rsidRDefault="00744650" w:rsidP="00191F7F">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R. 1999. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pay Directors in Stock? No.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Across the Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>36(10): 46-50.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F6ACE25" w14:textId="218BF80E" w:rsidR="001E3FF3" w:rsidRDefault="001E3FF3" w:rsidP="00191F7F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48D13DFF" w14:textId="1E442AB8" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="00191F7F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FAB4333" w14:textId="77810B39" w:rsidR="000C11D5" w:rsidRDefault="000C11D5" w:rsidP="000C11D5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proceedings and Book Chapters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416DCB68" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D87D78B" w14:textId="59F04920" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Certo, S. T., Jeon, C., Raney, K., &amp; Lee, W. 2022. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00612954">
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Measuring What Matters: Assessing How Executives Reference Firm Performance in Corporate Filings</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765C61D1" w14:textId="77777777" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="106D9AC8" w14:textId="2AF439DB" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Li, C. H., &amp; Certo, S. T. 2021. The Application of the Difference-in-Differences Model in Strategic Management Research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F463A9C" w14:textId="67AC62FE" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE42846" w14:textId="2CDA7DD2" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Kalm, M., &amp; LePine, J. 2020. Time to Unpack: Industry, Corporate, and Business Segment Effects on the Components of ROA. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F424F24" w14:textId="77777777" w:rsidR="00623D95" w:rsidRPr="003B5572" w:rsidRDefault="00623D95" w:rsidP="00191F7F">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="27FC3931" w14:textId="37B56586" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56385DA7" w14:textId="441C200F" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Raney, &amp; Albader, L. 2020. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00612954">
+          <w:rPr>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>The Non-Normality of Firm Performance and the Consequences for Strategic Management Theory</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BC0A02" w14:textId="77777777" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481F6478" w14:textId="6F08A3F4" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Sirmon, D. G. 2019. On Corporate Inequality. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3986A78D" w14:textId="7DD692E0" w:rsidR="009C5342" w:rsidRPr="00612954" w:rsidRDefault="009C5342" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="674A48D1" w14:textId="77777777" w:rsidR="009C5342" w:rsidRPr="00612954" w:rsidRDefault="009C5342" w:rsidP="009C5342">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Busenbark, J. R., Gamache, D., Yoon, E. H., Certo, S. T., &amp; Withers, M. C. 2019. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00612954">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>How Much of a Problem is Omitted Variable Bias Really? Examining Strategy Research with the ITCV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEA4D67" w14:textId="77777777" w:rsidR="009C5342" w:rsidRPr="00612954" w:rsidRDefault="009C5342" w:rsidP="008545A0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288242F9" w14:textId="56A82E2D" w:rsidR="009C5342" w:rsidRPr="00612954" w:rsidRDefault="009C5342" w:rsidP="009C5342">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., Busenbark, J. R., Kalm, M., &amp; LePine, J. 2018. How Scaling Variables by Firm Size Limits Knowledge Accumulation in Strategic Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AC3A70" w14:textId="28A0A635" w:rsidR="008545A0" w:rsidRPr="00612954" w:rsidRDefault="008545A0" w:rsidP="0000339B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A0FA716" w14:textId="63157CAB" w:rsidR="009C5342" w:rsidRPr="00612954" w:rsidRDefault="009C5342" w:rsidP="009C5342">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., Busenbark, J. R., Kalm, M., &amp; LePine, J. 2017. Divided We Fall: How Ratios Undermine Strategy Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38412C5D" w14:textId="77777777" w:rsidR="0000339B" w:rsidRPr="00612954" w:rsidRDefault="0000339B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE713E1" w14:textId="606271FF" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hillman, A., Shropshire, C., Certo, S. T., Dalton, D. R., &amp; Dalton, C. M. 2008. What I like about you: Director characteristics and shareholder approval. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Best Paper Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B357BF" w14:textId="77777777" w:rsidR="005C1DDB" w:rsidRPr="003B5572" w:rsidRDefault="005C1DDB" w:rsidP="00191F7F">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="3BBC208C" w14:textId="77777777" w:rsidR="009C5342" w:rsidRPr="00612954" w:rsidRDefault="009C5342">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74F25D60" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lester, R. H., Cannella, A. A., &amp; Certo, S. T. 2008. Keep close to home or venture out: The influence of status and connections for outside directorships. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="2632DC6D" w14:textId="77777777" w:rsidR="005C1DDB" w:rsidRPr="003B5572" w:rsidRDefault="005C1DDB" w:rsidP="005C1DDB">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Best Paper Proceedings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F52663" w14:textId="77777777" w:rsidR="002A106B" w:rsidRDefault="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75523397" w14:textId="77777777" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636" w:rsidP="00803636">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miller, T. L., Triana, M. C., Reutzel, C. R., &amp; Certo, S. T. 2007. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mediation in Strategic Management Research: Conceptual Beginnings, Current Application, and Future Recommendations. In D. Bergh &amp; D. Ketchen (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Research Methodology in Strategy and Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Amsterdam: Elsevier, 295-318. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D922129" w14:textId="77777777" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636" w:rsidP="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A0F2519" w14:textId="77777777" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636" w:rsidP="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Holcomb, T. R., Hitt, M. A., Ireland, R. D., &amp; Certo, S. T. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Resources, industry membership, and firm performance: The role of capability configurations in value creation for IPO-stage new ventures. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frontiers of Entrepreneurship Research</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 27: Article 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1A91A4" w14:textId="77777777" w:rsidR="00803636" w:rsidRDefault="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DC7C404" w14:textId="77777777" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27CE56D8" w14:textId="77777777" w:rsidR="00820FC3" w:rsidRPr="00612954" w:rsidRDefault="00820FC3" w:rsidP="00820FC3">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arthaud-Day, M., Daily, C. M., Certo, S. T, Dalton, D. R. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A106B" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2005. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Changing of the Guard: Executive and Director Turnover Following Corporate Earnings Restatements. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Best Paper Proceedings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E65CC2" w14:textId="77777777" w:rsidR="00820FC3" w:rsidRPr="00612954" w:rsidRDefault="00820FC3">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD7FFAD" w14:textId="77777777" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636" w:rsidP="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Certo, S. T. 2005. Initial Public Offerings and New Ventures. In M. Hitt &amp; R. D. Ireland (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Blackwell Encyclopedic Dictionary of Entrepreneurship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Blackwell Publishing, 152-155.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BB7081" w14:textId="77777777" w:rsidR="00803636" w:rsidRDefault="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D815278" w14:textId="6882A331" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R. 2000. The Future of Corporate Women: Progress Toward the Executive Suite and the Boardroom? In R. J. Burke &amp; M. Mattis (Eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Women on Corporate Boards of Directors: International Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Dordrecht, The Netherlands: Kluwer Academic Publishers, 11-23.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1545B730" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A453BC7" w14:textId="77777777" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C2A324" w14:textId="4994A4A4" w:rsidR="00C034D7" w:rsidRDefault="00C034D7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6541B0D1" w14:textId="7C265F50" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Teaching Publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667D0550" w14:textId="77777777" w:rsidR="001A1495" w:rsidRPr="00612954" w:rsidRDefault="001A1495">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFE59E7" w14:textId="243BA61B" w:rsidR="004B733A" w:rsidRPr="00612954" w:rsidRDefault="004B733A" w:rsidP="004B733A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. C. &amp; Certo, S. T. 2019. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modern Management: Knowledge &amp; Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition. New Jersey: Prentice Hall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1143A438" w14:textId="77777777" w:rsidR="004B733A" w:rsidRPr="00612954" w:rsidRDefault="004B733A" w:rsidP="00DC5905">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072CC96F" w14:textId="098F8121" w:rsidR="00BA1464" w:rsidRPr="00612954" w:rsidRDefault="00BA1464" w:rsidP="00BA1464">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. C. &amp; Certo, S. T. 2016. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modern Management: Knowledge &amp; Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition. New Jersey: Prentice Hall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720A10A0" w14:textId="77777777" w:rsidR="00BA1464" w:rsidRPr="00612954" w:rsidRDefault="00BA1464" w:rsidP="00E40AD0">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04889C50" w14:textId="5E274BC5" w:rsidR="00E40AD0" w:rsidRPr="00612954" w:rsidRDefault="00E40AD0" w:rsidP="00E40AD0">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. C. &amp; Certo, S. T. 2015. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modern Management: Knowledge &amp; Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition. New Jersey: Prentice Hall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DA8762" w14:textId="77777777" w:rsidR="00E40AD0" w:rsidRPr="00612954" w:rsidRDefault="00E40AD0" w:rsidP="00DC5905">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51581BB2" w14:textId="77777777" w:rsidR="00DC5905" w:rsidRPr="00612954" w:rsidRDefault="00DC5905" w:rsidP="00DC5905">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. C. &amp; Certo, S. T. 2012. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modern Management: Knowledge &amp; Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition. New Jersey: Prentice Hall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2B5055" w14:textId="77777777" w:rsidR="00DC5905" w:rsidRPr="00612954" w:rsidRDefault="00DC5905" w:rsidP="00DC5905">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64B5B075" w14:textId="77777777" w:rsidR="007F0B97" w:rsidRPr="00612954" w:rsidRDefault="007F0B97" w:rsidP="007F0B97">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. C. &amp; Certo, S. T. 2009. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modern Management: Knowledge &amp; Skills</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition. New Jersey: Prentice Hall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293F61B4" w14:textId="77777777" w:rsidR="007F0B97" w:rsidRPr="00612954" w:rsidRDefault="007F0B97">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F941120" w14:textId="77777777" w:rsidR="00F06228" w:rsidRPr="00612954" w:rsidRDefault="00F06228">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. C. &amp; Certo, S. T. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0759" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Modern Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition. New Jersey: Prentice Hall. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F62D109" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D" w:rsidP="00511809">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33B717F2" w14:textId="5E441B87" w:rsidR="005B3922" w:rsidRDefault="005B3922" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5148131D" w14:textId="702342C7" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Activity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E0EF45" w14:textId="77777777" w:rsidR="001A1495" w:rsidRPr="00612954" w:rsidRDefault="001A1495" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="441AE0D3" w14:textId="4FBF3A22" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED" w:rsidP="00C14BED">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Busenbark, J. R., Certo, S. T., &amp; Lange, D.  Illuminating the Path: The Use of Foreshadowing as a Means of Anticipatory Impression Management for Acquisitions. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Society International Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...99 lines deleted...]
-    <w:p w14:paraId="10088B98" w14:textId="77777777" w:rsidR="00191F7F" w:rsidRPr="003B5572" w:rsidRDefault="00191F7F" w:rsidP="00191F7F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Denver, CO, October 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C08959D" w14:textId="77777777" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B55CD6" w14:textId="62020793" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED" w:rsidP="00C14BED">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:afterLines="60" w:after="144" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., Busenbark, J. R., Woo, H. &amp; Semadeni, M. Sample Selection Bias and Heckman Models in Strategic Management Research. Academy of Management Annual Meeting, Vancouver, Canada, August 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6410094F" w14:textId="6EFAE581" w:rsidR="00E40AD0" w:rsidRPr="00612954" w:rsidRDefault="00E40AD0" w:rsidP="00E40AD0">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:afterLines="60" w:after="144" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Withers, M., Certo, S.T. &amp; Semadeni, M. Examining the Influence of Endogeneity when Testing Interactions.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strategic Management Society International Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Madrid, Spain, September 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564207E5" w14:textId="2EEE2CC6" w:rsidR="00E40AD0" w:rsidRPr="00612954" w:rsidRDefault="00E40AD0" w:rsidP="00E40AD0">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:afterLines="60" w:after="144" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S.T., Withers, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14BED" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Semadeni, M. The Truth Lies Within…and Between: The Theoretical and Empirical Implications of Longitudinal Relationships in Strategy Research. Academy of Management Annual Meeting, Philadelphia, PA, August 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A72D36" w14:textId="77777777" w:rsidR="00E40AD0" w:rsidRPr="00612954" w:rsidRDefault="00E40AD0" w:rsidP="00E40AD0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B56E0D" w14:textId="02387915" w:rsidR="00F2398D" w:rsidRPr="00612954" w:rsidRDefault="00F2398D" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Semadeni, M., Withers, M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14BED" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, &amp; Certo, S. T. The Perils of Endogeneity and Instrumental Variables in Strategy Research. Presented at the National Meeting of the Ac</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40AD0" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ademy of Management, Boston, MA, August </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2012.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7359E7DB" w14:textId="77777777" w:rsidR="00F2398D" w:rsidRPr="00612954" w:rsidRDefault="00F2398D" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121E7CCD" w14:textId="77777777" w:rsidR="00AB6AC7" w:rsidRPr="00612954" w:rsidRDefault="00AB6AC7" w:rsidP="00AB6AC7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Semadeni, M., &amp; Withers, M. Revisiting the Application of Mixed Models to Organizational Research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Montreal, Canada, August, 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A68ECD" w14:textId="77777777" w:rsidR="00AB6AC7" w:rsidRPr="00612954" w:rsidRDefault="00AB6AC7" w:rsidP="00AB6AC7">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="32E00649" w14:textId="77777777" w:rsidR="00191F7F" w:rsidRPr="003B5572" w:rsidRDefault="00191F7F" w:rsidP="00191F7F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC12F82" w14:textId="77777777" w:rsidR="00817B49" w:rsidRPr="00612954" w:rsidRDefault="00817B49" w:rsidP="00817B49">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Umphress, E., &amp; Campbell, J. T. They Make What?! Employee Evaluations of CEO Pay Fairness. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Chicago, IL, August, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44484A52" w14:textId="77777777" w:rsidR="00817B49" w:rsidRPr="00612954" w:rsidRDefault="00817B49" w:rsidP="00817B49">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...676 lines deleted...]
-    <w:p w14:paraId="04B11C76" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="003B5572" w:rsidRDefault="00CB17FA" w:rsidP="00770840">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2457F931" w14:textId="77777777" w:rsidR="006825E5" w:rsidRPr="00612954" w:rsidRDefault="006825E5" w:rsidP="006825E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., DeNisi, A. S., &amp; Holcomb, T. Am I Better than You? The Roles of Social Comparison Orientation and Unrealistic Optimism in CEO Decision Making. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Chicago, IL, August, 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DFF98A0" w14:textId="77777777" w:rsidR="006825E5" w:rsidRPr="00612954" w:rsidRDefault="006825E5" w:rsidP="006825E5">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4EE8BAEE" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D" w:rsidP="00DC5905">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318F2B6F" w14:textId="77777777" w:rsidR="000A7A2F" w:rsidRPr="00612954" w:rsidRDefault="000A7A2F" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hitt, M. A., &amp; Certo, S. T. Theory and research in strategic management. Presented at the National Meeting of the Academy of Management. Anaheim, CA, August, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C821E16" w14:textId="77777777" w:rsidR="000A7A2F" w:rsidRPr="00612954" w:rsidRDefault="000A7A2F" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C906E4" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Holcomb, T. R., Connelly, B., Certo, S. T., &amp; Zhang, Y. A. Contrast in CEO succession and evaluation. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7A2F" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Anaheim, CA, August, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691A0496" w14:textId="77777777" w:rsidR="000A7A2F" w:rsidRPr="00612954" w:rsidRDefault="000A7A2F" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262ECB55" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hillman, A., Shropshire, C., Certo, S. T., Dalton, D. R., &amp; Dalton, C. M. 2008. What I like about you: Director characteristics and shareholder approval. Presented at the National Meeting of the Academy of Management. Anaheim, CA, August, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3B3160" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E2243D" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lester, R. H., Cannella, A. A., &amp; Certo, S. T. 2008. Keep close to home or venture out: The influence of status and connections for outside directorships. Presented at the National Meeting of the Academy of Management. Anaheim, CA, August, 2008.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F951572" w14:textId="77777777" w:rsidR="002A106B" w:rsidRPr="00612954" w:rsidRDefault="002A106B" w:rsidP="002A106B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556495B9" w14:textId="77777777" w:rsidR="005B3922" w:rsidRPr="00612954" w:rsidRDefault="005B3922" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Miller, T. L., Triana, M. C., Reutzel, C. R., &amp; Certo, S. T. Mediation in strategic management research. Presented at the National Meeting of the Academy of Management. Philadelphia, PA, August, 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED0B5D9" w14:textId="77777777" w:rsidR="005B3922" w:rsidRPr="00612954" w:rsidRDefault="005B3922" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77DCFEED" w14:textId="77777777" w:rsidR="004B58BD" w:rsidRPr="00612954" w:rsidRDefault="004B58BD" w:rsidP="004B58BD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Holcomb, T. R., Hitt, M. A., Ireland, R. D., &amp; Certo, S. T. Resources, industry membership, and firm performance: The role of capability configurations in value creation for IPO-stage new ventures. Presented at the 2007 Babson College Entrepreneurship Research Conference, Instituto de Empresa, Madrid, Spain, June, 2007. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742CB3AB" w14:textId="77777777" w:rsidR="004B58BD" w:rsidRPr="00612954" w:rsidRDefault="004B58BD" w:rsidP="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F5A4C6" w14:textId="77777777" w:rsidR="00B73C84" w:rsidRPr="00612954" w:rsidRDefault="00B73C84" w:rsidP="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., &amp; Holcomb, T. R. A Dynamic Approach to Firm Behavior: An Examination of Merger and Acquisition Behavior. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Atlanta, GA, August, 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BF314B" w14:textId="77777777" w:rsidR="00B73C84" w:rsidRPr="00612954" w:rsidRDefault="00B73C84" w:rsidP="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD303B4" w14:textId="77777777" w:rsidR="00B73C84" w:rsidRPr="00612954" w:rsidRDefault="00B73C84" w:rsidP="00B73C84">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mooney, C. H., Dalton, C. M., Certo, S. T., &amp; Dalton, D. R. CEO Succession as a Funnel: The Critical, and Changing, Role of Inside Directors. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Atlanta, GA, August, 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4641FB2A" w14:textId="77777777" w:rsidR="00B73C84" w:rsidRPr="00612954" w:rsidRDefault="00B73C84" w:rsidP="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4D4DF3" w14:textId="77777777" w:rsidR="00B73C84" w:rsidRPr="00612954" w:rsidRDefault="00B73C84" w:rsidP="00B73C84">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Miller, T. L., Triana, M. C., Reutzel, C. R., &amp; Certo, S. T. Mediation in Strategy Research: Conceptual Beginnings, Current Application, and Future Recommendations. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the National Meeting of the Academy of Management. Atlanta, GA, August, 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB45F5B" w14:textId="77777777" w:rsidR="00B73C84" w:rsidRPr="00612954" w:rsidRDefault="00B73C84" w:rsidP="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EBB1E78" w14:textId="77777777" w:rsidR="00962895" w:rsidRPr="00612954" w:rsidRDefault="00962895" w:rsidP="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T. The Corporate Governance of IPO Firms. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented at the Strategic Management Society International Conference. Orlando, FL, October, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8CB789" w14:textId="77777777" w:rsidR="00962895" w:rsidRPr="00612954" w:rsidRDefault="00962895" w:rsidP="00731341">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7069E9B8" w14:textId="77777777" w:rsidR="00300602" w:rsidRPr="00612954" w:rsidRDefault="00300602" w:rsidP="00731341">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Collins, J., Hitt, M. A., Holcomb, T., Lester, R. The Influence of Prior Experiences on the Likelihood of International Merger and Acquisition Activity. </w:t>
+      </w:r>
+      <w:r w:rsidR="00962895" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the Strategic Management Society International Conference. Orlando, FL, October, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3827B7" w14:textId="77777777" w:rsidR="00300602" w:rsidRPr="00612954" w:rsidRDefault="00300602" w:rsidP="00731341">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...301 lines deleted...]
-    <w:p w14:paraId="441AE0D3" w14:textId="4FBF3A22" w:rsidR="00C14BED" w:rsidRPr="00A52A4F" w:rsidRDefault="00C14BED" w:rsidP="00C14BED">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4758524D" w14:textId="77777777" w:rsidR="00300602" w:rsidRPr="00612954" w:rsidRDefault="00300602" w:rsidP="00300602">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Li, J., Certo, S. T., &amp; Reutzel, C. VC Characteristics and IPO Performance: An Empirical Study. </w:t>
+      </w:r>
+      <w:r w:rsidR="00962895" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the Strategic Management Society International Conference. Orlando, FL, October, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225A1E01" w14:textId="77777777" w:rsidR="00300602" w:rsidRPr="00612954" w:rsidRDefault="00300602" w:rsidP="00731341">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="763DD185" w14:textId="77777777" w:rsidR="00731341" w:rsidRPr="00612954" w:rsidRDefault="00731341" w:rsidP="00731341">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arthaud-Day, M., Daily, C. M., Certo, S. T, Dalton, D. R. A Changing of the Guard: Executive and Director Turnover Following Corporate Earnings Restatements. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3CEE" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the National Meeting of the Academy of Management. Honolulu, HI August, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9BCE42" w14:textId="77777777" w:rsidR="00731341" w:rsidRPr="00612954" w:rsidRDefault="00731341" w:rsidP="00731341">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40448607" w14:textId="77777777" w:rsidR="00731341" w:rsidRPr="00612954" w:rsidRDefault="00731341" w:rsidP="00731341">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., DeNisi, A. S., &amp; Holcomb, T. Am I Better than You? The Roles of Social Comparison Orientation and Unrealistic Optimism in CEO Decision Making. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3CEE" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at the National Meeting of the Academy of Management. Honolulu, HI August, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD6A265" w14:textId="77777777" w:rsidR="00731341" w:rsidRPr="00612954" w:rsidRDefault="00731341" w:rsidP="00731341">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...554 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0820CD18" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Lester, R. L., Daily, C. M., &amp; Dalton, D. R. Growing for Pay? The Relationship Between Merger and Acquisition Activity and Director Compensation. </w:t>
+      </w:r>
+      <w:r w:rsidR="00731341" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Presented</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...119 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the National Meeting of the Academy of Management. New Orleans, LA, August, 2004.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D68C15F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="6D68C15F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CF476E" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Certo, S. T., Lester, R. L., Daily, C. M., &amp; Dalton, D. R. Meta-Analyses of Top Management Team Demographics: Do Top Executives Matter? Presented at the National Meeting of the Academy of Management. Seattle, WA, August, 2003.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F432C9" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="38F432C9" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B4D0B1C" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Daily, C. M., Certo, S. T., &amp; Dalton, D. R. Investment Bankers and IPO Pricing: When Information Does Not Matter. Presented at the National Meeting of the Academy of Management. Seattle, WA, August, 2003.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25AFEC98" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="25AFEC98" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="69143844" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69143844" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="47BF799F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lester, R. L., Cannella, A. A., &amp; Certo, S. T. A Road Less Traveled: Investigating Those Who Join America’s Corporate Boards as Outside Directors. Presented at the National Meeting of the Academy of Management. Seattle, WA, August, 2003.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BF799F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...46 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17A99857" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., Daily, C. M., Cannella, A. A., &amp; Dalton, D. R. Power Play: The Roles of Venture Capitalists and Founders in the CEO Succession Process. Presented at the Strategic Management Society International Conference. Paris, France, October, 2002.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6045F155" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76483EC4" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Daily, C. M., Certo, S. T., Dalton, D. R., &amp; </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Roengpitya, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Exploring the Correlates of IPO Underpricing. Presented at the Strategic Management Society International Conference. Paris, France, October, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9CCCD4" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="4C9CCCD4" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="366AC2F3" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lester, R., Certo, S. T., Daily, C. M., Cannella, A. A., &amp; Dalton, D. R. Impressing IPO Investors with Prestige: Do Top Managers Matter? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Presented at the National Meeting of the Academy of Management. Denver, CO, August, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C5A744" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="38C5A744" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11AE9E05" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Certo, S. T., Daily, C. M., &amp; Dalton, D. R. Impressing the Investor: CEO Compensation in IPO Firms. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Presented at the National Meeting of the Academy of Management. Denver, CO, August, 2002.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F0CFC6" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...6 lines deleted...]
-    <w:p w14:paraId="1B5FD458" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="72F0CFC6" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B5FD458" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-      </w:pPr>
-[...35 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dalton, D.R., Daily, C.M., Certo, S.T., &amp; Roengpitya, R. Meta-Analyses of Corporate Financial Performance and the Equity of CEOs, Officers, Boards of Directors, Institutions, and Blockholders: Fusion or Confusion? Presented at the National Meeting of the Academy of Management. Denver, CO, August, 2002. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4661FFB9" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="389C282F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daily, C. M., Certo, S. T., &amp; Dalton, D. R. Options Repricing Rationale: An Examination of Top Management Team Turnover and Stock Price Performance Following Stock Option Repricing. Presented at the National Meeting of the Academy of Management. Washington, D.C., August, 2001.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BE73F5" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...82 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="59BE73F5" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A735285" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certo, S. T., Covin, J. G., Daily, C. M., &amp; Dalton, D. R. Initial Shareholder Wealth Retention: Overcoming the Liability of Founder Management. Doctoral Student Workshop, University of Florida. Gainesville, Florida, February, 2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3531B453" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDF9F4E" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certo, S. T., Covin, J. G., Daily, C. M., &amp; Dalton, D. R. Initial Shareholder Wealth Retention: Overcoming the Liability of Founder Management. Presented at Creating a New Mindset: Integrating Strategy and Entrepreneurship Perspectives Conference.  Kansas City, Missouri, November, 2000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EF544A" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F819CBC" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Certo, S. T., Daily, C. M., &amp; Dalton, D. R. Signaling Firm Value Through Board Structure:  An Investigation of Initial Public Offerings.  Presented at the National Meeting of the Academy of Management. Toronto, Canada, August, 2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A66A9E4" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="6A66A9E4" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F90889C" w14:textId="77777777" w:rsidR="00794A47" w:rsidRPr="003B5572" w:rsidRDefault="00794A47">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8D5D17" w14:textId="77777777" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F4225BE" w14:textId="7D443B66" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited Presentations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AECAAF" w14:textId="0EB4C6BC" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CA591D" w14:textId="74F3773F" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of Colorado, Boulder </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4AC731" w14:textId="093A9A4C" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Nebraska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F90889C" w14:textId="4B258B91" w:rsidR="00794A47" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Instituto Tecnologico Autonomo de Mexico (ITAM), Mexico City</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647A0F11" w14:textId="3A1CE90C" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Center for the Advancement of Research Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C40C6B4" w14:textId="6B8061BE" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of International Business (AIB) Research Methods SIG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A14D4BF" w14:textId="77777777" w:rsidR="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DBB2D7E" w14:textId="77777777" w:rsidR="00344D46" w:rsidRPr="00344D46" w:rsidRDefault="00344D46" w:rsidP="00344D46">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D5349C8" w14:textId="77777777" w:rsidR="00344D46" w:rsidRPr="00612954" w:rsidRDefault="00344D46">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="66D5C161" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18460807" w14:textId="04373D22" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Honors and Awards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3168980E" w14:textId="77777777" w:rsidR="00F73ABC" w:rsidRPr="00612954" w:rsidRDefault="00F73ABC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49B9A34C" w14:textId="5956AC65" w:rsidR="004B733A" w:rsidRPr="00612954" w:rsidRDefault="004B733A" w:rsidP="004B733A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Outstanding Editorial Board Member, 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1745E567" w14:textId="4814BFB4" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED" w:rsidP="001E3FF3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategic Management Journal</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Outstanding Editorial Board Member, 2015</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149E278E" w14:textId="77777777" w:rsidR="001E3FF3" w:rsidRPr="003B5572" w:rsidRDefault="001E3FF3" w:rsidP="001E3FF3">
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="149E278E" w14:textId="77777777" w:rsidR="001E3FF3" w:rsidRPr="00612954" w:rsidRDefault="001E3FF3" w:rsidP="001E3FF3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>W. P. Carey Business School Summe</w:t>
       </w:r>
-      <w:r w:rsidR="003A64B1" w:rsidRPr="003B5572">
+      <w:r w:rsidR="003A64B1" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>r Research Grant, 2011</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12603D98" w14:textId="77777777" w:rsidR="00BB20AC" w:rsidRPr="003B5572" w:rsidRDefault="00BB20AC" w:rsidP="002145CA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="12603D98" w14:textId="77777777" w:rsidR="00BB20AC" w:rsidRPr="00612954" w:rsidRDefault="00BB20AC" w:rsidP="002145CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dean’s Performa</w:t>
       </w:r>
-      <w:r w:rsidR="00D77643" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00D77643" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nce Recognition G</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rant, 2007</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11279CE1" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="003B5572" w:rsidRDefault="00F73ABC" w:rsidP="002145CA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="11279CE1" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="00612954" w:rsidRDefault="00F73ABC" w:rsidP="002145CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays Business School Summer Research Grant, 2007 ($10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BA211B" w14:textId="77777777" w:rsidR="00CA78D2" w:rsidRPr="003B5572" w:rsidRDefault="00CA78D2" w:rsidP="002145CA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="37BA211B" w14:textId="77777777" w:rsidR="00CA78D2" w:rsidRPr="00612954" w:rsidRDefault="00CA78D2" w:rsidP="002145CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays Business School Summer Research Grant, 2006 ($10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A94D994" w14:textId="77777777" w:rsidR="00B77969" w:rsidRPr="003B5572" w:rsidRDefault="00B77969" w:rsidP="002145CA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7A94D994" w14:textId="77777777" w:rsidR="00B77969" w:rsidRPr="00612954" w:rsidRDefault="00B77969" w:rsidP="002145CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays Business School Research Achievement Award, 2005</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B6BFBA0" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="003B5572" w:rsidRDefault="00CB17FA" w:rsidP="002145CA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="3B6BFBA0" w14:textId="77777777" w:rsidR="00CB17FA" w:rsidRPr="00612954" w:rsidRDefault="00CB17FA" w:rsidP="002145CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays Research Mini-Grant</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2005</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ($800)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A10284" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="003B5572" w:rsidRDefault="002145CA" w:rsidP="002145CA">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="38A10284" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="00612954" w:rsidRDefault="002145CA" w:rsidP="002145CA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays Business School Summer Research Gr</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ant, 2005 ($10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13EA502E" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="003B5572" w:rsidRDefault="00CA52E7">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="13EA502E" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="00612954" w:rsidRDefault="00CA52E7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Texas A&amp;M Quality Enhancement Plan Grant, 2005 ($5,000 </w:t>
       </w:r>
-      <w:r w:rsidR="00CB17FA" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CB17FA" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
-      <w:r w:rsidR="00CB17FA" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CB17FA" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> + $5,000 </w:t>
       </w:r>
-      <w:r w:rsidR="00CB17FA" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CB17FA" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays</w:t>
       </w:r>
-      <w:r w:rsidR="00CB17FA" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00CB17FA" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> = $10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F12C077" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="1F12C077" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mays Business School Summer</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research Grant, 2003 ($10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D6E6136" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="2D6E6136" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist for the McKinsey/SMS Be</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>st Conference Paper Prize, 2002</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E940F22" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="003B5572" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7E940F22" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="00612954" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Finalist for the McKinsey/SMS Best Conference Paper Prize, 2006</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1115863D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="1115863D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nominated for </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>California Management Review’s</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accenture Award, 2002</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CB8172" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="01CB8172" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Best Reviewer, Business Policy and Strategy Division, National Academy of Management</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 1999, 2000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77319720" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="77319720" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Department Doctoral Student Research Award, Kelley School of Business, Indiana Un</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>iversity, 2000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447FA6FB" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="447FA6FB" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management Business Policy and Str</w:t>
       </w:r>
-      <w:r w:rsidR="00B77969" w:rsidRPr="003B5572">
+      <w:r w:rsidR="00B77969" w:rsidRPr="00612954">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ategy Doctoral Consortium, 2000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7035BB6E" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+    <w:p w14:paraId="7035BB6E" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58645967" w14:textId="77777777" w:rsidR="007A4C69" w:rsidRPr="00612954" w:rsidRDefault="007A4C69" w:rsidP="007A4C69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A73A900" w14:textId="58F4DD4D" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF66A82" w14:textId="77777777" w:rsidR="00E42EC4" w:rsidRPr="00612954" w:rsidRDefault="00E42EC4" w:rsidP="00E42EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E60B726" w14:textId="424D91BA" w:rsidR="001E3FF3" w:rsidRPr="00612954" w:rsidRDefault="001E3FF3" w:rsidP="001E3FF3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona State University (2008-): Strategic Management (</w:t>
+      </w:r>
+      <w:r w:rsidR="009602F6" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Undergraduate; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Executive MBA</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5572" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="009602F6" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Full-Time MBA;</w:t>
+      </w:r>
+      <w:r w:rsidR="003B5572" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00082810" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PhD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>); Corporate Strategy (Full-Time MBA); Research Methodology (PhD</w:t>
+      </w:r>
+      <w:r w:rsidR="009602F6" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5EEFF0" w14:textId="77777777" w:rsidR="001E3FF3" w:rsidRPr="00612954" w:rsidRDefault="001E3FF3" w:rsidP="00E42EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7827C0CC" w14:textId="77777777" w:rsidR="00E42EC4" w:rsidRPr="00612954" w:rsidRDefault="00E42EC4" w:rsidP="00E42EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Texas A&amp;M University (2001 – 2008): Strategic Management (Undergraduate; Masters; MBA); Research Methodology (PhD).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281C40A1" w14:textId="77777777" w:rsidR="00E42EC4" w:rsidRPr="003B5572" w:rsidRDefault="00E42EC4" w:rsidP="00E42EC4"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="281C40A1" w14:textId="77777777" w:rsidR="00E42EC4" w:rsidRPr="00612954" w:rsidRDefault="00E42EC4" w:rsidP="00E42EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE83754" w14:textId="77777777" w:rsidR="001E3FF3" w:rsidRPr="00612954" w:rsidRDefault="001E3FF3" w:rsidP="001E3FF3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Indiana University (1998 - 2001): Strategic Management (Undergraduate; International Business (Undergraduate).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9F7F5D" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...15 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="0D9F7F5D" w14:textId="28B6D8AD" w:rsidR="00CD329D" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1785B7" w14:textId="77777777" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="535E7D80" w14:textId="2EB9B33A" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>External Teaching Activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C21284" w14:textId="77777777" w:rsidR="00A760CF" w:rsidRPr="00612954" w:rsidRDefault="00A760CF">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E4D3083" w14:textId="77777777" w:rsidR="00A760CF" w:rsidRPr="00612954" w:rsidRDefault="00A760CF">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Wuhan (China), Corporate Governance (EMBA), Fall 2005, Spring 2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224AF446" w14:textId="77777777" w:rsidR="00A760CF" w:rsidRPr="003B5572" w:rsidRDefault="00A760CF">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="224AF446" w14:textId="77777777" w:rsidR="00A760CF" w:rsidRPr="00612954" w:rsidRDefault="00A760CF">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tulane University, Research Methodology (Ph.D.), Spring 2007</w:t>
       </w:r>
-      <w:r w:rsidR="001E3FF3" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="001E3FF3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Spring 2011</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3089DD73" w14:textId="77777777" w:rsidR="00130481" w:rsidRPr="003B5572" w:rsidRDefault="00130481">
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="3089DD73" w14:textId="77777777" w:rsidR="00130481" w:rsidRPr="00612954" w:rsidRDefault="00130481">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B27AA94" w14:textId="77777777" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43A61C54" w14:textId="272FC148" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Consulting and Professional Workshops</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569999A8" w14:textId="33A1B711" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="099506B3" w14:textId="77777777" w:rsidR="00AB6AD7" w:rsidRPr="00612954" w:rsidRDefault="00AB6AD7" w:rsidP="001A1495">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79ED443B" w14:textId="3876F628" w:rsidR="00AB6AD7" w:rsidRPr="00612954" w:rsidRDefault="00B86C41">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APS, Chase Bank, Institute for Supply Management (ISM), PetSmart, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6AD7" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Salt Ri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ver Project (SRP), Sandra Day O’Connor College of Law (ASU).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5F7C0E" w14:textId="77777777" w:rsidR="00AB6AD7" w:rsidRPr="00612954" w:rsidRDefault="00AB6AD7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BC7E76E" w14:textId="46CE3B17" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="4A675B3F" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3B6A32" w14:textId="77777777" w:rsidR="001A1495" w:rsidRDefault="001A1495">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A675B3F" w14:textId="4E7088C2" w:rsidR="00CD329D" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8D4668" w14:textId="71DD5C9E" w:rsidR="00523871" w:rsidRDefault="00516BC9">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3D19BD7E" w14:textId="0E54039A" w:rsidR="00882132" w:rsidRPr="00882132" w:rsidRDefault="00882132" w:rsidP="00882132">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00882132">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Awards Committee, Research Methods Division</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Academy of Management)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00882132">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79665727" w14:textId="49932B27" w:rsidR="003A6E63" w:rsidRPr="003A6E63" w:rsidRDefault="003A6E63">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A6E63">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chair, Academy of Management Taskforce on Methods, 2022-2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8D4668" w14:textId="5D6B5345" w:rsidR="00523871" w:rsidRPr="00612954" w:rsidRDefault="00516BC9">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program Chair</w:t>
+      </w:r>
+      <w:r w:rsidR="009602F6" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00810780" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Track </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2017-2019), Research Methods</w:t>
+      </w:r>
+      <w:r w:rsidR="00810780" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Strategic Management Society</w:t>
+      </w:r>
+      <w:r w:rsidR="003E54EE" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A24602B" w14:textId="77777777" w:rsidR="0093357A" w:rsidRPr="003B5572" w:rsidRDefault="0093357A">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="74E0070C" w14:textId="77777777" w:rsidR="000A205F" w:rsidRPr="00612954" w:rsidRDefault="000A205F" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ad Hoc Reviewer, National Science Foundation (NSF).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517B5503" w14:textId="77777777" w:rsidR="00580AAC" w:rsidRPr="00612954" w:rsidRDefault="00580AAC" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03794576" w14:textId="77777777" w:rsidR="00AA2BED" w:rsidRPr="00612954" w:rsidRDefault="00AA2BED" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organization Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6A6C86" w14:textId="77777777" w:rsidR="00580AAC" w:rsidRPr="00612954" w:rsidRDefault="00580AAC" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D23469" w14:textId="77777777" w:rsidR="00580AAC" w:rsidRPr="00612954" w:rsidRDefault="00580AAC" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Business Venturing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD037E0" w14:textId="4AFC520F" w:rsidR="005E1918" w:rsidRPr="003B5572" w:rsidRDefault="005E1918">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="223170EB" w14:textId="77777777" w:rsidR="0082481D" w:rsidRPr="00612954" w:rsidRDefault="0082481D" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...128 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Management Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC5B9DE" w14:textId="77777777" w:rsidR="00CE7A64" w:rsidRPr="00612954" w:rsidRDefault="00CE7A64" w:rsidP="00580AAC">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Human Relations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03794576" w14:textId="77777777" w:rsidR="00AA2BED" w:rsidRPr="003B5572" w:rsidRDefault="00AA2BED" w:rsidP="00580AAC">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="057852F8" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Developmental Entrepreneurship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223170EB" w14:textId="77777777" w:rsidR="0082481D" w:rsidRPr="003B5572" w:rsidRDefault="0082481D" w:rsidP="00580AAC">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="741394FC" w14:textId="77777777" w:rsidR="00C81FBF" w:rsidRPr="00612954" w:rsidRDefault="00C81FBF">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Applied Behavioral Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27177269" w14:textId="7C4B98FE" w:rsidR="004E7131" w:rsidRPr="00612954" w:rsidRDefault="004E7131">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ad Hoc Reviewer, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizational Research Methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC5B9DE" w14:textId="77777777" w:rsidR="00CE7A64" w:rsidRPr="003B5572" w:rsidRDefault="00CE7A64" w:rsidP="00580AAC">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="17105052" w14:textId="37834C0E" w:rsidR="009A77A2" w:rsidRPr="00612954" w:rsidRDefault="009A77A2" w:rsidP="009A77A2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panelist, “Within and Between Effects,” Research Methods Division Consortium, 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07EEF687" w14:textId="013A600C" w:rsidR="00D21336" w:rsidRPr="00612954" w:rsidRDefault="009A77A2">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panelist, “Crafting a Methodological Contribution,” Research Methods Division Consortium, 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E477DC9" w14:textId="77777777" w:rsidR="0038397F" w:rsidRPr="00612954" w:rsidRDefault="0038397F">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
         <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4BAA" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Best Paper Award.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B153C7" w14:textId="77777777" w:rsidR="0022248A" w:rsidRPr="00612954" w:rsidRDefault="0022248A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chair, Corporate Governance Track, Academy of Management, 2011.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7191AD8B" w14:textId="5DD9CF34" w:rsidR="00D21336" w:rsidRPr="00612954" w:rsidRDefault="00D21336">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Panelist, “Ask the Experts: Macro and Cross-Level Methodologies,” Academy of Management, 2011. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E79EE8" w14:textId="77777777" w:rsidR="00C81FBF" w:rsidRPr="00612954" w:rsidRDefault="00C81FBF">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-Chair, BPS Mid-Career </w:t>
+      </w:r>
+      <w:r w:rsidR="004B58BD" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Workshop</w:t>
+      </w:r>
+      <w:r w:rsidR="00967144" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2008-2009</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057852F8" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...21 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="28C80B2A" w14:textId="77777777" w:rsidR="00820FC3" w:rsidRPr="00612954" w:rsidRDefault="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidR="00820FC3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Strategic Management Society </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review Committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00820FC3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D611EC8" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Reviewer, Business Policy and Strategy Division, Academy of Management, 1999, 2000, 2001, 2002, 2003</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF725C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, &amp; 2005</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741394FC" w14:textId="77777777" w:rsidR="00C81FBF" w:rsidRPr="003B5572" w:rsidRDefault="00C81FBF">
-[...20 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="31E68DF0" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Facilitator, “Stakeholders and Corporate Boards” at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academy of Management. Washington, D.C., August, 2001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27177269" w14:textId="7C4B98FE" w:rsidR="004E7131" w:rsidRPr="003B5572" w:rsidRDefault="004E7131">
-[...140 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="74DFFB43" w14:textId="77777777" w:rsidR="00962895" w:rsidRPr="00612954" w:rsidRDefault="00962895">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Session Chair, “The Decision Environment of Foreign Entry Governance Choices” at Strategic Management Society Conference. Orlando, FL, October, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39746BEE" w14:textId="77777777" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B89C33D" w14:textId="7F13E63B" w:rsidR="00C14BED" w:rsidRDefault="00C14BED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>External Evaluator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7489308C" w14:textId="0CEC819E" w:rsidR="003A6E63" w:rsidRPr="003A6E63" w:rsidRDefault="003A6E63">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A6E63">
+        <w:rPr>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frankfurt School of Finance &amp; Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631A9A3E" w14:textId="44139E70" w:rsidR="006E7D1D" w:rsidRDefault="006E7D1D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Georgia State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B05E64C" w14:textId="7C968618" w:rsidR="00791565" w:rsidRDefault="00791565">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indiana University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BF6539" w14:textId="43D82035" w:rsidR="00882132" w:rsidRPr="00612954" w:rsidRDefault="00882132">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Iowa State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7292A1D5" w14:textId="14C89C72" w:rsidR="00FA1B69" w:rsidRPr="00612954" w:rsidRDefault="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Northeastern University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B6CE32" w14:textId="051215BE" w:rsidR="009602F6" w:rsidRPr="00612954" w:rsidRDefault="009602F6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Northern Illinois</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F267FAD" w14:textId="68C25EAC" w:rsidR="003A4A7A" w:rsidRPr="00612954" w:rsidRDefault="003A4A7A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Peking University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF0EFE0" w14:textId="2389BDC5" w:rsidR="00767D0A" w:rsidRDefault="00767D0A">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Singapore Management University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7641F539" w14:textId="37B38851" w:rsidR="001A1495" w:rsidRPr="00612954" w:rsidRDefault="001A1495">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tulane University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E36A92" w14:textId="541A9903" w:rsidR="00C86074" w:rsidRDefault="00C86074">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Alabama</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECA86B0" w14:textId="6A38F387" w:rsidR="003B5572" w:rsidRPr="00612954" w:rsidRDefault="003B5572">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Arkansas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B32D8F8" w14:textId="08565FF8" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of California </w:t>
+      </w:r>
+      <w:r w:rsidR="006056A3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riverside</w:t>
+      </w:r>
+      <w:r w:rsidR="006056A3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1505C027" w14:textId="3D633F8C" w:rsidR="001A1495" w:rsidRDefault="001A1495">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of Cincinnati </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04934E7A" w14:textId="6B6822A3" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Colorado (Boulder)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D8AE5B3" w14:textId="749AC955" w:rsidR="003B5572" w:rsidRDefault="003B5572">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Georgia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E0AABB" w14:textId="59D2CE13" w:rsidR="00803636" w:rsidRDefault="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Nebraska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B93D5B2" w14:textId="7CD46302" w:rsidR="00803636" w:rsidRPr="00612954" w:rsidRDefault="00803636">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Notre Dame</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BB7490" w14:textId="77777777" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University of Tennessee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB739B1" w14:textId="2DE0F7BE" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00F16DB0">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Villanova University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425D6519" w14:textId="77777777" w:rsidR="00C14BED" w:rsidRPr="00612954" w:rsidRDefault="00C14BED">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="432D1AFC" w14:textId="77777777" w:rsidR="007F0B97" w:rsidRPr="00612954" w:rsidRDefault="007F0B97">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D10D051" w14:textId="08F5D246" w:rsidR="00497516" w:rsidRDefault="00497516" w:rsidP="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Post Tenure Review Committee (2024).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436EBBB9" w14:textId="1543D96A" w:rsidR="003A6E63" w:rsidRDefault="003A6E63" w:rsidP="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ph.D. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comprehensive Exams Committee (2011-20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00497516">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E85D4E0" w14:textId="102458B2" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Senior Associate Dean of Faculty</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6E63">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, W. P. Carey</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2020-2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A400EF" w14:textId="77E9C70A" w:rsidR="009602F6" w:rsidRPr="00612954" w:rsidRDefault="00EA376A" w:rsidP="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W.P. Carey College Promotion and Tenure Committee (2019-</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1495">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4934E33D" w14:textId="1C60BD19" w:rsidR="00170A1E" w:rsidRPr="00612954" w:rsidRDefault="00170A1E" w:rsidP="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty Athletics Ambassador (2017-</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1495">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004B733A" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C80B2A" w14:textId="77777777" w:rsidR="00820FC3" w:rsidRPr="003B5572" w:rsidRDefault="00962895">
-[...128 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="48C3D4BC" w14:textId="1BC513BB" w:rsidR="00FA1B69" w:rsidRPr="00612954" w:rsidRDefault="00FA1B69" w:rsidP="00FA1B69">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty Search Committee (2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77920268" w14:textId="77777777" w:rsidR="00E40383" w:rsidRPr="00612954" w:rsidRDefault="00E40383" w:rsidP="00E40383">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Faculty Search Committee (2013).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69442A42" w14:textId="7A2444C2" w:rsidR="00E40383" w:rsidRPr="00612954" w:rsidRDefault="00497516" w:rsidP="007F0B97">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...184 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40383" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Personnel Committee (2008-2010; 2012-2014).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F772B0" w14:textId="79F7BD2D" w:rsidR="00E40383" w:rsidRPr="003B5572" w:rsidRDefault="00E40383" w:rsidP="007F0B97">
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="52F772B0" w14:textId="79F7BD2D" w:rsidR="00E40383" w:rsidRPr="00612954" w:rsidRDefault="00E40383" w:rsidP="007F0B97">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Doctoral Program Committee (2008-2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41384377" w14:textId="268101E0" w:rsidR="00E40383" w:rsidRPr="003B5572" w:rsidRDefault="00E40383" w:rsidP="007F0B97">
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="7025FD9C" w14:textId="6E36A9F2" w:rsidR="0022248A" w:rsidRPr="00612954" w:rsidRDefault="00E40383" w:rsidP="007F0B97">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Chair, Department Head Search Committee (2010).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7025FD9C" w14:textId="11409606" w:rsidR="0022248A" w:rsidRPr="003B5572" w:rsidRDefault="0022248A" w:rsidP="007F0B97">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+    <w:p w14:paraId="7C7F351E" w14:textId="77777777" w:rsidR="0022248A" w:rsidRPr="00612954" w:rsidRDefault="0022248A" w:rsidP="007F0B97">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Chair, Faculty Search Committee (2010).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCEBFA8" w14:textId="77777777" w:rsidR="006825E5" w:rsidRPr="003B5572" w:rsidRDefault="006825E5" w:rsidP="006825E5">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="6FCEBFA8" w14:textId="77777777" w:rsidR="006825E5" w:rsidRPr="00612954" w:rsidRDefault="006825E5" w:rsidP="006825E5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dissertation Committee Membe</w:t>
       </w:r>
-      <w:r w:rsidR="001E3FF3" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="001E3FF3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r, Michael Withers (2008-2011</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365ED3A8" w14:textId="36CCB39C" w:rsidR="00C46675" w:rsidRPr="003B5572" w:rsidRDefault="00C46675" w:rsidP="00C46675">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="365ED3A8" w14:textId="36CCB39C" w:rsidR="00C46675" w:rsidRPr="00612954" w:rsidRDefault="00C46675" w:rsidP="00C46675">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Chair, John Busenbark (2013-present).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5528173A" w14:textId="0ED6FBA4" w:rsidR="001A1495" w:rsidRPr="00612954" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dissertation Committee Chair, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Latifa Albader</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-present).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191ADB61" w14:textId="77777777" w:rsidR="00C46675" w:rsidRPr="00612954" w:rsidRDefault="00C46675" w:rsidP="007F0B97">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BA0B185" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Texas A&amp;M University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC7044C" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Doctora</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23486" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23486" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23486" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Coordinator </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6563F" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(2005-2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23486" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB79FE2" w14:textId="77777777" w:rsidR="006F0617" w:rsidRPr="00612954" w:rsidRDefault="006F0617">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chair, Faculty Search Committee (2005).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327D67C3" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Doctoral Policy Committee (2002-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81FBF" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10026255" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Management 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BB3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Taskforce (2004).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46831D16" w14:textId="77777777" w:rsidR="00300602" w:rsidRPr="00612954" w:rsidRDefault="00300602">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member, Department Head Search Committee, Department of Management (2005).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFFB666" w14:textId="77777777" w:rsidR="002145CA" w:rsidRPr="00612954" w:rsidRDefault="002145CA" w:rsidP="00300602">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dissertation Committee </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="0001376C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Co-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chair, Chris Reutzel (2004-</w:t>
+      </w:r>
+      <w:r w:rsidR="0048628E" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699B733C" w14:textId="77777777" w:rsidR="007F0B97" w:rsidRDefault="007F0B97" w:rsidP="007F0B97"/>
-[...84 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="230545FE" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="00612954" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Dick Lester (2001-2003).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5ADA12" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="00612954" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Jun Li (2002-2004).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646CB23D" w14:textId="77777777" w:rsidR="00300602" w:rsidRPr="00612954" w:rsidRDefault="00300602" w:rsidP="00300602">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Jamie Collins (2003-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81FBF" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2006</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB79FE2" w14:textId="77777777" w:rsidR="006F0617" w:rsidRPr="003B5572" w:rsidRDefault="006F0617">
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="38FEB5DD" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Tim Holcomb (2005-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81FBF" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10026255" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="003B5572" w:rsidRDefault="00CD329D">
-[...83 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="1E93A1C0" w14:textId="77777777" w:rsidR="00D4217A" w:rsidRPr="00612954" w:rsidRDefault="00D4217A" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Memb</w:t>
+      </w:r>
+      <w:r w:rsidR="0001376C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>er, Brian Connelly (2005-2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230545FE" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="003B5572" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
-[...45 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="20B0FAA6" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="00612954" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Michael Holmes (2006-</w:t>
+      </w:r>
+      <w:r w:rsidR="0001376C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FEB5DD" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...19 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="408C791D" w14:textId="77777777" w:rsidR="00F14EDB" w:rsidRPr="00612954" w:rsidRDefault="00F14EDB" w:rsidP="00F14EDB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Toyah Miller (2006-</w:t>
+      </w:r>
+      <w:r w:rsidR="0001376C" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E93A1C0" w14:textId="77777777" w:rsidR="00D4217A" w:rsidRPr="003B5572" w:rsidRDefault="00D4217A" w:rsidP="008C4EFB">
-[...123 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="680F19F6" w14:textId="77777777" w:rsidR="006044BE" w:rsidRPr="00612954" w:rsidRDefault="006044BE" w:rsidP="006044BE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GCR, Eun-Hwan Jeong (Aerospace Engineering) (2001-2002).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2663D6B3" w14:textId="77777777" w:rsidR="006044BE" w:rsidRPr="00612954" w:rsidRDefault="006044BE" w:rsidP="006044BE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GCR, Sun Woo Kim (Industrial Engineering) (2002).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F304CD2" w14:textId="77777777" w:rsidR="00BC3B51" w:rsidRPr="003B5572" w:rsidRDefault="00BC3B51">
-[...6 lines deleted...]
-    <w:p w14:paraId="5AFFEC2E" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+    <w:p w14:paraId="5F304CD2" w14:textId="77777777" w:rsidR="00BC3B51" w:rsidRPr="00612954" w:rsidRDefault="00BC3B51">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AFFEC2E" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indiana University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27147D06" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="27147D06" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Judge, 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Year MBA Case Competition, 1997, 1998, 1999.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580D20A0" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="580D20A0" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vice-President, Doctoral Student Association, 1999-2000.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AA984FA" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="0AA984FA" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Doctoral Computer Committee, 1998.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245F1F0C" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...41 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="245F1F0C" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Committee Member, Rungpen Roengpitya (2003-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14EDB" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2005</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7036D9FC" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="7036D9FC" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dissertation Committee Member, Christine Mooney (2003-</w:t>
       </w:r>
-      <w:r w:rsidR="00F14EDB" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00F14EDB" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2005</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03559575" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="003B5572" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
-[...6 lines deleted...]
-    <w:p w14:paraId="05535531" w14:textId="77777777" w:rsidR="007A4C69" w:rsidRPr="003B5572" w:rsidRDefault="007A4C69">
+    <w:p w14:paraId="03559575" w14:textId="77777777" w:rsidR="008C4EFB" w:rsidRPr="00612954" w:rsidRDefault="008C4EFB" w:rsidP="008C4EFB">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05535531" w14:textId="77777777" w:rsidR="007A4C69" w:rsidRPr="00612954" w:rsidRDefault="007A4C69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...17 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C2B0DD4" w14:textId="027F8390" w:rsidR="001A1495" w:rsidRDefault="001A1495" w:rsidP="001A1495">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003B5572">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Associations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0997D853" w14:textId="1749D769" w:rsidR="00CD329D" w:rsidRPr="001A1495" w:rsidRDefault="00CD329D" w:rsidP="001A1495">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21528F6B" w14:textId="77777777" w:rsidR="00CD329D" w:rsidRPr="00612954" w:rsidRDefault="00CD329D">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Academy of Management</w:t>
       </w:r>
-      <w:r w:rsidR="009906D3" w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="009906D3" w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B5572">
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00612954">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategic Management Society</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7754B63D" w14:textId="77777777" w:rsidR="00663A90" w:rsidRPr="00406BC6" w:rsidRDefault="00663A90">
-[...6 lines deleted...]
-    <w:p w14:paraId="10634D49" w14:textId="77777777" w:rsidR="003A64B1" w:rsidRDefault="003A64B1" w:rsidP="00663A90">
+    <w:p w14:paraId="281B28D1" w14:textId="77777777" w:rsidR="003A64B1" w:rsidRPr="00612954" w:rsidRDefault="003A64B1" w:rsidP="00663A90">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...17 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003A64B1" w:rsidRPr="00612954">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1728" w:bottom="1440" w:left="1728" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A44348E" w14:textId="77777777" w:rsidR="004A3EC9" w:rsidRDefault="004A3EC9" w:rsidP="00A52A4F">
+    <w:p w14:paraId="2BCEAE00" w14:textId="77777777" w:rsidR="0074303B" w:rsidRDefault="0074303B" w:rsidP="00A52A4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46B164F6" w14:textId="77777777" w:rsidR="004A3EC9" w:rsidRDefault="004A3EC9" w:rsidP="00A52A4F">
+    <w:p w14:paraId="202D11EF" w14:textId="77777777" w:rsidR="0074303B" w:rsidRDefault="0074303B" w:rsidP="00A52A4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New York">
-    <w:altName w:val="Tahoma"/>
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Source Sans Pro">
+    <w:panose1 w:val="020B0503030403020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2709C0AE" w14:textId="77777777" w:rsidR="00A52A4F" w:rsidRDefault="00A52A4F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56057D35" w14:textId="77777777" w:rsidR="00A52A4F" w:rsidRDefault="00A52A4F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C006B0E" w14:textId="77777777" w:rsidR="00A52A4F" w:rsidRDefault="00A52A4F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E67A537" w14:textId="77777777" w:rsidR="004A3EC9" w:rsidRDefault="004A3EC9" w:rsidP="00A52A4F">
+    <w:p w14:paraId="0E1A0305" w14:textId="77777777" w:rsidR="0074303B" w:rsidRDefault="0074303B" w:rsidP="00A52A4F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56B2A0F2" w14:textId="77777777" w:rsidR="004A3EC9" w:rsidRDefault="004A3EC9" w:rsidP="00A52A4F">
+    <w:p w14:paraId="704BC0F4" w14:textId="77777777" w:rsidR="0074303B" w:rsidRDefault="0074303B" w:rsidP="00A52A4F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B9CD536" w14:textId="77777777" w:rsidR="00A52A4F" w:rsidRDefault="00A52A4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0F0C8DE1" w14:textId="77777777" w:rsidR="00A52A4F" w:rsidRDefault="00A52A4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64B9B2F9" w14:textId="77777777" w:rsidR="00A52A4F" w:rsidRDefault="00A52A4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C40EFBA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8088,53 +13002,53 @@
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="245E5B13"/>
+    <w:nsid w:val="09A23316"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="83BE860C"/>
+    <w:tmpl w:val="3F7AADF2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -8236,474 +13150,1367 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="245E5B13"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="83BE860C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CDA269D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3CECAE98"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C09287E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BC69EA6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C1F7D6A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="445847D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79977ABB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6360EC88"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1949771720">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1525943789">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1942377197">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="4" w16cid:durableId="1479305917">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1186602155">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1164591709">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1175144404">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="190"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="200"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00877E6A"/>
     <w:rsid w:val="000014C8"/>
     <w:rsid w:val="0000339B"/>
+    <w:rsid w:val="000038F7"/>
     <w:rsid w:val="0001376C"/>
+    <w:rsid w:val="00023BC4"/>
     <w:rsid w:val="00023BEC"/>
     <w:rsid w:val="000318EA"/>
     <w:rsid w:val="00041FD9"/>
+    <w:rsid w:val="00054414"/>
+    <w:rsid w:val="00055907"/>
+    <w:rsid w:val="000768CA"/>
     <w:rsid w:val="00081D79"/>
     <w:rsid w:val="00081D99"/>
+    <w:rsid w:val="00082810"/>
     <w:rsid w:val="000849F3"/>
     <w:rsid w:val="00090A58"/>
     <w:rsid w:val="00092B2D"/>
     <w:rsid w:val="00095A2D"/>
     <w:rsid w:val="00096DBE"/>
     <w:rsid w:val="000A205F"/>
     <w:rsid w:val="000A7A2F"/>
     <w:rsid w:val="000B303C"/>
     <w:rsid w:val="000B3BDF"/>
+    <w:rsid w:val="000C11D5"/>
+    <w:rsid w:val="000D0C26"/>
+    <w:rsid w:val="000E3223"/>
     <w:rsid w:val="000E7BA5"/>
     <w:rsid w:val="000F2DF7"/>
     <w:rsid w:val="00100255"/>
     <w:rsid w:val="00100894"/>
+    <w:rsid w:val="00107902"/>
     <w:rsid w:val="00130481"/>
     <w:rsid w:val="001331C4"/>
     <w:rsid w:val="00135A4C"/>
+    <w:rsid w:val="00143DB8"/>
     <w:rsid w:val="00147575"/>
     <w:rsid w:val="00154F62"/>
     <w:rsid w:val="00155BDC"/>
     <w:rsid w:val="00161BE6"/>
     <w:rsid w:val="00162C9E"/>
     <w:rsid w:val="00170A1E"/>
+    <w:rsid w:val="0018168F"/>
+    <w:rsid w:val="00187927"/>
     <w:rsid w:val="00191F7F"/>
+    <w:rsid w:val="001A1495"/>
     <w:rsid w:val="001A265F"/>
     <w:rsid w:val="001A2958"/>
     <w:rsid w:val="001A6700"/>
     <w:rsid w:val="001B1123"/>
     <w:rsid w:val="001B2DF5"/>
     <w:rsid w:val="001C1BC8"/>
     <w:rsid w:val="001C3822"/>
     <w:rsid w:val="001C44BF"/>
+    <w:rsid w:val="001C5FEB"/>
     <w:rsid w:val="001D1732"/>
     <w:rsid w:val="001E3FF3"/>
     <w:rsid w:val="001E7591"/>
     <w:rsid w:val="001F7049"/>
     <w:rsid w:val="002145CA"/>
+    <w:rsid w:val="002166FA"/>
     <w:rsid w:val="0022248A"/>
     <w:rsid w:val="00240A90"/>
     <w:rsid w:val="002513C7"/>
+    <w:rsid w:val="00252C7F"/>
     <w:rsid w:val="00262AF4"/>
+    <w:rsid w:val="00264CF0"/>
+    <w:rsid w:val="002718AF"/>
     <w:rsid w:val="002731DB"/>
     <w:rsid w:val="00282003"/>
     <w:rsid w:val="0029047C"/>
     <w:rsid w:val="002A106B"/>
     <w:rsid w:val="002A51E3"/>
     <w:rsid w:val="002B039B"/>
+    <w:rsid w:val="002B346A"/>
     <w:rsid w:val="002C02C0"/>
     <w:rsid w:val="002F4DCB"/>
     <w:rsid w:val="002F537A"/>
     <w:rsid w:val="002F5CB4"/>
     <w:rsid w:val="00300602"/>
     <w:rsid w:val="003031B7"/>
+    <w:rsid w:val="003043AA"/>
+    <w:rsid w:val="00344221"/>
+    <w:rsid w:val="00344D46"/>
     <w:rsid w:val="00347F29"/>
+    <w:rsid w:val="003731F8"/>
     <w:rsid w:val="00373F42"/>
     <w:rsid w:val="0038397F"/>
+    <w:rsid w:val="00395764"/>
+    <w:rsid w:val="003A4A7A"/>
     <w:rsid w:val="003A639E"/>
     <w:rsid w:val="003A64B1"/>
+    <w:rsid w:val="003A6E63"/>
     <w:rsid w:val="003B5572"/>
     <w:rsid w:val="003C7AC6"/>
     <w:rsid w:val="003D0DAC"/>
+    <w:rsid w:val="003D5F44"/>
+    <w:rsid w:val="003D7E0B"/>
     <w:rsid w:val="003E54EE"/>
     <w:rsid w:val="003E7F10"/>
     <w:rsid w:val="003F23C1"/>
     <w:rsid w:val="00406BC6"/>
     <w:rsid w:val="004109AE"/>
+    <w:rsid w:val="004110DE"/>
+    <w:rsid w:val="004145E6"/>
     <w:rsid w:val="004150AA"/>
     <w:rsid w:val="00416758"/>
+    <w:rsid w:val="00417D32"/>
     <w:rsid w:val="00422662"/>
     <w:rsid w:val="004276CC"/>
     <w:rsid w:val="00435964"/>
+    <w:rsid w:val="00446E1D"/>
     <w:rsid w:val="00452FBB"/>
     <w:rsid w:val="00456AA9"/>
+    <w:rsid w:val="00456DB5"/>
     <w:rsid w:val="00466B27"/>
+    <w:rsid w:val="0046792B"/>
     <w:rsid w:val="00481D1C"/>
     <w:rsid w:val="00482C59"/>
     <w:rsid w:val="00484679"/>
     <w:rsid w:val="0048628E"/>
-    <w:rsid w:val="00495E7E"/>
     <w:rsid w:val="004970E4"/>
+    <w:rsid w:val="00497516"/>
     <w:rsid w:val="004A0759"/>
     <w:rsid w:val="004A332A"/>
-    <w:rsid w:val="004A3EC9"/>
     <w:rsid w:val="004B397F"/>
     <w:rsid w:val="004B58BD"/>
+    <w:rsid w:val="004B733A"/>
     <w:rsid w:val="004C7AD9"/>
     <w:rsid w:val="004C7CEB"/>
+    <w:rsid w:val="004D7C8A"/>
     <w:rsid w:val="004E09D1"/>
     <w:rsid w:val="004E11B3"/>
     <w:rsid w:val="004E41A1"/>
     <w:rsid w:val="004E7131"/>
+    <w:rsid w:val="005027AC"/>
+    <w:rsid w:val="00511809"/>
+    <w:rsid w:val="0051207B"/>
     <w:rsid w:val="00516BC9"/>
     <w:rsid w:val="0052045F"/>
+    <w:rsid w:val="00522FFF"/>
     <w:rsid w:val="00523871"/>
     <w:rsid w:val="00524D4D"/>
     <w:rsid w:val="005368C7"/>
+    <w:rsid w:val="00536CD1"/>
     <w:rsid w:val="00550D61"/>
+    <w:rsid w:val="00556764"/>
     <w:rsid w:val="00557742"/>
     <w:rsid w:val="005656EF"/>
     <w:rsid w:val="00567DFA"/>
     <w:rsid w:val="00571F45"/>
     <w:rsid w:val="0057529D"/>
     <w:rsid w:val="00580AAC"/>
     <w:rsid w:val="00581B87"/>
     <w:rsid w:val="00594AE6"/>
+    <w:rsid w:val="005A454F"/>
     <w:rsid w:val="005B3922"/>
+    <w:rsid w:val="005B3986"/>
     <w:rsid w:val="005C1DDB"/>
+    <w:rsid w:val="005D36E4"/>
+    <w:rsid w:val="005D383F"/>
     <w:rsid w:val="005E1918"/>
     <w:rsid w:val="005E4BAA"/>
     <w:rsid w:val="005F3AFC"/>
     <w:rsid w:val="005F4333"/>
     <w:rsid w:val="006044BE"/>
     <w:rsid w:val="006056A3"/>
+    <w:rsid w:val="00606C1A"/>
     <w:rsid w:val="00610122"/>
+    <w:rsid w:val="00612954"/>
     <w:rsid w:val="00613395"/>
     <w:rsid w:val="00616F24"/>
     <w:rsid w:val="00623D95"/>
     <w:rsid w:val="00655555"/>
+    <w:rsid w:val="00660FF0"/>
     <w:rsid w:val="00663A90"/>
     <w:rsid w:val="00673E6D"/>
     <w:rsid w:val="006825E5"/>
+    <w:rsid w:val="00693CC7"/>
+    <w:rsid w:val="006A0B3B"/>
     <w:rsid w:val="006A1534"/>
+    <w:rsid w:val="006A3038"/>
     <w:rsid w:val="006D45E9"/>
     <w:rsid w:val="006D6FAE"/>
     <w:rsid w:val="006E7D1D"/>
     <w:rsid w:val="006F0617"/>
+    <w:rsid w:val="00702908"/>
     <w:rsid w:val="00713235"/>
     <w:rsid w:val="00714E24"/>
+    <w:rsid w:val="0072029C"/>
     <w:rsid w:val="007213C8"/>
     <w:rsid w:val="00731341"/>
     <w:rsid w:val="0074064E"/>
+    <w:rsid w:val="0074303B"/>
+    <w:rsid w:val="00744650"/>
     <w:rsid w:val="00745852"/>
+    <w:rsid w:val="00747028"/>
     <w:rsid w:val="007501D5"/>
+    <w:rsid w:val="00750910"/>
     <w:rsid w:val="00751EFC"/>
+    <w:rsid w:val="00756786"/>
+    <w:rsid w:val="00767D0A"/>
     <w:rsid w:val="007706E8"/>
     <w:rsid w:val="00770840"/>
     <w:rsid w:val="00770C7A"/>
     <w:rsid w:val="00775526"/>
+    <w:rsid w:val="00791565"/>
     <w:rsid w:val="00792E3A"/>
     <w:rsid w:val="00794A47"/>
     <w:rsid w:val="007A1B0B"/>
     <w:rsid w:val="007A4C69"/>
     <w:rsid w:val="007C6E42"/>
+    <w:rsid w:val="007C6FE6"/>
+    <w:rsid w:val="007E4328"/>
+    <w:rsid w:val="007E54D8"/>
     <w:rsid w:val="007F0B97"/>
+    <w:rsid w:val="00803636"/>
+    <w:rsid w:val="00810780"/>
     <w:rsid w:val="00813876"/>
     <w:rsid w:val="00815468"/>
     <w:rsid w:val="00817167"/>
+    <w:rsid w:val="008178CD"/>
     <w:rsid w:val="00817B49"/>
     <w:rsid w:val="00820C9F"/>
+    <w:rsid w:val="00820F88"/>
     <w:rsid w:val="00820FC3"/>
     <w:rsid w:val="00822A2D"/>
     <w:rsid w:val="0082481D"/>
+    <w:rsid w:val="00826350"/>
     <w:rsid w:val="0083014C"/>
     <w:rsid w:val="00834A1B"/>
+    <w:rsid w:val="008545A0"/>
     <w:rsid w:val="0085720A"/>
+    <w:rsid w:val="00857658"/>
     <w:rsid w:val="00873684"/>
     <w:rsid w:val="00877E6A"/>
+    <w:rsid w:val="00882132"/>
     <w:rsid w:val="008856E1"/>
     <w:rsid w:val="00895095"/>
+    <w:rsid w:val="008A5F3B"/>
     <w:rsid w:val="008B269F"/>
     <w:rsid w:val="008B43E8"/>
     <w:rsid w:val="008C34C9"/>
     <w:rsid w:val="008C4EFB"/>
     <w:rsid w:val="008D296B"/>
+    <w:rsid w:val="008E14F2"/>
     <w:rsid w:val="008E31E2"/>
+    <w:rsid w:val="008E4BC8"/>
     <w:rsid w:val="008F1D4F"/>
     <w:rsid w:val="008F3CEE"/>
     <w:rsid w:val="00902717"/>
     <w:rsid w:val="0090692F"/>
     <w:rsid w:val="0091387C"/>
     <w:rsid w:val="00922720"/>
     <w:rsid w:val="00924062"/>
     <w:rsid w:val="00924AEC"/>
+    <w:rsid w:val="0093293D"/>
     <w:rsid w:val="0093357A"/>
     <w:rsid w:val="009342FA"/>
     <w:rsid w:val="00941493"/>
+    <w:rsid w:val="00943E49"/>
     <w:rsid w:val="00944F33"/>
+    <w:rsid w:val="0095028B"/>
     <w:rsid w:val="009508DC"/>
+    <w:rsid w:val="009602F6"/>
     <w:rsid w:val="009624C7"/>
     <w:rsid w:val="00962895"/>
     <w:rsid w:val="00962B07"/>
     <w:rsid w:val="00967144"/>
     <w:rsid w:val="00972036"/>
     <w:rsid w:val="00981841"/>
     <w:rsid w:val="009906D3"/>
     <w:rsid w:val="009A05ED"/>
+    <w:rsid w:val="009A77A2"/>
     <w:rsid w:val="009C3FF8"/>
+    <w:rsid w:val="009C4D3A"/>
+    <w:rsid w:val="009C5342"/>
     <w:rsid w:val="009C5E1E"/>
     <w:rsid w:val="009C7E37"/>
     <w:rsid w:val="009D234C"/>
     <w:rsid w:val="009D2E5C"/>
+    <w:rsid w:val="009D6077"/>
+    <w:rsid w:val="009E2269"/>
     <w:rsid w:val="009E2644"/>
     <w:rsid w:val="009E52EE"/>
+    <w:rsid w:val="009E559F"/>
     <w:rsid w:val="009E7C07"/>
+    <w:rsid w:val="00A01FCA"/>
     <w:rsid w:val="00A11E67"/>
     <w:rsid w:val="00A1681C"/>
     <w:rsid w:val="00A22680"/>
     <w:rsid w:val="00A2492A"/>
+    <w:rsid w:val="00A34010"/>
     <w:rsid w:val="00A52A4F"/>
     <w:rsid w:val="00A6563F"/>
     <w:rsid w:val="00A728B7"/>
     <w:rsid w:val="00A760CF"/>
     <w:rsid w:val="00A76411"/>
     <w:rsid w:val="00A958E3"/>
     <w:rsid w:val="00AA2BED"/>
     <w:rsid w:val="00AA3F25"/>
+    <w:rsid w:val="00AA4280"/>
+    <w:rsid w:val="00AA6473"/>
     <w:rsid w:val="00AB13BD"/>
     <w:rsid w:val="00AB6AC7"/>
     <w:rsid w:val="00AB6AD7"/>
     <w:rsid w:val="00AB765A"/>
     <w:rsid w:val="00AC0373"/>
     <w:rsid w:val="00AD770F"/>
+    <w:rsid w:val="00AE1F52"/>
     <w:rsid w:val="00AE4DFB"/>
     <w:rsid w:val="00AE6E47"/>
     <w:rsid w:val="00AF129D"/>
     <w:rsid w:val="00AF3D3A"/>
+    <w:rsid w:val="00B1294A"/>
+    <w:rsid w:val="00B23D20"/>
     <w:rsid w:val="00B24F68"/>
     <w:rsid w:val="00B328FF"/>
     <w:rsid w:val="00B3727D"/>
     <w:rsid w:val="00B4687B"/>
     <w:rsid w:val="00B65B81"/>
     <w:rsid w:val="00B66D06"/>
     <w:rsid w:val="00B72C4A"/>
     <w:rsid w:val="00B73C84"/>
+    <w:rsid w:val="00B74A6B"/>
     <w:rsid w:val="00B76E47"/>
     <w:rsid w:val="00B77969"/>
     <w:rsid w:val="00B86885"/>
     <w:rsid w:val="00B86B00"/>
     <w:rsid w:val="00B86C41"/>
     <w:rsid w:val="00BA1464"/>
     <w:rsid w:val="00BA7880"/>
     <w:rsid w:val="00BB02B9"/>
     <w:rsid w:val="00BB20AC"/>
     <w:rsid w:val="00BB74A6"/>
     <w:rsid w:val="00BC0BA1"/>
     <w:rsid w:val="00BC270C"/>
     <w:rsid w:val="00BC3B51"/>
+    <w:rsid w:val="00BD7024"/>
     <w:rsid w:val="00BD7BB3"/>
+    <w:rsid w:val="00BE0077"/>
     <w:rsid w:val="00BE2E0E"/>
+    <w:rsid w:val="00BE661A"/>
     <w:rsid w:val="00BF0745"/>
     <w:rsid w:val="00C034D7"/>
+    <w:rsid w:val="00C109C5"/>
     <w:rsid w:val="00C12FB4"/>
     <w:rsid w:val="00C14BED"/>
     <w:rsid w:val="00C20296"/>
+    <w:rsid w:val="00C2083B"/>
     <w:rsid w:val="00C23486"/>
     <w:rsid w:val="00C46675"/>
     <w:rsid w:val="00C46B53"/>
     <w:rsid w:val="00C56DB0"/>
+    <w:rsid w:val="00C635CB"/>
     <w:rsid w:val="00C657F7"/>
     <w:rsid w:val="00C81FBF"/>
+    <w:rsid w:val="00C86074"/>
     <w:rsid w:val="00C919DD"/>
     <w:rsid w:val="00C92494"/>
     <w:rsid w:val="00C94462"/>
+    <w:rsid w:val="00C9612F"/>
     <w:rsid w:val="00C96A60"/>
     <w:rsid w:val="00CA52E7"/>
     <w:rsid w:val="00CA78D2"/>
     <w:rsid w:val="00CB17FA"/>
+    <w:rsid w:val="00CB56DE"/>
     <w:rsid w:val="00CC06B0"/>
     <w:rsid w:val="00CD329D"/>
     <w:rsid w:val="00CD6AE5"/>
+    <w:rsid w:val="00CE3FB5"/>
     <w:rsid w:val="00CE7A64"/>
     <w:rsid w:val="00D108D1"/>
+    <w:rsid w:val="00D2105F"/>
     <w:rsid w:val="00D21336"/>
     <w:rsid w:val="00D2189E"/>
+    <w:rsid w:val="00D22151"/>
+    <w:rsid w:val="00D248E3"/>
+    <w:rsid w:val="00D32777"/>
+    <w:rsid w:val="00D32C98"/>
     <w:rsid w:val="00D333DC"/>
     <w:rsid w:val="00D4217A"/>
+    <w:rsid w:val="00D534C5"/>
     <w:rsid w:val="00D5513C"/>
     <w:rsid w:val="00D579D9"/>
     <w:rsid w:val="00D63040"/>
     <w:rsid w:val="00D677EF"/>
     <w:rsid w:val="00D72C61"/>
     <w:rsid w:val="00D77643"/>
     <w:rsid w:val="00D91CE8"/>
     <w:rsid w:val="00DA0DBB"/>
     <w:rsid w:val="00DA6A82"/>
+    <w:rsid w:val="00DB29A7"/>
+    <w:rsid w:val="00DB3B00"/>
     <w:rsid w:val="00DC0521"/>
     <w:rsid w:val="00DC0554"/>
     <w:rsid w:val="00DC4B1E"/>
     <w:rsid w:val="00DC5905"/>
+    <w:rsid w:val="00DC6FA2"/>
+    <w:rsid w:val="00DD15F4"/>
+    <w:rsid w:val="00DE41E3"/>
     <w:rsid w:val="00DF4159"/>
+    <w:rsid w:val="00DF6115"/>
     <w:rsid w:val="00DF725C"/>
     <w:rsid w:val="00E07FD4"/>
     <w:rsid w:val="00E20264"/>
     <w:rsid w:val="00E21A30"/>
     <w:rsid w:val="00E24E13"/>
     <w:rsid w:val="00E257D0"/>
     <w:rsid w:val="00E26B76"/>
     <w:rsid w:val="00E2711E"/>
     <w:rsid w:val="00E3043D"/>
+    <w:rsid w:val="00E32A2E"/>
     <w:rsid w:val="00E40383"/>
     <w:rsid w:val="00E40AD0"/>
     <w:rsid w:val="00E40BC1"/>
     <w:rsid w:val="00E42EC4"/>
     <w:rsid w:val="00E4412A"/>
+    <w:rsid w:val="00E44A82"/>
     <w:rsid w:val="00E73F1F"/>
     <w:rsid w:val="00E850AA"/>
+    <w:rsid w:val="00E85462"/>
+    <w:rsid w:val="00E868BA"/>
     <w:rsid w:val="00E91B73"/>
     <w:rsid w:val="00E91FED"/>
     <w:rsid w:val="00EA04CF"/>
     <w:rsid w:val="00EA2A59"/>
+    <w:rsid w:val="00EA376A"/>
     <w:rsid w:val="00EA56CC"/>
-    <w:rsid w:val="00EA7C9E"/>
+    <w:rsid w:val="00EB0E2A"/>
+    <w:rsid w:val="00EC0602"/>
     <w:rsid w:val="00ED5142"/>
+    <w:rsid w:val="00EE0A10"/>
     <w:rsid w:val="00F007C1"/>
     <w:rsid w:val="00F06228"/>
+    <w:rsid w:val="00F11FCF"/>
     <w:rsid w:val="00F14EDB"/>
     <w:rsid w:val="00F16DB0"/>
     <w:rsid w:val="00F2398D"/>
+    <w:rsid w:val="00F24F87"/>
+    <w:rsid w:val="00F250FB"/>
     <w:rsid w:val="00F262F2"/>
     <w:rsid w:val="00F3308B"/>
     <w:rsid w:val="00F34C70"/>
+    <w:rsid w:val="00F52896"/>
     <w:rsid w:val="00F5619C"/>
     <w:rsid w:val="00F56CD7"/>
+    <w:rsid w:val="00F616EC"/>
+    <w:rsid w:val="00F64EC0"/>
+    <w:rsid w:val="00F700A9"/>
+    <w:rsid w:val="00F7306D"/>
     <w:rsid w:val="00F73ABC"/>
+    <w:rsid w:val="00F73FE5"/>
     <w:rsid w:val="00F8015E"/>
+    <w:rsid w:val="00F81BCA"/>
     <w:rsid w:val="00F820BE"/>
     <w:rsid w:val="00F969B6"/>
     <w:rsid w:val="00FA19D8"/>
     <w:rsid w:val="00FA1B69"/>
     <w:rsid w:val="00FA6504"/>
     <w:rsid w:val="00FB0FAD"/>
+    <w:rsid w:val="00FC1284"/>
     <w:rsid w:val="00FC43BE"/>
     <w:rsid w:val="00FC4F9B"/>
+    <w:rsid w:val="00FD058D"/>
     <w:rsid w:val="00FD638C"/>
     <w:rsid w:val="00FE795E"/>
     <w:rsid w:val="00FF0E05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="014F44D1"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8725,50 +14532,51 @@
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9011,110 +14819,115 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C20296"/>
+    <w:rsid w:val="008545A0"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="720"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="720"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
@@ -9191,50 +15004,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="New York" w:hAnsi="New York"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:szCs w:val="20"/>
@@ -9394,56 +15208,278 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:link w:val="NoSpacingChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C14BED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00C14BED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="epub-sectionitem">
+    <w:name w:val="epub-section__item"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008545A0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="epub-sectionstate">
+    <w:name w:val="epub-section__state"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008545A0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="epub-sectiondate">
+    <w:name w:val="epub-section__date"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008545A0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008545A0"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008545A0"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="hlfld-contribauthor">
+    <w:name w:val="hlfld-contribauthor"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008545A0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="singlehighlightclass">
+    <w:name w:val="single_highlight_class"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008545A0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="metaepubdate">
+    <w:name w:val="meta__epubdate"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="008545A0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00FC1284"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00612954"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="236327557">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="322903771">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2085486861">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1088429004">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="463431222">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1120152123">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1621033270">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1964379920">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1866869421">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1550993717">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="661203922">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="700132486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1683971340">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -9496,50 +15532,76 @@
                           </w:divBdr>
                           <w:divsChild>
                             <w:div w:id="181167849">
                               <w:marLeft w:val="720"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="725953018">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="788813955">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="982083612">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2032680032">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9648,69 +15710,361 @@
                                   <w:marLeft w:val="0"/>
                                   <w:marRight w:val="0"/>
                                   <w:marTop w:val="0"/>
                                   <w:marBottom w:val="0"/>
                                   <w:divBdr>
                                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                   </w:divBdr>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1180049739">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1293246904">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1324316800">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1442991251">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1726677371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1131829994">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1376153136">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2075808896">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1592617824">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1686439392">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1526094863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1537160769">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1691057612">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1749838766">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1553999089">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="699553790">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="558516710">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="484787386">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1193498747">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="2019119027">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1315060556">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1840660423">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2125297936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.aom.org/doi/10.5465/AMBPP.2022.11889abstract" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:trevis.certo@asu.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.aom.org/doi/10.5465/AMBPP.2019.307" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.aom.org/doi/10.5465/AMBPP.2020.291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9993,76 +16347,76 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>22508</Characters>
+  <Pages>14</Pages>
+  <Words>4571</Words>
+  <Characters>26650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>187</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>720</Lines>
+  <Paragraphs>367</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>S</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26404</CharactersWithSpaces>
+  <CharactersWithSpaces>30854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>6684716</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:dalton@indiana.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6750286</vt:i4>
       </vt:variant>
       <vt:variant>