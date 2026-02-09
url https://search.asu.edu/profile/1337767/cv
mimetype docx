--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="794C58AA" w14:textId="090358D4" w:rsidR="006C4DAF" w:rsidRDefault="003337BD" w:rsidP="006C4DAF">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A02439" w:rsidRPr="001C3161">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ed Finn</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E24A954" w14:textId="0D4C65F5" w:rsidR="00A66ECA" w:rsidRPr="00A66ECA" w:rsidRDefault="00A66ECA" w:rsidP="006C4DAF">
@@ -190,58 +190,50 @@
                                 <w:t xml:space="preserve">Phone: </w:t>
                               </w:r>
                               <w:r w:rsidRPr="001C3161">
                                 <w:t xml:space="preserve">(480) </w:t>
                               </w:r>
                               <w:r w:rsidR="001E5E87">
                                 <w:t>727-0710</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="1C97F299" w14:textId="2414F805" w:rsidR="00A66ECA" w:rsidRDefault="00A66ECA" w:rsidP="00A66ECA">
                               <w:pPr>
                                 <w:ind w:left="720"/>
                               </w:pPr>
                               <w:r>
                                 <w:t xml:space="preserve">Web: </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId9" w:history="1">
                                 <w:r w:rsidRPr="00B67D8C">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlink"/>
                                   </w:rPr>
                                   <w:t>www.edfinn.net</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
-                            <w:p w14:paraId="7457D5D3" w14:textId="25CF60FA" w:rsidR="00A66ECA" w:rsidRPr="001C3161" w:rsidRDefault="00A66ECA" w:rsidP="00A66ECA">
-[...6 lines deleted...]
-                            </w:p>
                             <w:p w14:paraId="76973FFB" w14:textId="3B24E12A" w:rsidR="00A66ECA" w:rsidRDefault="00A66ECA"/>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="19FF8797" id="Group 2" o:spid="_x0000_s1026" style="width:461.3pt;height:66.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="58587,8477" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCEpi29mQIAAMEHAAAOAAAAZHJzL2Uyb0RvYy54bWzclVtv2yAUx98n7Tsg3hdfEtepVafq0iaa&#10;1G2V2n0AgrGNhoEBid19+h1wmvQiTVOnSdX8gLkezvnxP3B2PnQC7ZixXMkSJ5MYIyapqrhsSvzt&#10;bvVhjpF1RFZEKMlKfM8sPl+8f3fW64KlqlWiYgaBEWmLXpe4dU4XUWRpyzpiJ0ozCYO1Mh1x0DRN&#10;VBnSg/VORGkcn0S9MpU2ijJrofdyHMSLYL+uGXVf69oyh0SJwTcXShPKjS+jxRkpGkN0y+neDfIK&#10;LzrCJWx6MHVJHEFbw1+Y6jg1yqraTajqIlXXnLIQA0STxM+iWRu11SGWpugbfcAEaJ9xerVZ+mW3&#10;NvpW3xgg0esGWISWj2WoTef/4CUaArL7AzI2OEShM5tn8zxOMaIwNp/leZqNTGkL4F8so+3V7xdG&#10;D9tGT5zpNcjDHgnYvyNw2xLNAlhbAIEbg3hV4jTJMZKkA5ne+fg+qgGlPhq/O0zzlJAboBuUHk7b&#10;6mtFv1sk1bIlsmEXxqi+ZaQC/xK/EqI4LB3tWG9k039WFWxDtk4FQ3+COp1neRaDiJ+iPhAjhTbW&#10;rZnqkK+U2ID6g3Wyu7bOe3Oc4s/VKsGrFRciNEyzWQqDdgQyZRW+EMCzaUKivsSnGRyzXyWVXw+m&#10;SdFxB5kseAc6iP036sDTuJJVmOIIF2MdPBFyj8cTGdm4YTPARM9so6p7AGXUmLFww0ClVeYnRj1k&#10;a4ntjy0xDCPxSQLs02Q28+kdGrMsT6FhHo9sHo8QScFUiR1GY3XpwpUwRnQBh1LzwOvoyd5X0ODo&#10;3z8XY/JGpDidzbM4hwR/mfvpNJ+eTB8EmZwmWTjz/0yQ4WoIyXxUw9vUZbgy4Z0Iib5/0/xD9Lgd&#10;dHx8eRe/AAAA//8DAFBLAwQUAAYACAAAACEA1NCkCt0AAAAFAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzWrDMBCE74W+g9hCb438Q0LrWA4htD2FQpNCyU2xNraJtTKWYjtv320vzWVgmWHm23w12VYM&#10;2PvGkYJ4FoFAKp1pqFLwtX97egbhgyajW0eo4IoeVsX9Xa4z40b6xGEXKsEl5DOtoA6hy6T0ZY1W&#10;+5nrkNg7ud7qwGdfSdPrkcttK5MoWkirG+KFWne4qbE87y5Wwfuox3Uavw7b82lzPeznH9/bGJV6&#10;fJjWSxABp/Afhl98RoeCmY7uQsaLVgE/Ev6UvZckWYA4cihN5yCLXN7SFz8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAhKYtvZkCAADBBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA1NCkCt0AAAAFAQAADwAAAAAAAAAAAAAAAADzBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;width:28575;height:8477;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeiSDEwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcARvFk0V12o1igqKt/48wLE5tsXmpDTR1rc3grCXw8x8wyxWrSnFk2pXWFYwHEQgiFOr&#10;C84UXM67/hSE88gaS8uk4EUOVsvOzwITbRs+0vPkMxEg7BJUkHtfJVK6NCeDbmAr4uDdbG3QB1ln&#10;UtfYBLgp5SiKJtJgwWEhx4q2OaX308MouB2a379Zc937S3wcTzZYxFf7UqrXbddzEJ5a/x/+tg9a&#10;wWgYw+dMOAJy+QYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCeiSDEwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="3DECB2FA" w14:textId="059E2355" w:rsidR="00A66ECA" w:rsidRDefault="00A66ECA" w:rsidP="00A66ECA">
                         <w:r>
@@ -297,58 +289,50 @@
                           <w:t xml:space="preserve">Phone: </w:t>
                         </w:r>
                         <w:r w:rsidRPr="001C3161">
                           <w:t xml:space="preserve">(480) </w:t>
                         </w:r>
                         <w:r w:rsidR="001E5E87">
                           <w:t>727-0710</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1C97F299" w14:textId="2414F805" w:rsidR="00A66ECA" w:rsidRDefault="00A66ECA" w:rsidP="00A66ECA">
                         <w:pPr>
                           <w:ind w:left="720"/>
                         </w:pPr>
                         <w:r>
                           <w:t xml:space="preserve">Web: </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId11" w:history="1">
                           <w:r w:rsidRPr="00B67D8C">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlink"/>
                             </w:rPr>
                             <w:t>www.edfinn.net</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
-                      <w:p w14:paraId="7457D5D3" w14:textId="25CF60FA" w:rsidR="00A66ECA" w:rsidRPr="001C3161" w:rsidRDefault="00A66ECA" w:rsidP="00A66ECA">
-[...6 lines deleted...]
-                      </w:p>
                       <w:p w14:paraId="76973FFB" w14:textId="3B24E12A" w:rsidR="00A66ECA" w:rsidRDefault="00A66ECA"/>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="189A7174" w14:textId="77777777" w:rsidR="0060475D" w:rsidRDefault="0060475D" w:rsidP="0060475D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:right="-180"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="396F357D" w14:textId="5C8FED96" w:rsidR="0060475D" w:rsidRPr="00502039" w:rsidRDefault="0060475D" w:rsidP="0060475D">
       <w:pPr>
         <w:spacing w:before="240"/>
@@ -551,59 +535,62 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E67322" w14:textId="2DCC0E08" w:rsidR="0060475D" w:rsidRDefault="0060475D" w:rsidP="0060475D">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2019 </w:t>
       </w:r>
       <w:r w:rsidR="00137606">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> present</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Associate Professor, School for the Future of Innovation in Society / School of Arts, Media and Engineering</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103FCB47" w14:textId="77777777" w:rsidR="0060475D" w:rsidRDefault="0060475D" w:rsidP="00CE6EE0">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4281FC78" w14:textId="17802894" w:rsidR="0060475D" w:rsidRDefault="00CE6EE0" w:rsidP="00C2099A">
+    <w:p w14:paraId="4281FC78" w14:textId="6E60C4A0" w:rsidR="0060475D" w:rsidRDefault="00CE6EE0" w:rsidP="00C2099A">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:r>
         <w:t>2018 -</w:t>
       </w:r>
       <w:r w:rsidR="0060475D">
-        <w:t xml:space="preserve"> present</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB34CB">
+        <w:t>2019</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Associate Professor, School of Arts, Media and Engineering / Department of English</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307D9CFC" w14:textId="77777777" w:rsidR="003045AB" w:rsidRDefault="003045AB" w:rsidP="003045AB">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25630444" w14:textId="37220DF1" w:rsidR="003045AB" w:rsidRDefault="003045AB" w:rsidP="003045AB">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2012 - present </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Founding Director, </w:t>
       </w:r>
@@ -697,114 +684,107 @@
       <w:pPr>
         <w:ind w:left="1800" w:firstLine="360"/>
       </w:pPr>
       <w:r>
         <w:t>Arizona State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153065E6" w14:textId="57B91F9E" w:rsidR="006805DA" w:rsidRDefault="006805DA" w:rsidP="00157F81">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22C45BF3" w14:textId="77777777" w:rsidR="00C00F4D" w:rsidRDefault="00C00F4D" w:rsidP="005932DD">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="2160"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77BBD474" w14:textId="21CBCEAC" w:rsidR="00502039" w:rsidRPr="001C3161" w:rsidRDefault="00502039" w:rsidP="005932DD">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="2160"/>
         <w:contextualSpacing/>
-        <w:sectPr w:rsidR="00502039" w:rsidRPr="001C3161" w:rsidSect="006C4DAF">
+        <w:sectPr w:rsidR="00502039" w:rsidRPr="001C3161" w:rsidSect="00535D8F">
           <w:headerReference w:type="even" r:id="rId12"/>
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AA1760E" w14:textId="6AF67084" w:rsidR="00C2099A" w:rsidRPr="00502039" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ASU Faculty Affiliations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3ACB15" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="550E214A" w14:textId="73C50323" w:rsidR="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
-[...4 lines deleted...]
-    <w:p w14:paraId="68165414" w14:textId="1C45DA74" w:rsidR="00645C1A" w:rsidRDefault="00645C1A" w:rsidP="00C2099A">
+    <w:p w14:paraId="550E214A" w14:textId="66C757B7" w:rsidR="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
+      <w:r>
+        <w:t xml:space="preserve">Senior Sustainability Scholar, Julie Ann Wrigley Global </w:t>
+      </w:r>
+      <w:r w:rsidR="006016A6">
+        <w:t>Futures Laboratory</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68165414" w14:textId="7524D38B" w:rsidR="00645C1A" w:rsidRDefault="00645C1A" w:rsidP="00C2099A">
       <w:r>
         <w:t>Affiliate Faculty, Department of English</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8DAFDB" w14:textId="0B364E6F" w:rsidR="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1FA04C7D" w14:textId="08035295" w:rsidR="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:r>
         <w:t>Affiliate Faculty, Consortium for Science, Policy &amp; Outcomes</w:t>
-      </w:r>
-[...3 lines deleted...]
-        <w:t>Affiliate Faculty, Virginia G. Piper Center for Creative Writing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47EDE661" w14:textId="2D460F48" w:rsidR="00645C1A" w:rsidRPr="00C2099A" w:rsidRDefault="00645C1A" w:rsidP="00C2099A">
       <w:r>
         <w:t>Affiliate Faculty, Biosocial Complexity Initiative</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E0BED0" w14:textId="1B96FF2F" w:rsidR="00C00F4D" w:rsidRDefault="00C00F4D" w:rsidP="00C00F4D">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="738C2187" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00C00F4D">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
@@ -868,151 +848,157 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D0C2B93" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66AFE92F" w14:textId="15BAEBF7" w:rsidR="004C0BDB" w:rsidRPr="00502039" w:rsidRDefault="00C62EB7" w:rsidP="004C0BDB">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other </w:t>
       </w:r>
       <w:r w:rsidR="004C0BDB" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Professional Positions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FB367E" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78100A56" w14:textId="7C87664C" w:rsidR="00884E25" w:rsidRDefault="00884E25" w:rsidP="004C0BDB">
+    <w:p w14:paraId="78100A56" w14:textId="3D11C9EC" w:rsidR="00884E25" w:rsidRDefault="00884E25" w:rsidP="004C0BDB">
       <w:pPr>
         <w:pStyle w:val="NormalHanging013"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Academic Di</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t>rector, Future Tense</w:t>
       </w:r>
       <w:r w:rsidR="00822883">
-        <w:t>, ASU/Slate/New America Foundation</w:t>
+        <w:t>, ASU/New America Foundation</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B1A54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE6EE0">
         <w:t>2015 -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628ED068" w14:textId="27031244" w:rsidR="00796DFB" w:rsidRDefault="00796DFB" w:rsidP="004C0BDB">
       <w:pPr>
         <w:pStyle w:val="NormalHanging013"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Co-Director, Imagination and Cli</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t>mate Futures Initiative</w:t>
       </w:r>
       <w:r w:rsidR="00822883">
         <w:t>, ASU</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:tab/>
         <w:t>2014 -</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7ECD9E" w14:textId="40EA252F" w:rsidR="00DA3DCE" w:rsidRDefault="00DA3DCE" w:rsidP="00DA3DCE">
+    <w:p w14:paraId="4A7ECD9E" w14:textId="3DBB9128" w:rsidR="00DA3DCE" w:rsidRDefault="00DA3DCE" w:rsidP="00DA3DCE">
       <w:pPr>
         <w:pStyle w:val="NormalHanging013"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Co-Director, Emerge</w:t>
       </w:r>
       <w:r w:rsidR="00822883">
         <w:t>, ASU</w:t>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00663BF0">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C00F4D">
-        <w:t>2013, 2014, 2017</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> -</w:t>
+        <w:t>2013, 2014, 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A30A93">
+        <w:t>7-22</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BFC3C8F" w14:textId="56A24D6F" w:rsidR="00187C78" w:rsidRDefault="00187C78" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B817E02" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71B11A14" w14:textId="38642D39" w:rsidR="00F00DA3" w:rsidRPr="00502039" w:rsidRDefault="00F00DA3" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
@@ -1020,97 +1006,176 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Books</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17665B1D" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="777D61C5" w14:textId="353BA184" w:rsidR="00D25BF3" w:rsidRDefault="00D25BF3" w:rsidP="001B0CE4">
+    <w:p w14:paraId="2B882780" w14:textId="6E7C45CA" w:rsidR="006016A6" w:rsidRPr="0053666F" w:rsidRDefault="006016A6" w:rsidP="006016A6">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="-360"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joey Eschrich and Ed Finn, eds. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Climate Imagination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. MIT Press, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30A93">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. A “beta” edition of this book was released open access on MIT Press’s </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>PubPub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> platform as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053666F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Climate Action Al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">manac </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>in January 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777D61C5" w14:textId="1B3C9088" w:rsidR="00D25BF3" w:rsidRDefault="00D25BF3" w:rsidP="001B0CE4">
       <w:pPr>
         <w:ind w:right="-360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ed Finn, Bob Beard, Joey Eschrich, and Ruth Wylie. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Imagining Transmedia</w:t>
       </w:r>
       <w:r>
-        <w:t>. MIT Press, under contract.</w:t>
+        <w:t xml:space="preserve">. MIT Press, </w:t>
+      </w:r>
+      <w:r w:rsidR="00683BD0">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29330406" w14:textId="77777777" w:rsidR="00D25BF3" w:rsidRDefault="00D25BF3" w:rsidP="001B0CE4">
       <w:pPr>
         <w:ind w:right="-360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27A27641" w14:textId="398B1F0D" w:rsidR="00C2099A" w:rsidRPr="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="001B0CE4">
       <w:pPr>
         <w:ind w:right="-360"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213855711"/>
       <w:r>
         <w:t>Kirsten Berg, Torie Bosch, Joey Eschrich, Ed Finn, Andrés Martinez, and Juliet Ulman, ed</w:t>
       </w:r>
       <w:r w:rsidR="00137606">
         <w:t>itors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Future Tense Fiction: Stories of Tomorrow</w:t>
       </w:r>
       <w:r>
         <w:t>. Unnamed Press, 2019.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="65D15BAA" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="001B0CE4">
       <w:pPr>
         <w:ind w:right="-360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21DF0F35" w14:textId="5C8E6E6D" w:rsidR="001B0CE4" w:rsidRDefault="00146F73" w:rsidP="001B0CE4">
       <w:pPr>
         <w:ind w:right="-360"/>
       </w:pPr>
       <w:r>
         <w:t>David H. Guston</w:t>
       </w:r>
       <w:r w:rsidR="001B0CE4">
         <w:t xml:space="preserve">, Ed Finn, and </w:t>
       </w:r>
       <w:r>
         <w:t>Jason S. Robert</w:t>
       </w:r>
       <w:r w:rsidR="001B0CE4">
         <w:t>, ed</w:t>
       </w:r>
       <w:r w:rsidR="00137606">
         <w:t>itors</w:t>
       </w:r>
       <w:r w:rsidR="001B0CE4">
@@ -1119,96 +1184,120 @@
       <w:r w:rsidR="001B0CE4" w:rsidRPr="006E7BF9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Frankenstein: </w:t>
       </w:r>
       <w:r w:rsidR="001C7AD3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Annotated for Scientists, Engineers and Creators of All Kinds</w:t>
       </w:r>
       <w:r w:rsidR="001B0CE4">
         <w:t>. MIT Press</w:t>
       </w:r>
       <w:r w:rsidR="00044450">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001B0CE4">
         <w:t>2017.</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t xml:space="preserve"> This book has been published in Spanish (Ariel)</w:t>
       </w:r>
       <w:r w:rsidR="00C868E5">
-        <w:t xml:space="preserve"> and Chinese (Ryefield) editions</w:t>
+        <w:t xml:space="preserve"> and Chinese (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C868E5">
+        <w:t>Ryefield</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C868E5">
+        <w:t>) editions</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5FC76F" w14:textId="77777777" w:rsidR="001B0CE4" w:rsidRDefault="001B0CE4" w:rsidP="00F00DA3">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="602D2C61" w14:textId="3383A306" w:rsidR="002475F1" w:rsidRPr="002475F1" w:rsidRDefault="001C7AD3" w:rsidP="00CE6EE0">
       <w:pPr>
         <w:ind w:right="-360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>What Algorithms Want: Imagination in the Age of Computing</w:t>
       </w:r>
       <w:r w:rsidR="00F812BC">
         <w:t xml:space="preserve">. MIT Press, </w:t>
       </w:r>
       <w:r w:rsidR="002475F1">
         <w:t>2017.</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t xml:space="preserve"> This book has been published in Spanish (Alpha Decay)</w:t>
       </w:r>
       <w:r w:rsidR="00913E5B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t xml:space="preserve"> Italian (Einaudi)</w:t>
       </w:r>
       <w:r w:rsidR="00892931">
-        <w:t xml:space="preserve">, Turkish (Tellekt), and </w:t>
+        <w:t>, Turkish (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00892931">
+        <w:t>Tellekt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00892931">
+        <w:t xml:space="preserve">), and </w:t>
       </w:r>
       <w:r w:rsidR="00913E5B">
         <w:t xml:space="preserve">Korean </w:t>
       </w:r>
       <w:r w:rsidR="00B522DF">
-        <w:t xml:space="preserve">(Hanbit) </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B522DF">
+        <w:t>Hanbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B522DF">
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00CE6EE0">
         <w:t>editions as well.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400C5C3B" w14:textId="77777777" w:rsidR="002475F1" w:rsidRDefault="002475F1" w:rsidP="00F00DA3">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52205EEF" w14:textId="311801EA" w:rsidR="00F00DA3" w:rsidRPr="001D6E2E" w:rsidRDefault="001B0CE4" w:rsidP="00F00DA3">
       <w:r>
         <w:t>Ed Finn and Kathryn Cramer, ed</w:t>
       </w:r>
       <w:r w:rsidR="00137606">
         <w:t>itors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F00DA3">
         <w:rPr>
           <w:i/>
@@ -1239,63 +1328,124 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Non-Commercial </w:t>
       </w:r>
       <w:r w:rsidR="000659D4" w:rsidRPr="000659D4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Anthologies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FC2BF2" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C4236F1" w14:textId="07742A24" w:rsidR="00044450" w:rsidRPr="00044450" w:rsidRDefault="00044450" w:rsidP="008D2AE3">
+    <w:p w14:paraId="0FD06C59" w14:textId="05529D11" w:rsidR="00683BD0" w:rsidRDefault="00044450" w:rsidP="008D2AE3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-360"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00683BD0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Climate Futures (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00683BD0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ClimateWorks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00683BD0">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Foundation)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FE495A" w14:textId="2F82961E" w:rsidR="00683BD0" w:rsidRPr="00683BD0" w:rsidRDefault="00683BD0" w:rsidP="00683BD0">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720" w:right="-360"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ed Finn and Joey Eschrich, eds. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>The Climate Action Almanac</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>. Center for Science and the Imagination, January 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4236F1" w14:textId="49D9577E" w:rsidR="00044450" w:rsidRPr="00044450" w:rsidRDefault="00044450" w:rsidP="00683BD0">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:right="-360" w:firstLine="720"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:t>Space Futures (NASA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D313556" w14:textId="71B0ACCE" w:rsidR="00044450" w:rsidRDefault="00044450" w:rsidP="008D2AE3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:right="-360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ed Finn and Joey Eschrich, eds. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Visions, Ventures, Escape Velocities: A Collection of Space Futures</w:t>
       </w:r>
       <w:r>
         <w:t>. Center for Science and the Imagination, December 2017.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2EB5F0" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
@@ -1430,50 +1580,51 @@
         </w:rPr>
         <w:t>Journeys Through Time and Space</w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:t xml:space="preserve">. Intel Corporation, 2015. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8030EB" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56A6D38E" w14:textId="0577DFD5" w:rsidR="00F42A45" w:rsidRDefault="001B0CE4" w:rsidP="00502039">
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ed Finn and G. Pascal Zachary, </w:t>
       </w:r>
       <w:r w:rsidR="00137606">
         <w:t>editors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dark Futures</w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:t xml:space="preserve">. Intel Corporation, 2014. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E180B1" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1502,51 +1653,50 @@
         </w:rPr>
         <w:t xml:space="preserve">The Future—Powered by Fiction. </w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:t xml:space="preserve">Intel Corporation, 2014. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D12A731" w14:textId="77777777" w:rsidR="00C2099A" w:rsidRPr="001C3161" w:rsidRDefault="00C2099A" w:rsidP="00C2099A">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6856CFBC" w14:textId="541808D6" w:rsidR="00F42A45" w:rsidRDefault="001B0CE4" w:rsidP="008D2AE3">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Ed Finn, ed</w:t>
       </w:r>
       <w:r w:rsidR="00137606">
         <w:t>itor</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:t xml:space="preserve">“Green Dreams” section of </w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Cautions, Dreams &amp; Curiosities: A Tomorrow Project Anthology</w:t>
       </w:r>
       <w:r w:rsidR="00F42A45">
         <w:t>, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BCCFFC" w14:textId="77777777" w:rsidR="00502039" w:rsidRPr="00F00DA3" w:rsidRDefault="00502039" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
@@ -1559,51 +1709,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="417E97B2" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="005F7A0E" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Scholarly Publications</w:t>
       </w:r>
       <w:r w:rsidR="00C2099A" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="037219E9" w14:textId="0E4D2B30" w:rsidR="00A02439" w:rsidRPr="00502039" w:rsidRDefault="00C2099A" w:rsidP="006A4A71">
+    <w:p w14:paraId="037219E9" w14:textId="1EDB8843" w:rsidR="00A02439" w:rsidRPr="00502039" w:rsidRDefault="00C2099A" w:rsidP="006A4A71">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1637,4199 +1787,5746 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">oted </w:t>
       </w:r>
       <w:r w:rsidR="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>therwise</w:t>
       </w:r>
       <w:r w:rsidR="00B07F6C" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>; student co-authors underlined</w:t>
       </w:r>
-      <w:r w:rsidRPr="00502039">
+      <w:r w:rsidR="001D4821">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>, former students bolded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B58A6E8" w14:textId="77777777" w:rsidR="00DE2413" w:rsidRPr="001C3161" w:rsidRDefault="00DE2413" w:rsidP="00DE2413">
+    <w:p w14:paraId="2D1291E3" w14:textId="42C6C3F3" w:rsidR="00A30A93" w:rsidRDefault="00A30A93" w:rsidP="00A30A93">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00FC6397">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Areej Mawasi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Peter Nagy, Ed Finn, and Ruth Wylie. “My Grades are not as Good as a Scientist: Understanding Middle School Students’ Perceptions of Science and Scientists through Possible Selves and Interests.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC6397">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Science &amp; Education</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2025. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00D17BD6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1007/s11191-025-00631-6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC39E2D" w14:textId="77777777" w:rsidR="00A30A93" w:rsidRDefault="00A30A93" w:rsidP="00A30A93">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69BE63E7" w14:textId="7092068F" w:rsidR="00A30A93" w:rsidRDefault="006016A6" w:rsidP="00A30A93">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213855757"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ed Finn, “Applied Poetics.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E7D90">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Poetics Today</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45(2), 2024, pp. 251-258.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="72F2F824" w14:textId="77777777" w:rsidR="00A30A93" w:rsidRDefault="00A30A93" w:rsidP="00A30A93">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2234F61D" w14:textId="5E580CE1" w:rsidR="00A30A93" w:rsidRDefault="00273FD2" w:rsidP="00A30A93">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00273FD2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00273FD2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97638">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>arolina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F97638">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Torrejon Capurro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, M</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ichael</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G. Bennett, and R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wylie. “Applied Imagination.” Frontiers in Psychology Vol. 14, 2023. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00A30A93" w:rsidRPr="00D17BD6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3389/fpsyg.2023.1275942</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A721B3" w14:textId="77777777" w:rsidR="00A30A93" w:rsidRPr="00A30A93" w:rsidRDefault="00A30A93" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FF3F69" w14:textId="3002DD02" w:rsidR="00C82A65" w:rsidRDefault="00C82A65" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk213855770"/>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pataranutaporn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uby</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Liu, E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finn and P</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maes. “Influencing Human-AI Interaction by Priming Beliefs about AI Can Increase Perceived Trustworthiness, Empathy and Effectiveness.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82A65">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Nature Machine Intelligence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5, 2023. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C82A65">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.1038/s42256-023-00720-7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="5310FC89" w14:textId="77777777" w:rsidR="00C82A65" w:rsidRDefault="00C82A65" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="369F1ADB" w14:textId="77C130D4" w:rsidR="001D4821" w:rsidRDefault="001D4821" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nagy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mawasi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Finn,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wylie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Chimera, the Robot Artist, and the Cardboard Hand</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Sci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Educ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4821">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> https://doi.org/10.1007/s11191-023-00463-2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026ED581" w14:textId="77777777" w:rsidR="001D4821" w:rsidRDefault="001D4821" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556F81D3" w14:textId="3487F8C9" w:rsidR="00481FFD" w:rsidRPr="00481FFD" w:rsidRDefault="00481FFD" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk213855857"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finn and S</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jayasuriya, “Cultural Myths and Narratives about Artificial Intelligence,” in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Reporting on Artificial Intelligence: A Handbook for Journalism Educators</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, ed. M. Jaakkola. UNESCO, 2023: 37-48.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="4E8FD9FE" w14:textId="77777777" w:rsidR="00481FFD" w:rsidRDefault="00481FFD" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23AA3E77" w14:textId="468A2F95" w:rsidR="00620288" w:rsidRPr="00620288" w:rsidRDefault="00620288" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ae</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ostman, P</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nagy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620288">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>reej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620288">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mawasi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finn, R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wylie. “Exploring Responsible Research and Innovation in Museums Through Hands-on Activities.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Curator: The Museum Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. November 2022. DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620288">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.1111/cura.12530</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749FF0B8" w14:textId="77777777" w:rsidR="00620288" w:rsidRDefault="00620288" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6421F34B" w14:textId="5CEEA752" w:rsidR="00FE53F9" w:rsidRPr="00FE53F9" w:rsidRDefault="00FE53F9" w:rsidP="00FE53F9">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>reej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mawasi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, P</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nagy, E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finn, R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wylie. “Narrative-Based Learning Activities for Science Ethics Education: An Affordance Perspective.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Science Education and Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 (1): 16-26.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073FCA81" w14:textId="77777777" w:rsidR="00FE53F9" w:rsidRDefault="00FE53F9" w:rsidP="00BC7FD2">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308C334D" w14:textId="6DDCA926" w:rsidR="00FE53F9" w:rsidRPr="00FE53F9" w:rsidRDefault="00DB2B1B" w:rsidP="00BC7FD2">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>eter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9" w:rsidRPr="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Nagy</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9" w:rsidRPr="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>reej</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9" w:rsidRPr="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mawasi</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, K</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>risti</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eustice., A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>llison</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cook-Davis, E</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finn, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uth</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wylie. “Increasing Learners’ Self-Efficacy Beliefs and Curiosity through a Frankenstein-Themed Transmedia Storytelling Experience.”  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>British Journal of Educational Technology</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE53F9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9178D9" w14:textId="77777777" w:rsidR="00FE53F9" w:rsidRDefault="00FE53F9" w:rsidP="00BC7FD2">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="780F8767" w14:textId="49550444" w:rsidR="00BC7FD2" w:rsidRDefault="00BC7FD2" w:rsidP="00BC7FD2">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC7FD2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Andrew Dana Hudson</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ed Finn, and Ruth Wylie. “What Can Science Fiction Tell Us About the Future of Artificial Intelligence Policy?” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>AI and Society</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 2021. DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7FD2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.1007/s00146-021-01273-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6696EF6F" w14:textId="77777777" w:rsidR="00BC7FD2" w:rsidRDefault="00BC7FD2" w:rsidP="00BC7FD2">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B159FC3" w14:textId="36125339" w:rsidR="00B05731" w:rsidRDefault="00B05731" w:rsidP="00BC7FD2">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ed Finn and Ruth Wylie. “Collaborative Imagination: A Methodological Approach.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Futures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vol. 132, September 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C257C88" w14:textId="77777777" w:rsidR="00B05731" w:rsidRPr="00B05731" w:rsidRDefault="00B05731" w:rsidP="00B05731">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56936E0B" w14:textId="46FAE6EF" w:rsidR="00893FA8" w:rsidRDefault="00893FA8" w:rsidP="00B05731">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ed Finn. “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00893FA8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Imagining Futures Together: On Science Fiction and Resilience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Science Fiction Research Association Review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Vol. 51 (1), Winter 2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="0086090E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Invited essay.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016EFCD1" w14:textId="77777777" w:rsidR="00893FA8" w:rsidRDefault="00893FA8" w:rsidP="00893FA8">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40BA1383" w14:textId="2B64D6DC" w:rsidR="00214557" w:rsidRDefault="00214557" w:rsidP="00893FA8">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Mawasi, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214557">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Nagy, P., Finn, E., &amp; Wylie, R. </w:t>
+      </w:r>
+      <w:r w:rsidR="00055A18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214557">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Using Frankenstein-themed science activities for science ethics education: An exploratory study.</w:t>
+      </w:r>
+      <w:r w:rsidR="00055A18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214557">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214557">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Moral Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214557">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00055A18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00055A18" w:rsidRPr="00214557">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00055A18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00214557">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249A06AC" w14:textId="77777777" w:rsidR="00214557" w:rsidRDefault="00214557" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CE18CE9" w14:textId="3CD52F83" w:rsidR="00477655" w:rsidRPr="00055A18" w:rsidRDefault="00055A18" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ed Finn. “Imagining Better Futures: Harnessing Stories to Contend with Risk.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technology, Ecology, and Risk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055A18">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Assemblages</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no. 1, November </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055A18">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, pp. 9-17.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC0AB74" w14:textId="77777777" w:rsidR="00477655" w:rsidRDefault="00477655" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D0B286" w14:textId="00006F76" w:rsidR="00FA13AE" w:rsidRPr="00FA13AE" w:rsidRDefault="00FA13AE" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peter Nagy, Joey Eschrich, and Ed Finn. “Time Hacking: How Technologies Mediate Time.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Information, Communication and Society</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020, pp. 1-15. DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA13AE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.1080/1369118X.2020.1758743</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31487796" w14:textId="77777777" w:rsidR="00FA13AE" w:rsidRDefault="00FA13AE" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8E40B1" w14:textId="125DBDD6" w:rsidR="00C2099A" w:rsidRDefault="00C2099A" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk213855904"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ed Finn. “The Black Box of the Present: Time in the Age of Algorithms.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Social Research</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5742">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>vol. 86, no. 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0CDC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5742">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pp. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>557-579. (Invited article).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="37DC60AF" w14:textId="1C75FE0E" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B0E6151" w14:textId="369F9FE2" w:rsidR="00CA4247" w:rsidRPr="00CA4247" w:rsidRDefault="00CA4247" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4247">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peter Nagy, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ruth Wylie, and Ed Finn. “Facing the Pariah of Science: The Frankenstein Myth as a Social and Ethical Reference for Scientists.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00663BF0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Science and Engineering Ethics</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019, 1-23.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263DD63E" w14:textId="77777777" w:rsidR="00CA4247" w:rsidRDefault="00CA4247" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A028D0" w14:textId="51B84BB9" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Jonatan Lemos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ed Finn. “Babel VR: Multimodal Virtual Reality Environment for Shelf Browsing and Book Discovery.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00663BF0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>International Conference on Human-Computer Interaction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5742">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pp. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>30-38. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0317">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Poster</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6806">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6FBDA1" w14:textId="02CAB16B" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E12975D" w14:textId="623C6663" w:rsidR="00656342" w:rsidRPr="00656342" w:rsidRDefault="00656342" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peter Nagy, Ruth Wylie, Joey Eschrich, and Ed Finn. “The Enduring Influence of a Dangerous Narrative: How Scientists Can Mitigate the Frankenstein Myth.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00656342">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Journal of Bioethical Inquiry</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5742">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>vol. 15, no. 2, 2018, pp. 279-292.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECE4CA6" w14:textId="77777777" w:rsidR="00656342" w:rsidRDefault="00656342" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EC5D06F" w14:textId="7A3854D9" w:rsidR="003E6FBA" w:rsidRPr="003E6FBA" w:rsidRDefault="003E6FBA" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Pat Pataranutaporn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Todd Ingalls, Ed Finn. “Biological HCI: Towards Integrative Interfaces between People, Computer, and Biological Materials.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6FBA">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Extended Abstracts of the 2018 CHI Conference on Human Factors in Computing Systems</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. April 2018. DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6FBA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.1145/3170427.3188662</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Conference abstract).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3028DB69" w14:textId="77777777" w:rsidR="003E6FBA" w:rsidRDefault="003E6FBA" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A41D87" w14:textId="4230D123" w:rsidR="00656342" w:rsidRPr="00656342" w:rsidRDefault="00656342" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erin Walker, Ruth Wylie, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Andrea Danielescu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>James P. Rodriguez III</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and Ed Finn. “Balancing Student Needs and Learning Theory in a Social Interactive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Postdigital</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Textbo</w:t>
+      </w:r>
+      <w:r w:rsidR="00086345">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>End-User Considerations in Educational Technology Design</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001260F3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>edited by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rod D. Roscoe, Scotty D. Craig, and Ian Douglas, IGI Global, 2018.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Invited chapter). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58391B28" w14:textId="77777777" w:rsidR="00656342" w:rsidRDefault="00656342" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E9ACF66" w14:textId="65D4039B" w:rsidR="00044450" w:rsidRPr="00044450" w:rsidRDefault="00044450" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">“Monster Mythos: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044450">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Frankenstein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as Network Text.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>The Rightful Place of Science: Frankenstein</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, edited by Megan Halpern, Joey Eschrich, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3" w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Jathan Sadowski</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Consortium for Science, Policy &amp; Outcomes, 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, pp. 81-93</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Invited chapter).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A30859E" w14:textId="77777777" w:rsidR="00044450" w:rsidRDefault="00044450" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C51AA79" w14:textId="0931FE36" w:rsidR="00044450" w:rsidRDefault="00044450" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Michael Simeone, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advaith </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Gundavajhala</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Venkata Koundinya</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Anandh Ravi Kumar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, Ed Finn.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Towards a Poetics of Strangeness: Experiments in Classifying Language of Technological Novelty.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Cultural Analytics</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017. DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004826BC">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.22148/16.015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7405BEC4" w14:textId="77777777" w:rsidR="00044450" w:rsidRPr="00A11F74" w:rsidRDefault="00044450" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B746B1A" w14:textId="50DA95E6" w:rsidR="00044450" w:rsidRPr="00A11F74" w:rsidRDefault="00044450" w:rsidP="00044450">
+      <w:pPr>
+        <w:pStyle w:val="Hangquote"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peter Nagy, Ruth Wylie, Joey Eschrich, and Ed Finn. “Why Frankenstein is a Stigma Among Scientists.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A11F74">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Science and Engineering Ethics</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, vol. 24, no. 4, 2018, pp. 1143-1159.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B34B4A" w14:textId="77777777" w:rsidR="00044450" w:rsidRDefault="00044450" w:rsidP="001B0CE4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB8D234" w14:textId="33DF77E8" w:rsidR="001B0CE4" w:rsidRDefault="001B0CE4" w:rsidP="001B0CE4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Megan K. Halpern, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B05731">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Jathan Sadowski</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, Joey Eschrich, Ed Finn, David H. Guston. “Stitching Together Creativity and Responsibility: Interpreting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0CE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Frankenstein</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Across Disciplines.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0CE4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bulletin of Science, Technology and Society</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7CA3">
+        <w:t>Vol. 36, no. 1, 2016</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:t>, pp. 49-57</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A7B531" w14:textId="77777777" w:rsidR="001B0CE4" w:rsidRDefault="001B0CE4" w:rsidP="00331E29">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4338EA6F" w14:textId="4A4ABED4" w:rsidR="008C06A5" w:rsidRPr="008C06A5" w:rsidRDefault="008C06A5" w:rsidP="00204DEA">
+      <w:r>
+        <w:t xml:space="preserve">“Field Notes from the Future of Publishing,” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>electronic book review</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, October 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38101E04" w14:textId="77777777" w:rsidR="008C06A5" w:rsidRDefault="008C06A5" w:rsidP="00204DEA"/>
+    <w:p w14:paraId="0BED7B90" w14:textId="6102723B" w:rsidR="00204DEA" w:rsidRPr="001C3161" w:rsidRDefault="00204DEA" w:rsidP="00204DEA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“Revenge of the Nerd: Junot Díaz and the Networks of American Literary Imagination,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Digital Humanities Quarterly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Vol. 7, no. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7CA3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E8B87A" w14:textId="77777777" w:rsidR="00204DEA" w:rsidRDefault="00204DEA" w:rsidP="00204DEA">
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2307F304" w14:textId="6CB56F18" w:rsidR="00013AA6" w:rsidRPr="001C3161" w:rsidRDefault="00013AA6" w:rsidP="00204DEA">
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“New Literary Cultures: Mapping the Digital Networks of Toni Morrison.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>From Codex to Hypertext: Reading at the Turn of the Twenty-First Century</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>, ed</w:t>
+      </w:r>
+      <w:r w:rsidR="001260F3">
+        <w:t>ited by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> Anouk Lang, University of Massachusetts Press, 2012</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:t>, pp. 177-202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0302A70A" w14:textId="77777777" w:rsidR="00013AA6" w:rsidRPr="001C3161" w:rsidRDefault="00013AA6" w:rsidP="00013AA6">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CEE228" w14:textId="0773E40F" w:rsidR="003A2957" w:rsidRPr="001C3161" w:rsidRDefault="00681433" w:rsidP="00013AA6">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="003E55A3" w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">Becoming Yourself: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41221" w:rsidRPr="001C3161">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003E55A3" w:rsidRPr="001C3161">
+        <w:t>he Afterlife of Reception</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2957" w:rsidRPr="001C3161">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="007475DB" w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007475DB" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>The Legacy of David Foster Wallace: Critical and Creative Assessments</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2957" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A2957" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="001260F3">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidR="005F7286">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ed by</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2957" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lee Konstantinou and Samuel Cohen, University </w:t>
+      </w:r>
+      <w:r w:rsidR="007475DB" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>of Iowa P</w:t>
+      </w:r>
+      <w:r w:rsidR="003A2957" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ress</w:t>
+      </w:r>
+      <w:r w:rsidR="00466AF7" w:rsidRPr="001C3161">
+        <w:t>, 2012</w:t>
+      </w:r>
+      <w:r w:rsidR="00512CE3">
+        <w:t>, pp. 151-176</w:t>
+      </w:r>
+      <w:r w:rsidR="00466AF7" w:rsidRPr="001C3161">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:t xml:space="preserve"> (Invited chapter).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C6E2DC" w14:textId="77777777" w:rsidR="00B11E6E" w:rsidRPr="001C3161" w:rsidRDefault="00B11E6E" w:rsidP="00B11E6E">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46FA09F5" w14:textId="77777777" w:rsidR="00836A49" w:rsidRPr="001C3161" w:rsidRDefault="00B11E6E" w:rsidP="00B11E6E">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">A modified version of the above </w:t>
+      </w:r>
+      <w:r w:rsidR="00836A49" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">has </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidR="00764B31" w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>been published as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC238BB" w14:textId="308E578A" w:rsidR="00927FFE" w:rsidRPr="00502039" w:rsidRDefault="00836A49" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“Becoming Yourself: The Afterlife of Reception.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Pamphlets of the Stanford Literary Lab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> #3. September 15, 2011.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07F6C">
+        <w:t xml:space="preserve"> (Invited).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B285EB3" w14:textId="5FC114BC" w:rsidR="00466CFF" w:rsidRDefault="00466CFF" w:rsidP="00B11E6E">
+      <w:pPr>
+        <w:pStyle w:val="NormalItalic"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D4554B4" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00B11E6E">
+      <w:pPr>
+        <w:pStyle w:val="NormalItalic"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24E48508" w14:textId="77777777" w:rsidR="00FE53F9" w:rsidRDefault="00FE53F9" w:rsidP="00B11E6E">
+      <w:pPr>
+        <w:pStyle w:val="NormalItalic"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="655D3ADA" w14:textId="5B92AC30" w:rsidR="00B87ADF" w:rsidRPr="00502039" w:rsidRDefault="005F7A0E" w:rsidP="00B11E6E">
+      <w:pPr>
+        <w:pStyle w:val="NormalItalic"/>
+        <w:rPr>
+          <w:b/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>Selected General Audience</w:t>
+      </w:r>
+      <w:r w:rsidR="00652CF8" w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B11E6E" w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>Publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B2AAD0" w14:textId="77777777" w:rsidR="00B07F6C" w:rsidRPr="001C3161" w:rsidRDefault="00B07F6C" w:rsidP="00B07F6C">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6421F34B" w14:textId="2EEADC58" w:rsidR="00FE53F9" w:rsidRPr="00FE53F9" w:rsidRDefault="00FE53F9" w:rsidP="00FE53F9">
-[...1238 lines deleted...]
-    <w:p w14:paraId="18B34B4A" w14:textId="77777777" w:rsidR="00044450" w:rsidRDefault="00044450" w:rsidP="001B0CE4">
+    <w:p w14:paraId="7ED1DB6A" w14:textId="77777777" w:rsidR="002C41B1" w:rsidRDefault="002C41B1" w:rsidP="002C2D47">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB8D234" w14:textId="33DF77E8" w:rsidR="001B0CE4" w:rsidRDefault="001B0CE4" w:rsidP="001B0CE4">
+    <w:p w14:paraId="06A2956E" w14:textId="6A20867B" w:rsidR="00683BD0" w:rsidRPr="00683BD0" w:rsidRDefault="00683BD0" w:rsidP="002C2D47">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Megan K. Halpern, </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001B0CE4">
+        <w:t xml:space="preserve">“Envisioning Artificial Intelligence,” Review of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683BD0">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001B0CE4">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>R.U.R. and the Vision of Artificial Life</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683BD0">
+        <w:t>Karel Čapek</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, edited by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683BD0">
+        <w:t>Jitka Čejková</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683BD0">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="56A7B531" w14:textId="77777777" w:rsidR="001B0CE4" w:rsidRDefault="001B0CE4" w:rsidP="00331E29">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Vol. 383, Issue 6679, p. 156, January 11, 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350E6B31" w14:textId="77777777" w:rsidR="00683BD0" w:rsidRDefault="00683BD0" w:rsidP="002C2D47">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4338EA6F" w14:textId="4A4ABED4" w:rsidR="008C06A5" w:rsidRPr="008C06A5" w:rsidRDefault="008C06A5" w:rsidP="00204DEA">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="247B06BB" w14:textId="264B627F" w:rsidR="002C41B1" w:rsidRPr="002C41B1" w:rsidRDefault="002C41B1" w:rsidP="002C2D47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Closing Out the Search Bar.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C41B1">
         <w:rPr>
           <w:i/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:t>, October 5</w:t>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Slate</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, March 1, 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8FBFC0" w14:textId="77777777" w:rsidR="002C41B1" w:rsidRDefault="002C41B1" w:rsidP="002C2D47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1263D719" w14:textId="1EA3657C" w:rsidR="002C2D47" w:rsidRPr="002C2D47" w:rsidRDefault="002C2D47" w:rsidP="002C2D47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> “How We Practice Hope,” Review of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Artificial Life After Frankenstein</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by Eileen Hunt Botting. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C2D47">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Issues in Science and Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683BD0">
+        <w:t xml:space="preserve">Vol. </w:t>
+      </w:r>
+      <w:r w:rsidR="00683BD0" w:rsidRPr="00683BD0">
+        <w:t>38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00683BD0">
+        <w:t>, No. 1, Fall 2021</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0838B912" w14:textId="77777777" w:rsidR="002C2D47" w:rsidRDefault="002C2D47" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36213B45" w14:textId="6BAA8838" w:rsidR="00A928B6" w:rsidRPr="00A928B6" w:rsidRDefault="00A928B6" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Celina Osuna, Ed Finn and Osvaldo E. Sala. “What </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dune</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Should Teach Us about the Beauty of ‘Wastelands,’” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Scientific American</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, October 21, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7082230A" w14:textId="77777777" w:rsidR="00A928B6" w:rsidRDefault="00A928B6" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443F03B9" w14:textId="33EB9A10" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“A Smarter Way to Think About Intelligent Machines.</w:t>
       </w:r>
       <w:r w:rsidR="00512CE3">
-        <w:t>,</w:t>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> New York Times, November 15, 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C7719E" w14:textId="77777777" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C1320A" w14:textId="13F04A24" w:rsidR="003C03E4" w:rsidRDefault="003C03E4" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Phoenix Will No Longer be Phoenix if Waymo’s Driverless-Car Experiment Succeeds.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C03E4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>MIT Tech</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>nology</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C03E4">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Review</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, June 26, 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0459001A" w14:textId="6565A1B0" w:rsidR="00710363" w:rsidRDefault="00710363" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F8B847" w14:textId="7AA8CC16" w:rsidR="00710363" w:rsidRPr="00710363" w:rsidRDefault="00710363" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ed Finn and David Guston, “’Frankenstein’ Has Become a True Monster.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710363">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Wall Street Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, December 29, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D35280" w14:textId="77777777" w:rsidR="003C03E4" w:rsidRDefault="003C03E4" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CC5455C" w14:textId="2EF262B3" w:rsidR="00044450" w:rsidRDefault="00044450" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Art by Algorithm.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Aeon</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0067573A">
+        <w:t xml:space="preserve">September 27, 2017. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F6D814" w14:textId="77777777" w:rsidR="0067573A" w:rsidRPr="00044450" w:rsidRDefault="0067573A" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314678EA" w14:textId="2DBB7D5E" w:rsidR="00146F73" w:rsidRPr="008E7CA3" w:rsidRDefault="008E7CA3" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E7CA3">
+        <w:t>Facebook Trending story: The Wizard of Oz algorithm</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>CNN</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, May 14, 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25295DD7" w14:textId="77777777" w:rsidR="00146F73" w:rsidRDefault="00146F73" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41C10F8C" w14:textId="5C63BBF7" w:rsidR="00146F73" w:rsidRPr="008E7CA3" w:rsidRDefault="008E7CA3" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Algorithms Aren’t Like Spock.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Slate</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, February 26, 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F4CBF3" w14:textId="77777777" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F40CCCC" w14:textId="77777777" w:rsidR="00B07F6C" w:rsidRPr="000659D4" w:rsidRDefault="00B07F6C" w:rsidP="00B07F6C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“We Can Build the Future.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Computer</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, IEEE Computer Society, November 2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AD21C2" w14:textId="77777777" w:rsidR="00B07F6C" w:rsidRDefault="00B07F6C" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="455103CB" w14:textId="43FD6555" w:rsidR="00B07F6C" w:rsidRPr="00331E29" w:rsidRDefault="00331E29" w:rsidP="00DD2355">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“The Internet of Slow Things.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Slate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, September 21, 2015. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236AC8AF" w14:textId="77777777" w:rsidR="00331E29" w:rsidRDefault="00331E29" w:rsidP="000659D4">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="400F96D4" w14:textId="20F54EBA" w:rsidR="005F7A0E" w:rsidRDefault="007437E7" w:rsidP="008B1258">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“The Inspiration Drought: Why Our Science Fiction Needs New Dream</w:t>
+      </w:r>
+      <w:r w:rsidR="000659D4">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Slate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, September 16, 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E85D87D" w14:textId="77777777" w:rsidR="00DD2355" w:rsidRDefault="00DD2355" w:rsidP="008B1258">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A73DD5" w14:textId="2EE60A8B" w:rsidR="00DD2355" w:rsidRPr="00DD2355" w:rsidRDefault="00DD2355" w:rsidP="008B1258">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“What if Computers Know You Better than You Know Yourself?” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Slate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, March 4, 2014. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311A131D" w14:textId="77777777" w:rsidR="005F7A0E" w:rsidRDefault="005F7A0E" w:rsidP="008B1258">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C60CA2" w14:textId="4A2F3416" w:rsidR="008B1258" w:rsidRDefault="008B1258" w:rsidP="008B1258">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A814D7">
+        <w:t>Thought Experiments: Dreaming Up a Center for Science and the Imagination</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A814D7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asimov’s Science Fiction. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">October-November 2013. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756A1C23" w14:textId="77777777" w:rsidR="006803B2" w:rsidRDefault="006803B2" w:rsidP="006803B2">
+      <w:pPr>
+        <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C3161">
-[...56 lines deleted...]
-    <w:p w14:paraId="0302A70A" w14:textId="77777777" w:rsidR="00013AA6" w:rsidRPr="001C3161" w:rsidRDefault="00013AA6" w:rsidP="00013AA6">
+    </w:p>
+    <w:p w14:paraId="26AC1F2E" w14:textId="77777777" w:rsidR="00187C78" w:rsidRDefault="00187C78" w:rsidP="006803B2">
       <w:pPr>
         <w:ind w:right="-180"/>
-      </w:pPr>
-[...151 lines deleted...]
-        <w:pStyle w:val="NormalItalic"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D4554B4" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00B11E6E">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalItalic"/>
+    <w:p w14:paraId="631EDFFB" w14:textId="7427DB34" w:rsidR="004A428D" w:rsidRPr="00502039" w:rsidRDefault="006016A6" w:rsidP="004A428D">
+      <w:pPr>
+        <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="NormalItalic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="NormalItalic"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00E25A06" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00502039">
+        </w:rPr>
+        <w:t>Keynotes</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42885" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00652CF8" w:rsidRPr="00502039">
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00F4D" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B11E6E" w:rsidRPr="00502039">
+        </w:rPr>
+        <w:t xml:space="preserve">Invited Lectures and </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42885" w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i w:val="0"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="49B2AAD0" w14:textId="77777777" w:rsidR="00B07F6C" w:rsidRPr="001C3161" w:rsidRDefault="00B07F6C" w:rsidP="00B07F6C">
+        </w:rPr>
+        <w:t xml:space="preserve">Refereed </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00F4D" w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Talks</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32839C7E" w14:textId="77777777" w:rsidR="004A428D" w:rsidRPr="001C3161" w:rsidRDefault="004A428D" w:rsidP="004A428D">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FAD6FE5" w14:textId="03208A3C" w:rsidR="002C2D47" w:rsidRDefault="002C2D47" w:rsidP="00B07F6C">
-[...494 lines deleted...]
-    <w:p w14:paraId="32839C7E" w14:textId="77777777" w:rsidR="004A428D" w:rsidRPr="001C3161" w:rsidRDefault="004A428D" w:rsidP="004A428D">
+    <w:p w14:paraId="38AA5A85" w14:textId="77777777" w:rsidR="00710363" w:rsidRPr="001C3161" w:rsidRDefault="00710363" w:rsidP="00710363">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38AA5A85" w14:textId="77777777" w:rsidR="00710363" w:rsidRPr="001C3161" w:rsidRDefault="00710363" w:rsidP="00710363">
+    <w:p w14:paraId="6D914F79" w14:textId="0CD02A64" w:rsidR="004603B0" w:rsidRDefault="004603B0" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Democratizing Futures,” Laura Cechanowicz, Ed Finn, Lauren Keeler, Punya Mishra, and Ruth Wylie. Anticipations Conference, ASU (November 2022).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F706DC" w14:textId="77777777" w:rsidR="004603B0" w:rsidRDefault="004603B0" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="368678DB" w14:textId="77777777" w:rsidR="00A11B52" w:rsidRPr="00A11B52" w:rsidRDefault="00A11B52" w:rsidP="00A11B52">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A11B52">
+        <w:t>“Imagining the Future of Space,” Lowell 42 Keynote Series, Lowell Observatory, Flagstaff AZ (April 2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2E11E2" w14:textId="77777777" w:rsidR="00A11B52" w:rsidRDefault="00A11B52" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01154736" w14:textId="5071148C" w:rsidR="003F5BC4" w:rsidRDefault="003F5BC4" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Extended Imagination: AI and Collaborative Aesthetics.” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>TechArt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Conference, Chung-Ang University (May 2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42442128" w14:textId="77777777" w:rsidR="003F5BC4" w:rsidRDefault="003F5BC4" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B8479ED" w14:textId="04384A6A" w:rsidR="0024289A" w:rsidRDefault="0024289A" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“What Algorithms Want.” AI For Humanity Conference, IULM AI Lab, Milan, Italy (February 2021).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5E685B" w14:textId="77777777" w:rsidR="0024289A" w:rsidRDefault="0024289A" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73F9ED8F" w14:textId="54C24859" w:rsidR="00D52AAE" w:rsidRDefault="00D52AAE" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“How to Imagine AI: Cultural Frames for Thinking with Machines” AI/IA: Promises and Perils of Augmented/Artificial Intelligence, Society for Literature, Science and the Arts (October 2020) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F60468" w14:textId="77777777" w:rsidR="00D52AAE" w:rsidRDefault="00D52AAE" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="627734CC" w14:textId="73A69D86" w:rsidR="003E6FBA" w:rsidRDefault="003E6FBA" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>“Science and Imagination: A Blueprint for Better Future.” NISE Network Earth &amp; Space Partner Meeting 2019. Tempe, AZ (February 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587D5A65" w14:textId="77777777" w:rsidR="003E6FBA" w:rsidRDefault="003E6FBA" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56FE6759" w14:textId="4C1B8DB2" w:rsidR="000A19F0" w:rsidRDefault="000A19F0" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“The Algorithmic Imagination.” Digital Studies Speaker Series, University of Kentucky (November 2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1286CD" w14:textId="77777777" w:rsidR="000A19F0" w:rsidRDefault="000A19F0" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BDE652B" w14:textId="60007197" w:rsidR="003C03E4" w:rsidRDefault="003C03E4" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Art in the Age of Algorithms.” Seminars presented at the Sass-Fee Summer Institute of Art, Otis College of Art and Design, Los Angeles, CA (May 2018) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4050F0" w14:textId="77777777" w:rsidR="003C03E4" w:rsidRDefault="003C03E4" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC61266" w14:textId="77777777" w:rsidR="00DE3C4B" w:rsidRDefault="00DE3C4B" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Unstoppable Frankenstein: Science, Imagination, and the Next 200 Years.” University of Indianapolis Communiversity Lecture, Indianapolis, IN (September 2017)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780F059A" w14:textId="77777777" w:rsidR="00DE3C4B" w:rsidRDefault="00DE3C4B" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F073F4" w14:textId="363706DC" w:rsidR="0067573A" w:rsidRDefault="0067573A" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“What Algorithms Want.” Summit on Women and Information Technology, National Center for Women and Information Technology, Tucson, AZ (May 2017) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B13FD43" w14:textId="77777777" w:rsidR="0067573A" w:rsidRDefault="0067573A" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="369099A2" w14:textId="653EF398" w:rsidR="008E7CA3" w:rsidRDefault="008E7CA3" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Illusions of Progress: Visualization and the Politics of Stylized Time.” Modern Language Association, Philadelphia (January 2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C64D5B" w14:textId="00E099EF" w:rsidR="003D4CEB" w:rsidRDefault="003D4CEB" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="437E0F8F" w14:textId="11755DF0" w:rsidR="003D4CEB" w:rsidRPr="008E7CA3" w:rsidRDefault="003D4CEB" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>“Making the Future – Foresight Thinking to Motivate and Innovate.” Plenary Panel at Alliance for the Arts in Research Universities, University of Colorado, Denver (November 2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6462ACC6" w14:textId="77777777" w:rsidR="008E7CA3" w:rsidRDefault="008E7CA3" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DEB010B" w14:textId="7B0C52CF" w:rsidR="008E7CA3" w:rsidRDefault="00203B16" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Frankenstein Digital Museum.” Frankenstein’s Shadow: A Bicentennial Assessment of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203B16">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Frankenstein</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Narrative’s Influence, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Fondation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E7CA3">
+        <w:t>Brocher</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Geneva (June 2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B93E933" w14:textId="69C706F2" w:rsidR="008E7CA3" w:rsidRDefault="008E7CA3" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13626F92" w14:textId="5A8B2C18" w:rsidR="00C00F4D" w:rsidRDefault="00C00F4D" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>MegaCity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: Stories and Visions for a Better Future.” </w:t>
+      </w:r>
+      <w:r w:rsidR="001D682A">
+        <w:t>Keynote at Mad Scientist, U.S. Army Training and Doctrine Command, Arizona State University (April 2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4155542A" w14:textId="77777777" w:rsidR="00C00F4D" w:rsidRDefault="00C00F4D" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A916BE9" w14:textId="6AF45E18" w:rsidR="00226CDD" w:rsidRDefault="00226CDD" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Engineering Imagination,” College of Engineering Distinguished Lecture Series, California State University at Long Beach (March 2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E5C653" w14:textId="77777777" w:rsidR="00226CDD" w:rsidRDefault="00226CDD" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B257772" w14:textId="1BD58D10" w:rsidR="00226CDD" w:rsidRDefault="00226CDD" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00226CDD">
+        <w:t>The Black Box of the Present: Computational Time in the Age of the Algorithm</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,” The Contemporary at Princeton University (March 2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57640CE1" w14:textId="77777777" w:rsidR="00226CDD" w:rsidRDefault="00226CDD" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE56E2F" w14:textId="4A858FFA" w:rsidR="00331E29" w:rsidRDefault="00331E29" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“How to Build a Dream Machine,” </w:t>
+      </w:r>
+      <w:r w:rsidR="001D682A">
+        <w:t xml:space="preserve">Keynote at </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Chabot Science Center (May 2015)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F13D98" w14:textId="284EC934" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57299E4B" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Moving the Goal Posts,” Panel on Alternative Careers, University of California, Los Angeles (May 2014) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2927FE" w14:textId="77777777" w:rsidR="00331E29" w:rsidRDefault="00331E29" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3820BFBD" w14:textId="58B74914" w:rsidR="00724026" w:rsidRDefault="00724026" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“Networking the Monster: The Frankenstein Myth as Cultural Linking Structure,” Cinema and Interdisciplinary Interpretation, University Seminars, Columbia Un</w:t>
+      </w:r>
+      <w:r w:rsidR="00331E29">
+        <w:t>iversity, New York (April 2014)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B687F2A" w14:textId="77777777" w:rsidR="00724026" w:rsidRDefault="00724026" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EC2701" w14:textId="003B755B" w:rsidR="00FA24D7" w:rsidRDefault="00FA24D7" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">“Thinking Big: A Conversation with Neal Stephenson,” </w:t>
+      </w:r>
+      <w:r w:rsidR="00331E29">
+        <w:t>Keynote</w:t>
+      </w:r>
+      <w:r w:rsidR="001D682A">
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidR="00331E29">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Association of Science-Technology Cent</w:t>
+      </w:r>
+      <w:r w:rsidR="00331E29">
+        <w:t>ers, Albuquerque (October 2013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027E8F0D" w14:textId="296D13BA" w:rsidR="00466CFF" w:rsidRDefault="00466CFF" w:rsidP="00137606">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1047D598" w14:textId="177FB5AA" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B217E3">
+        <w:t>The Science Fiction of Science: Collaborative Lexicons and Project Hieroglyph</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">,” Digital Humanities (June 2013) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED9E789" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="789438E6" w14:textId="63B37B21" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817586">
+        <w:t>Getting There: Designing Better Dreams for Better Futures</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">,” Keynote, International Conference on Automated People Movers and Transit Systems, Phoenix (April 2013) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6957D05B" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E11630" w14:textId="6733F0CD" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“Mobile Futures,” </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Opening Keynote, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">Knight Foundation Mobile News Challenge, Cronkite School of Journalism (January 2013) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1D1531" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CC2C5E7" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>“Future of the Nano-City,” Science Café, Arizona Science Center (September 2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372F053C" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696E1FDF" w14:textId="118525B4" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“American Networks, American Nerds.” Lecture, Digital Scholarship Commons, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C9A5D3" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>Emory University (November 2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642A83F6" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E157146" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“Literary Networks: A Field Guide.” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>ACLx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve"> (American Comparative Literature Experimental) Conference, Pennsylvania State University (September 2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A90AA51" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE2C987" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>“Reading, Writing and Reputation: Literary Networks in Contemporary American Fiction.” for “Networks, Literature, Culture” panel, Digital Humanities, Stanford University (June 2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447C985C" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AEDE393" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t xml:space="preserve">“The Social Lives of Books: Mapping the Ideational Networks of Toni Morrison.” Digital Humanities, King’s College, London (June 2010) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFB156B" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:right="-180" w:hanging="180"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A718249" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:right="-180" w:hanging="180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Cultural Capital in the Digital Era: Mapping the Ideational Networks of Toni Morrison.” American Comparative Literature Association, New Orleans (April 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA0113F" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:right="-180" w:hanging="180"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AC278D9" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00502039">
+      <w:pPr>
+        <w:ind w:left="180" w:right="-180" w:hanging="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001C3161">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3161">
+        <w:t>Cultural Capital in the Digital Era: Mapping the Success of Thomas Pynchon.” Digital Humanities, University of Maryland (June 2009)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A30A4E" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:left="360" w:right="-180" w:hanging="180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E074F5" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="004C0BDB">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3357C2E2" w14:textId="70870B79" w:rsidR="00F42885" w:rsidRPr="00F43806" w:rsidRDefault="00F42885" w:rsidP="00F43806">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Research Awards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428F2C42" w14:textId="77777777" w:rsidR="006016A6" w:rsidRDefault="006016A6" w:rsidP="006016A6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk213855943"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Science Foundation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD675C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Planning: CRISES: Center for Socio-Technological Transformation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024-25. $100,000. Co-Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383D9EDA" w14:textId="4D5773FC" w:rsidR="00A7095A" w:rsidRPr="00A7095A" w:rsidRDefault="00A7095A" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk189812662"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ClimateWorks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A7095A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Building on the Climate Action Almanac.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="006016A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. $100,000. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="10175933" w14:textId="7D8D7E92" w:rsidR="004603B0" w:rsidRDefault="004603B0" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EarthShare. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educating Arizona: Solar Choices, Opportunities, and Visions for the Future. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2023. $48,325. Co-Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E2F028" w14:textId="5050FA1E" w:rsidR="004603B0" w:rsidRPr="004603B0" w:rsidRDefault="004603B0" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sphinx Organization. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sound Systems.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022-23. $12,999. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBDAECA" w14:textId="465CD117" w:rsidR="00796E3F" w:rsidRDefault="00796E3F" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sloan Foundation. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Applied Sci-Fi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00647561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="004603B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-23</w:t>
+      </w:r>
+      <w:r w:rsidR="00647561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. $50,000. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B1DEED" w14:textId="77777777" w:rsidR="00F43806" w:rsidRPr="005B2E39" w:rsidRDefault="00F43806" w:rsidP="00F43806">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ClimateWorks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>COP26 Climate Imagination Project</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 2021-23. $98,393. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201F9618" w14:textId="622AC6C0" w:rsidR="00647561" w:rsidRDefault="00647561" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World Bank. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00647561">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Evoke Fall 2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021-22. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r w:rsidR="004603B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5,1</w:t>
+      </w:r>
+      <w:r w:rsidR="004603B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Co-Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA51441" w14:textId="5B546856" w:rsidR="004603B0" w:rsidRPr="004603B0" w:rsidRDefault="004603B0" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Women and Philanthropy. Veterans Imagination Project: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004603B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Speculative </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fiction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004603B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and Futures Thinking for Transitioning to the Civilian Workplace.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021-22. $49,789. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B507261" w14:textId="20F6AE38" w:rsidR="00F43806" w:rsidRPr="00F43806" w:rsidRDefault="00F43806" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">National Endowment for the Humanities. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Artificial Intelligence in Digital Culture: Undergraduate Certificate Program in Intelligent Media and Society</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 2021-24. $100,000. Co-Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045AB770" w14:textId="7DA558E6" w:rsidR="005B2E39" w:rsidRPr="00796E3F" w:rsidRDefault="005B2E39" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N Square. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B2E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nuclear Futures Anthology Project</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 2021-22. $64,245. Co-Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDB1599" w14:textId="7D216C1A" w:rsidR="00082A1E" w:rsidRDefault="00082A1E" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N Square, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B72D6" w:rsidRPr="009B72D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Foresight and </w:t>
+      </w:r>
+      <w:r w:rsidR="005B2E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="009B72D6" w:rsidRPr="009B72D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>utures Learning Experiences</w:t>
+      </w:r>
+      <w:r w:rsidR="009B72D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2020-2021. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$27,750. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E800F10" w14:textId="370767C3" w:rsidR="00082A1E" w:rsidRDefault="00082A1E" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spencer Foundation, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Developing Theories and Practices for Applied Imagination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 2020-</w:t>
+      </w:r>
+      <w:r w:rsidR="009B72D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21. $46,910. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3920B4" w14:textId="04EEF6D5" w:rsidR="000A19F0" w:rsidRDefault="00C6597B" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Endowment for the Humanities, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Technological Anxiety and Hope: Artificial Intelligence in Digital Culture.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019-2020. $34,999. Co-Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B0120D" w14:textId="41839497" w:rsidR="00C6597B" w:rsidRPr="00C6597B" w:rsidRDefault="003C03E4" w:rsidP="0067573A">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk213856009"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hewlett Foundation and Google, Inc., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Imaginarium AI: Using Science Fict</w:t>
+      </w:r>
+      <w:r w:rsidR="00710363" w:rsidRPr="00502039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on to Explore the Real-World Challenges and Opportunities of AI.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 – 2019. $150,000. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7EA11E" w14:textId="389DC829" w:rsidR="00C6597B" w:rsidRDefault="0067573A" w:rsidP="00C6597B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0073521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sloan Foundation, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Living Frankenstein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073521A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2017 – 2019. $248,648. Principal Investigator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DC24C1" w14:textId="4615DAFB" w:rsidR="00F42885" w:rsidRPr="00C6597B" w:rsidRDefault="00F42885" w:rsidP="00C6597B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C6597B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Science Foundation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6597B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Increasing Learning and Efficacy about Emerging Technologies through Transmedia Engagement by the Public in Science-in-Society Activities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6597B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 – 2019. $2,999,999. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="407AD2FC" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="00C6597B" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42FCE357" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="00C6597B" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C6597B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Aeronautics and Space Administration. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6597B">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Narrative Projections for Commercial Space Futures.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6597B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015-2016. $140,000. Principal Investigator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AAA599E" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="00C6597B" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743CFA81" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Science Foundation. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>EAGER: Towards Knowledge Curation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2014 – 2016. $299,034. Co-Principal Investigator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62632DA8" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DB7D8C" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="00927FFE" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Aeronautics and Space Administration. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Workshop on Understanding Literature and Art Cultures for Transformative Research</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. 2014-2016. $49,548. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6C0C79" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482742AB" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of Defense - National Geospatial Intelligence Agency. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>The Foresight Initiative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00927FFE">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014-2015. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">$3,993,560. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Co-Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25356341" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2D72E2" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">World Bank. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447BB0">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Evoke Creative Framework and Network Development</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 2014. $25,000. Principal Investigator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469CF968" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F18D231" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="004A428D" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>National Science Foundation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A428D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Informal Learning a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A428D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd Scholarship </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A428D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">n Science </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A428D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd Society: A Multi-Disciplinary Workshop </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A428D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">n Scientific Creativity </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A428D">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>nd Societal Responsibility.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2014 - 2015. $49,997. Principal Investigator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4644593F" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351C0864" w14:textId="765BC76F" w:rsidR="00F42885" w:rsidRPr="00F42885" w:rsidRDefault="00F42885" w:rsidP="004C0BDB">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00927FFE">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Intel Corporation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Sprint Beyond the Book</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. 2013-2014. $102,500. Principal Investigator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A77A22D" w14:textId="37CF4027" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="004C0BDB">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DCEBF1" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="004C0BDB">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E7AC73D" w14:textId="0B444829" w:rsidR="00F42885" w:rsidRPr="00502039" w:rsidRDefault="00710363" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D40B7C" w14:textId="77777777" w:rsidR="009C2194" w:rsidRPr="001C3161" w:rsidRDefault="009C2194" w:rsidP="009C2194">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01154736" w14:textId="4816FF8F" w:rsidR="003F5BC4" w:rsidRDefault="003F5BC4" w:rsidP="00502039">
-[...89 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="522BACBC" w14:textId="10ED556F" w:rsidR="00A30A93" w:rsidRDefault="00A30A93" w:rsidP="00710363">
+      <w:r>
+        <w:t>HSD 552: Worldbuilding and Imagination, Spring 2023, 2024 (G)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527EB790" w14:textId="6E266633" w:rsidR="0066439D" w:rsidRDefault="0066439D" w:rsidP="00710363">
+      <w:r>
+        <w:t>AME 494/598: Reading the Algorithm, Fall 2022 (UG/G)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E98263B" w14:textId="2F906BA7" w:rsidR="0066439D" w:rsidRDefault="0066439D" w:rsidP="00710363">
+      <w:r>
+        <w:t>AME 494/598: Designing for Dreamscape, Fall 2021 (UG/G)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29600037" w14:textId="3818EEDD" w:rsidR="004603B0" w:rsidRDefault="0066439D" w:rsidP="00710363">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>AME/FIS/HSD 494/598: How to Make the Future, Spring 2021 and Spring 2022 (UG/G)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFDEA8B" w14:textId="7C998A6A" w:rsidR="005F711A" w:rsidRDefault="005F711A" w:rsidP="00710363">
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32E4D">
+        <w:t>NG</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 294: Literature, Science, and Imagination, Spring 2020 (UG)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E6002E" w14:textId="7E6878EC" w:rsidR="00710363" w:rsidRDefault="005F711A" w:rsidP="00710363">
+      <w:r>
+        <w:t xml:space="preserve">AME 494/598: </w:t>
+      </w:r>
+      <w:r w:rsidR="00710363">
+        <w:t>Approaches to Light, Spring 2019 (UG/G)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E28C13" w14:textId="3C5882B8" w:rsidR="00710363" w:rsidRDefault="005F711A" w:rsidP="00710363">
+      <w:r>
+        <w:t xml:space="preserve">AME 494/598 | ENG 494: </w:t>
+      </w:r>
+      <w:r w:rsidR="00710363">
+        <w:t>Science Fiction Studio, Spring 2016 (UG/G)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D58F8A1" w14:textId="1CD42814" w:rsidR="009C2194" w:rsidRPr="001C3161" w:rsidRDefault="005F711A" w:rsidP="009C2194">
+      <w:r>
+        <w:t xml:space="preserve">ENG 469: After </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2194">
+        <w:t>the Book, Fall 2014 (UG)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCDBC53" w14:textId="6963DEC9" w:rsidR="00710363" w:rsidRDefault="005F711A" w:rsidP="00710363">
+      <w:r>
+        <w:t xml:space="preserve">AME 310: </w:t>
+      </w:r>
+      <w:r w:rsidR="00710363">
+        <w:t>Media Literacies and Composition, Fall 20</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2194">
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00710363">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...179 lines deleted...]
-      <w:r w:rsidR="00331E29">
+      <w:r w:rsidR="00137606">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00710363">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="027E8F0D" w14:textId="296D13BA" w:rsidR="00466CFF" w:rsidRDefault="00466CFF" w:rsidP="00137606">
+      <w:r w:rsidR="0066439D">
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidR="00710363">
+        <w:t xml:space="preserve"> (UG)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F039B0" w14:textId="77A2AA7A" w:rsidR="009C2194" w:rsidRDefault="005F711A" w:rsidP="009C2194">
+      <w:r>
+        <w:t xml:space="preserve">AME 130: </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2194">
+        <w:t xml:space="preserve">Prototyping Dreams, Fall 2012 </w:t>
+      </w:r>
+      <w:r w:rsidR="00137606">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2194">
+        <w:t xml:space="preserve"> present (UG)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34463003" w14:textId="4A5432E0" w:rsidR="00710363" w:rsidRDefault="00710363" w:rsidP="00F42885">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1047D598" w14:textId="177FB5AA" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="00502039">
-[...177 lines deleted...]
-    <w:p w14:paraId="21E074F5" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="004C0BDB">
+    <w:p w14:paraId="1B30894E" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00F42885">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3357C2E2" w14:textId="70870B79" w:rsidR="00F42885" w:rsidRPr="00F43806" w:rsidRDefault="00F42885" w:rsidP="00F43806">
+    <w:p w14:paraId="372CA9A8" w14:textId="182C948E" w:rsidR="00710363" w:rsidRPr="00502039" w:rsidRDefault="009C2194" w:rsidP="00F42885">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Research Awards</w:t>
-[...869 lines deleted...]
-    <w:p w14:paraId="16D40B7C" w14:textId="77777777" w:rsidR="009C2194" w:rsidRPr="001C3161" w:rsidRDefault="009C2194" w:rsidP="009C2194">
+        <w:t>Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC65F6B" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRPr="001C3161" w:rsidRDefault="009D70D9" w:rsidP="009D70D9">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFDEA8B" w14:textId="73A079B7" w:rsidR="005F711A" w:rsidRDefault="005F711A" w:rsidP="00710363">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">ENG 469: After </w:t>
+    <w:p w14:paraId="7136CAFE" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRPr="009D70D9" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D70D9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>University Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132FBE3C" w14:textId="6AD3F8AF" w:rsidR="009C2194" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Beyond director and co-director roles in CSI, Future Tense, Emerge, and Climate Futures, service roles have included search committees, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB34CB">
+        <w:t xml:space="preserve">faculty success committees, promotion and tenure review work, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ad-hoc departmental committees and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502039">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leonardo </w:t>
+      </w:r>
+      <w:r w:rsidR="001260F3">
+        <w:t xml:space="preserve">journal </w:t>
+      </w:r>
+      <w:r>
+        <w:t>publications committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649DA95D" w14:textId="77777777" w:rsidR="009C2194" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69508E26" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D70D9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Site Visits and Organizational Reviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5B3E98" w14:textId="39E5AA52" w:rsidR="009C2194" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Science Foundation Ireland, Social Science Research Council</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE140F">
+        <w:t>, California Polytechnic State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5484CDEE" w14:textId="77777777" w:rsidR="009C2194" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3365A921" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D70D9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Manuscript Review</w:t>
+      </w:r>
+      <w:r w:rsidR="009D70D9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625A3348" w14:textId="42ED4317" w:rsidR="009C2194" w:rsidRDefault="006E4CDD" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>AI and Society</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE140F">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Information and Culture</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE140F">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C2194">
-        <w:t>the Book, Fall 2014 (UG)</w:t>
-[...7 lines deleted...]
-        <w:t>Media Literacies and Composition, Fall 20</w:t>
+        <w:t xml:space="preserve">Big Data and Society; </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE140F">
+        <w:t xml:space="preserve">Technological Forecasting and Social Change; </w:t>
       </w:r>
       <w:r w:rsidR="009C2194">
-        <w:t>13</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">AME 130: </w:t>
+        <w:t>Journal of Cinema and Media Studies; MIT Press</w:t>
+      </w:r>
+      <w:r w:rsidR="001260F3">
+        <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="009C2194">
-        <w:t xml:space="preserve">Prototyping Dreams, Fall 2012 </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="34463003" w14:textId="4A5432E0" w:rsidR="00710363" w:rsidRDefault="00710363" w:rsidP="00F42885">
+        <w:t xml:space="preserve"> University of Chicago Press; Routledge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742ACA09" w14:textId="52F5FB03" w:rsidR="009C2194" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593CCAD6" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRPr="009D70D9" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D70D9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Funding Proposal Reviews</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AB8884" w14:textId="762293E4" w:rsidR="009C2194" w:rsidRDefault="009C2194" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+      <w:r>
+        <w:t>National Endowment for the Humanities; European Research Council</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279081FF" w14:textId="6DD7EA54" w:rsidR="000D1130" w:rsidRDefault="000D1130" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F45786D" w14:textId="3C5BDE09" w:rsidR="000D1130" w:rsidRPr="000D1130" w:rsidRDefault="000D1130" w:rsidP="00F42885">
+      <w:pPr>
+        <w:ind w:right="-180"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1130">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Advisory Boards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B2BBDB" w14:textId="2CDD1A4D" w:rsidR="000D1130" w:rsidRDefault="000D1130" w:rsidP="000D1130">
+      <w:pPr>
+        <w:pStyle w:val="NormalHanging013"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Member, N Square Forum </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">2021 - </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7D90">
+        <w:t>2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A5C1B95" w14:textId="6A9C0323" w:rsidR="000D1130" w:rsidRDefault="000D1130" w:rsidP="000D1130">
+      <w:pPr>
+        <w:pStyle w:val="NormalHanging013"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Board Member, Arizona School for the Arts</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">2020 - </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4CDD">
+        <w:t>2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9AEAFD" w14:textId="55B3129B" w:rsidR="000D1130" w:rsidRDefault="000D1130" w:rsidP="000D1130">
+      <w:pPr>
+        <w:pStyle w:val="NormalHanging013"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advisory Board Member, Sparks &amp; Honey</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">2019 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00A30A93">
+        <w:t>2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7435A6CD" w14:textId="210082D4" w:rsidR="000D1130" w:rsidRDefault="000D1130" w:rsidP="000D1130">
+      <w:pPr>
+        <w:pStyle w:val="NormalHanging013"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Advisory Board Member, Humanities Lab, ASU</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">2019 - </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4CDD">
+        <w:t>2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76708B70" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00F42885">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B30894E" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00F42885">
+    <w:p w14:paraId="456C32FD" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="00502039" w:rsidRDefault="00F42885" w:rsidP="00F42885">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:smallCaps/>
-[...5 lines deleted...]
-        <w:ind w:right="-180"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502039">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="3EC65F6B" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRPr="001C3161" w:rsidRDefault="009D70D9" w:rsidP="009D70D9">
+        <w:t>Languages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ECE31C" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00F42885">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:ind w:left="-187" w:right="-187"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7136CAFE" w14:textId="77777777" w:rsidR="009D70D9" w:rsidRPr="009D70D9" w:rsidRDefault="009C2194" w:rsidP="00F42885">
-[...256 lines deleted...]
-    <w:p w14:paraId="76708B70" w14:textId="77777777" w:rsidR="00502039" w:rsidRDefault="00502039" w:rsidP="00F42885">
+    <w:p w14:paraId="34D18E40" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:r w:rsidRPr="001C3161">
+        <w:t>French (reading and spoken)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664B085C" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:r w:rsidRPr="001C3161">
+        <w:t>Latin (reading)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="678CACD4" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="001C3161" w:rsidRDefault="00F42885" w:rsidP="00F42885">
+      <w:r w:rsidRPr="001C3161">
+        <w:t>Spanish (reading)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB130BA" w14:textId="77777777" w:rsidR="00F42885" w:rsidRDefault="00F42885" w:rsidP="004C0BDB">
       <w:pPr>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="456C32FD" w14:textId="77777777" w:rsidR="00F42885" w:rsidRPr="00502039" w:rsidRDefault="00F42885" w:rsidP="00F42885">
-[...53 lines deleted...]
-    <w:sectPr w:rsidR="00F42885" w:rsidSect="003E55A3">
+    <w:sectPr w:rsidR="00F42885" w:rsidSect="00535D8F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2702998A" w14:textId="77777777" w:rsidR="00FF6FBC" w:rsidRDefault="00FF6FBC">
+    <w:p w14:paraId="65CCC492" w14:textId="77777777" w:rsidR="00A11839" w:rsidRDefault="00A11839">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21F975B0" w14:textId="77777777" w:rsidR="00FF6FBC" w:rsidRDefault="00FF6FBC">
+    <w:p w14:paraId="7A5140D0" w14:textId="77777777" w:rsidR="00A11839" w:rsidRDefault="00A11839">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D2C38B1" w14:textId="77777777" w:rsidR="00FF6FBC" w:rsidRDefault="00FF6FBC">
+    <w:p w14:paraId="7A3C75DF" w14:textId="77777777" w:rsidR="00A11839" w:rsidRDefault="00A11839">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54349FD2" w14:textId="77777777" w:rsidR="00FF6FBC" w:rsidRDefault="00FF6FBC">
+    <w:p w14:paraId="463C8543" w14:textId="77777777" w:rsidR="00A11839" w:rsidRDefault="00A11839">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C57DDFB" w14:textId="77777777" w:rsidR="00204DEA" w:rsidRDefault="00204DEA" w:rsidP="00415858">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="41EBA6B2" w14:textId="77777777" w:rsidR="00204DEA" w:rsidRDefault="00204DEA" w:rsidP="00A57B35">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E34F08A" w14:textId="6AF1A108" w:rsidR="00204DEA" w:rsidRDefault="00204DEA" w:rsidP="00415858">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Finn CV / </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
@@ -5840,51 +7537,51 @@
     <w:r w:rsidR="00BC7FD2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FFCC72E" w14:textId="77777777" w:rsidR="00204DEA" w:rsidRDefault="00204DEA" w:rsidP="00A57B35">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="360"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B22A933A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7664,628 +9361,677 @@
   <w:num w:numId="9" w16cid:durableId="2030911163">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1598831634">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="197133994">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="631902874">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="304623105">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2008825997">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="140509580">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A02439"/>
     <w:rsid w:val="00000ED2"/>
     <w:rsid w:val="00002C78"/>
     <w:rsid w:val="00013AA6"/>
     <w:rsid w:val="00017152"/>
     <w:rsid w:val="00033CB3"/>
     <w:rsid w:val="00034E46"/>
     <w:rsid w:val="000356A7"/>
     <w:rsid w:val="0003647A"/>
     <w:rsid w:val="00044450"/>
     <w:rsid w:val="00045D59"/>
     <w:rsid w:val="0005493F"/>
     <w:rsid w:val="00055A18"/>
     <w:rsid w:val="00055E7F"/>
     <w:rsid w:val="0006184A"/>
     <w:rsid w:val="000659D4"/>
     <w:rsid w:val="00067A25"/>
     <w:rsid w:val="00082A1E"/>
     <w:rsid w:val="00086345"/>
     <w:rsid w:val="000868B1"/>
     <w:rsid w:val="000872FC"/>
     <w:rsid w:val="000A19F0"/>
     <w:rsid w:val="000A5A22"/>
     <w:rsid w:val="000B06C8"/>
     <w:rsid w:val="000B6ACC"/>
     <w:rsid w:val="000C16A3"/>
     <w:rsid w:val="000C1E67"/>
     <w:rsid w:val="000C2279"/>
     <w:rsid w:val="000C24C4"/>
     <w:rsid w:val="000C2E78"/>
+    <w:rsid w:val="000C73E1"/>
     <w:rsid w:val="000D1130"/>
     <w:rsid w:val="000E0DCE"/>
     <w:rsid w:val="000F4D00"/>
     <w:rsid w:val="000F6BEF"/>
+    <w:rsid w:val="00103172"/>
     <w:rsid w:val="00123061"/>
     <w:rsid w:val="001260F3"/>
     <w:rsid w:val="001338BB"/>
     <w:rsid w:val="00133E1D"/>
     <w:rsid w:val="00137606"/>
     <w:rsid w:val="00144A5D"/>
     <w:rsid w:val="00144A99"/>
     <w:rsid w:val="00145955"/>
     <w:rsid w:val="00145AC6"/>
     <w:rsid w:val="00146F73"/>
     <w:rsid w:val="00154448"/>
     <w:rsid w:val="001545CA"/>
     <w:rsid w:val="0015539A"/>
     <w:rsid w:val="00156F6C"/>
     <w:rsid w:val="00157154"/>
     <w:rsid w:val="00157F81"/>
     <w:rsid w:val="00165FB4"/>
     <w:rsid w:val="001677FE"/>
     <w:rsid w:val="00187C78"/>
     <w:rsid w:val="00191C31"/>
     <w:rsid w:val="0019240A"/>
     <w:rsid w:val="00197817"/>
     <w:rsid w:val="00197A8D"/>
+    <w:rsid w:val="001A3624"/>
     <w:rsid w:val="001B0CE4"/>
+    <w:rsid w:val="001B1A54"/>
     <w:rsid w:val="001B593C"/>
     <w:rsid w:val="001C3161"/>
     <w:rsid w:val="001C46A3"/>
     <w:rsid w:val="001C7863"/>
     <w:rsid w:val="001C7AD3"/>
     <w:rsid w:val="001D1EF0"/>
+    <w:rsid w:val="001D4821"/>
     <w:rsid w:val="001D4F2E"/>
     <w:rsid w:val="001D682A"/>
     <w:rsid w:val="001D6E2E"/>
     <w:rsid w:val="001E4120"/>
     <w:rsid w:val="001E5E87"/>
     <w:rsid w:val="001E671B"/>
     <w:rsid w:val="001E7239"/>
+    <w:rsid w:val="001E7D90"/>
     <w:rsid w:val="001F0E18"/>
+    <w:rsid w:val="001F259B"/>
     <w:rsid w:val="001F35D4"/>
     <w:rsid w:val="00203B16"/>
     <w:rsid w:val="00204DEA"/>
     <w:rsid w:val="00204F8D"/>
     <w:rsid w:val="00206A0F"/>
     <w:rsid w:val="0020736E"/>
     <w:rsid w:val="00214557"/>
     <w:rsid w:val="00220AC6"/>
     <w:rsid w:val="00221F04"/>
     <w:rsid w:val="00226CDD"/>
     <w:rsid w:val="0024289A"/>
     <w:rsid w:val="00243496"/>
     <w:rsid w:val="002475F1"/>
     <w:rsid w:val="00263EA0"/>
     <w:rsid w:val="00263FA9"/>
+    <w:rsid w:val="00273FD2"/>
     <w:rsid w:val="002745F9"/>
     <w:rsid w:val="002810A7"/>
     <w:rsid w:val="00283B0A"/>
     <w:rsid w:val="00283F11"/>
     <w:rsid w:val="00286C0D"/>
     <w:rsid w:val="00286EE2"/>
     <w:rsid w:val="00293441"/>
     <w:rsid w:val="002B6AC6"/>
     <w:rsid w:val="002C2D47"/>
+    <w:rsid w:val="002C41B1"/>
     <w:rsid w:val="002C51FB"/>
     <w:rsid w:val="002C5859"/>
     <w:rsid w:val="002E36BD"/>
     <w:rsid w:val="002F0B49"/>
     <w:rsid w:val="002F208A"/>
     <w:rsid w:val="002F329C"/>
     <w:rsid w:val="00304551"/>
     <w:rsid w:val="003045AB"/>
     <w:rsid w:val="00311B9E"/>
     <w:rsid w:val="00314693"/>
     <w:rsid w:val="00326826"/>
     <w:rsid w:val="003276D8"/>
     <w:rsid w:val="00327D67"/>
     <w:rsid w:val="0033062D"/>
     <w:rsid w:val="00331E29"/>
     <w:rsid w:val="003337BD"/>
     <w:rsid w:val="003345B6"/>
     <w:rsid w:val="00343C58"/>
     <w:rsid w:val="00344B3C"/>
     <w:rsid w:val="00345343"/>
     <w:rsid w:val="0035020B"/>
     <w:rsid w:val="00355012"/>
     <w:rsid w:val="00356446"/>
     <w:rsid w:val="00367558"/>
     <w:rsid w:val="003805E7"/>
     <w:rsid w:val="00380A4E"/>
     <w:rsid w:val="00382B6B"/>
     <w:rsid w:val="00391964"/>
     <w:rsid w:val="003A2957"/>
     <w:rsid w:val="003A5A7C"/>
     <w:rsid w:val="003C03E4"/>
+    <w:rsid w:val="003D0CE6"/>
     <w:rsid w:val="003D1E48"/>
     <w:rsid w:val="003D4CEB"/>
     <w:rsid w:val="003D6C9A"/>
     <w:rsid w:val="003E3480"/>
     <w:rsid w:val="003E55A3"/>
     <w:rsid w:val="003E6FBA"/>
     <w:rsid w:val="003F00C8"/>
     <w:rsid w:val="003F54BF"/>
     <w:rsid w:val="003F5BC4"/>
     <w:rsid w:val="003F5E72"/>
     <w:rsid w:val="003F6A46"/>
     <w:rsid w:val="00400759"/>
     <w:rsid w:val="0040496C"/>
     <w:rsid w:val="00415858"/>
     <w:rsid w:val="00421A96"/>
     <w:rsid w:val="00422337"/>
     <w:rsid w:val="0042474F"/>
     <w:rsid w:val="0043729D"/>
     <w:rsid w:val="00437BC4"/>
     <w:rsid w:val="00447BB0"/>
     <w:rsid w:val="00454FDD"/>
+    <w:rsid w:val="004603B0"/>
     <w:rsid w:val="004636B6"/>
     <w:rsid w:val="00466AF7"/>
     <w:rsid w:val="00466CFF"/>
+    <w:rsid w:val="00471ED9"/>
     <w:rsid w:val="00476833"/>
     <w:rsid w:val="00477655"/>
     <w:rsid w:val="00477A8F"/>
     <w:rsid w:val="004813D8"/>
     <w:rsid w:val="00481DFB"/>
+    <w:rsid w:val="00481FFD"/>
     <w:rsid w:val="00483C1F"/>
     <w:rsid w:val="00487FE4"/>
     <w:rsid w:val="00495C3B"/>
     <w:rsid w:val="004A0C65"/>
     <w:rsid w:val="004A428D"/>
     <w:rsid w:val="004B1E2F"/>
     <w:rsid w:val="004B4625"/>
     <w:rsid w:val="004B6037"/>
     <w:rsid w:val="004C0BDB"/>
     <w:rsid w:val="004C135C"/>
     <w:rsid w:val="004C28F8"/>
     <w:rsid w:val="004C7D93"/>
     <w:rsid w:val="004D5E4F"/>
     <w:rsid w:val="004E2917"/>
     <w:rsid w:val="004F3479"/>
     <w:rsid w:val="004F50FA"/>
     <w:rsid w:val="00502039"/>
     <w:rsid w:val="00507A9D"/>
     <w:rsid w:val="005111EA"/>
     <w:rsid w:val="00512CE3"/>
     <w:rsid w:val="005147CD"/>
     <w:rsid w:val="005271D2"/>
+    <w:rsid w:val="00535BB5"/>
+    <w:rsid w:val="00535D8F"/>
+    <w:rsid w:val="00543C27"/>
     <w:rsid w:val="005444EF"/>
     <w:rsid w:val="0054545C"/>
     <w:rsid w:val="00557E08"/>
     <w:rsid w:val="00560EA2"/>
     <w:rsid w:val="00566B1A"/>
     <w:rsid w:val="005678C3"/>
     <w:rsid w:val="0057186C"/>
+    <w:rsid w:val="00576242"/>
     <w:rsid w:val="005769B0"/>
     <w:rsid w:val="005849AA"/>
     <w:rsid w:val="00584E35"/>
     <w:rsid w:val="0058575A"/>
     <w:rsid w:val="005875F1"/>
     <w:rsid w:val="005925DF"/>
     <w:rsid w:val="005932DD"/>
+    <w:rsid w:val="00593ACB"/>
     <w:rsid w:val="005A7554"/>
     <w:rsid w:val="005B26EA"/>
     <w:rsid w:val="005B2E39"/>
     <w:rsid w:val="005C0BA0"/>
     <w:rsid w:val="005D4E11"/>
+    <w:rsid w:val="005D7ADE"/>
     <w:rsid w:val="005E6E38"/>
     <w:rsid w:val="005F1268"/>
     <w:rsid w:val="005F4934"/>
     <w:rsid w:val="005F711A"/>
     <w:rsid w:val="005F7286"/>
     <w:rsid w:val="005F7A0E"/>
+    <w:rsid w:val="006016A6"/>
     <w:rsid w:val="0060475D"/>
+    <w:rsid w:val="00620288"/>
     <w:rsid w:val="00622792"/>
+    <w:rsid w:val="006247DE"/>
     <w:rsid w:val="00630A91"/>
     <w:rsid w:val="00635689"/>
     <w:rsid w:val="00642027"/>
     <w:rsid w:val="00642CC3"/>
     <w:rsid w:val="00645C1A"/>
     <w:rsid w:val="0064686E"/>
     <w:rsid w:val="00647561"/>
     <w:rsid w:val="00652CF8"/>
     <w:rsid w:val="00653B96"/>
     <w:rsid w:val="006561C3"/>
     <w:rsid w:val="00656342"/>
     <w:rsid w:val="00657147"/>
     <w:rsid w:val="006639E9"/>
     <w:rsid w:val="00663BF0"/>
+    <w:rsid w:val="0066439D"/>
     <w:rsid w:val="0067573A"/>
     <w:rsid w:val="006803B2"/>
     <w:rsid w:val="006805DA"/>
     <w:rsid w:val="00681433"/>
     <w:rsid w:val="00682078"/>
+    <w:rsid w:val="00683BD0"/>
     <w:rsid w:val="00691D78"/>
     <w:rsid w:val="00691E7A"/>
     <w:rsid w:val="006A4134"/>
     <w:rsid w:val="006A4A71"/>
     <w:rsid w:val="006A7504"/>
     <w:rsid w:val="006C01F1"/>
     <w:rsid w:val="006C06AE"/>
     <w:rsid w:val="006C4394"/>
     <w:rsid w:val="006C4D57"/>
     <w:rsid w:val="006C4DAF"/>
     <w:rsid w:val="006C70E9"/>
     <w:rsid w:val="006D07C9"/>
+    <w:rsid w:val="006E4CDD"/>
     <w:rsid w:val="006F0C2E"/>
     <w:rsid w:val="00710363"/>
     <w:rsid w:val="00716174"/>
+    <w:rsid w:val="00722B9F"/>
     <w:rsid w:val="00722DB0"/>
     <w:rsid w:val="00724026"/>
     <w:rsid w:val="00731BEF"/>
     <w:rsid w:val="00731C76"/>
     <w:rsid w:val="0073755F"/>
     <w:rsid w:val="0074263E"/>
     <w:rsid w:val="00742A6B"/>
     <w:rsid w:val="007437E7"/>
     <w:rsid w:val="007475DB"/>
     <w:rsid w:val="00750999"/>
     <w:rsid w:val="007531AA"/>
     <w:rsid w:val="00753224"/>
     <w:rsid w:val="007535C9"/>
+    <w:rsid w:val="00754254"/>
     <w:rsid w:val="007630E1"/>
     <w:rsid w:val="00763F8C"/>
     <w:rsid w:val="00764B31"/>
     <w:rsid w:val="007678AD"/>
     <w:rsid w:val="00770549"/>
     <w:rsid w:val="00776358"/>
     <w:rsid w:val="0078691F"/>
     <w:rsid w:val="00790305"/>
     <w:rsid w:val="0079294C"/>
     <w:rsid w:val="00796DFB"/>
     <w:rsid w:val="00796E3F"/>
     <w:rsid w:val="00797A0B"/>
     <w:rsid w:val="007A40B0"/>
     <w:rsid w:val="007A65C5"/>
+    <w:rsid w:val="007C13ED"/>
     <w:rsid w:val="007C5742"/>
     <w:rsid w:val="007C5D7A"/>
     <w:rsid w:val="007C77AC"/>
     <w:rsid w:val="007D136A"/>
     <w:rsid w:val="007D29E0"/>
     <w:rsid w:val="007E0F6A"/>
     <w:rsid w:val="007E101B"/>
     <w:rsid w:val="007E3F11"/>
+    <w:rsid w:val="007E5B5C"/>
     <w:rsid w:val="007F31DF"/>
     <w:rsid w:val="007F5212"/>
     <w:rsid w:val="00804FC6"/>
     <w:rsid w:val="00822883"/>
     <w:rsid w:val="008235B5"/>
     <w:rsid w:val="00827485"/>
     <w:rsid w:val="00827513"/>
     <w:rsid w:val="00827714"/>
     <w:rsid w:val="00830D47"/>
     <w:rsid w:val="00836A49"/>
     <w:rsid w:val="008452A4"/>
     <w:rsid w:val="00850485"/>
     <w:rsid w:val="008515D8"/>
     <w:rsid w:val="00857187"/>
     <w:rsid w:val="0086090E"/>
     <w:rsid w:val="00861BEC"/>
     <w:rsid w:val="008633E5"/>
     <w:rsid w:val="008635BE"/>
     <w:rsid w:val="00863AA5"/>
     <w:rsid w:val="00864F35"/>
     <w:rsid w:val="00866F24"/>
     <w:rsid w:val="008729F3"/>
     <w:rsid w:val="00877B08"/>
     <w:rsid w:val="008846DC"/>
     <w:rsid w:val="00884E25"/>
     <w:rsid w:val="008915D3"/>
     <w:rsid w:val="00892931"/>
     <w:rsid w:val="00893FA8"/>
     <w:rsid w:val="008946C9"/>
     <w:rsid w:val="0089586D"/>
     <w:rsid w:val="00897959"/>
     <w:rsid w:val="008A1729"/>
     <w:rsid w:val="008A7B3F"/>
     <w:rsid w:val="008B1258"/>
     <w:rsid w:val="008B15A3"/>
     <w:rsid w:val="008C06A5"/>
     <w:rsid w:val="008D2AE3"/>
     <w:rsid w:val="008E07DB"/>
     <w:rsid w:val="008E3316"/>
     <w:rsid w:val="008E48B3"/>
     <w:rsid w:val="008E7CA3"/>
     <w:rsid w:val="00907261"/>
     <w:rsid w:val="00907AAF"/>
     <w:rsid w:val="0091137D"/>
     <w:rsid w:val="00913E5B"/>
     <w:rsid w:val="009147D9"/>
     <w:rsid w:val="00927FFE"/>
     <w:rsid w:val="009466FA"/>
+    <w:rsid w:val="009473FB"/>
     <w:rsid w:val="009624C7"/>
     <w:rsid w:val="0096266B"/>
+    <w:rsid w:val="009806C9"/>
     <w:rsid w:val="009819D1"/>
     <w:rsid w:val="00983D6A"/>
     <w:rsid w:val="009A556D"/>
     <w:rsid w:val="009A6566"/>
     <w:rsid w:val="009A6F95"/>
     <w:rsid w:val="009B0598"/>
     <w:rsid w:val="009B72D6"/>
     <w:rsid w:val="009B7F28"/>
     <w:rsid w:val="009C145B"/>
     <w:rsid w:val="009C2194"/>
     <w:rsid w:val="009D07A0"/>
     <w:rsid w:val="009D1B26"/>
     <w:rsid w:val="009D3AAB"/>
     <w:rsid w:val="009D6806"/>
     <w:rsid w:val="009D70D9"/>
     <w:rsid w:val="009D71D4"/>
     <w:rsid w:val="00A023C3"/>
     <w:rsid w:val="00A02439"/>
     <w:rsid w:val="00A05049"/>
     <w:rsid w:val="00A068AA"/>
     <w:rsid w:val="00A07468"/>
+    <w:rsid w:val="00A11839"/>
+    <w:rsid w:val="00A11B52"/>
     <w:rsid w:val="00A15DEE"/>
     <w:rsid w:val="00A27D98"/>
+    <w:rsid w:val="00A30A93"/>
     <w:rsid w:val="00A36539"/>
+    <w:rsid w:val="00A432FC"/>
     <w:rsid w:val="00A47427"/>
     <w:rsid w:val="00A5649A"/>
     <w:rsid w:val="00A57B35"/>
     <w:rsid w:val="00A65691"/>
     <w:rsid w:val="00A669DE"/>
     <w:rsid w:val="00A66ECA"/>
+    <w:rsid w:val="00A7095A"/>
     <w:rsid w:val="00A73E75"/>
     <w:rsid w:val="00A809BB"/>
     <w:rsid w:val="00A84EA1"/>
     <w:rsid w:val="00A863F3"/>
     <w:rsid w:val="00A87399"/>
     <w:rsid w:val="00A928B6"/>
     <w:rsid w:val="00A93668"/>
     <w:rsid w:val="00A95C23"/>
     <w:rsid w:val="00A97DA8"/>
     <w:rsid w:val="00AA1D29"/>
     <w:rsid w:val="00AA5780"/>
     <w:rsid w:val="00AA79DB"/>
     <w:rsid w:val="00AB703B"/>
     <w:rsid w:val="00AB7D5F"/>
     <w:rsid w:val="00AC3A0C"/>
     <w:rsid w:val="00AC6762"/>
     <w:rsid w:val="00AC6F41"/>
+    <w:rsid w:val="00AD4006"/>
     <w:rsid w:val="00AE40FE"/>
     <w:rsid w:val="00AF3FCF"/>
     <w:rsid w:val="00AF6A1F"/>
     <w:rsid w:val="00B01F50"/>
     <w:rsid w:val="00B02A68"/>
     <w:rsid w:val="00B05731"/>
     <w:rsid w:val="00B07F6C"/>
     <w:rsid w:val="00B11A21"/>
     <w:rsid w:val="00B11E6E"/>
     <w:rsid w:val="00B27D46"/>
     <w:rsid w:val="00B30145"/>
     <w:rsid w:val="00B324D4"/>
     <w:rsid w:val="00B330B4"/>
     <w:rsid w:val="00B37E49"/>
     <w:rsid w:val="00B42404"/>
     <w:rsid w:val="00B50F4E"/>
     <w:rsid w:val="00B510F9"/>
     <w:rsid w:val="00B517EC"/>
     <w:rsid w:val="00B51E33"/>
     <w:rsid w:val="00B522DF"/>
     <w:rsid w:val="00B53AF8"/>
+    <w:rsid w:val="00B74143"/>
     <w:rsid w:val="00B76093"/>
     <w:rsid w:val="00B87ADF"/>
     <w:rsid w:val="00B87EA7"/>
     <w:rsid w:val="00B90335"/>
     <w:rsid w:val="00BA0784"/>
     <w:rsid w:val="00BB7AF1"/>
     <w:rsid w:val="00BB7BBA"/>
     <w:rsid w:val="00BC7FD2"/>
     <w:rsid w:val="00BD1FDE"/>
     <w:rsid w:val="00BE13F6"/>
     <w:rsid w:val="00BE6E74"/>
     <w:rsid w:val="00BF75A0"/>
     <w:rsid w:val="00C00F4D"/>
     <w:rsid w:val="00C031BE"/>
     <w:rsid w:val="00C06077"/>
     <w:rsid w:val="00C13AED"/>
     <w:rsid w:val="00C17B88"/>
     <w:rsid w:val="00C2099A"/>
+    <w:rsid w:val="00C23A9E"/>
     <w:rsid w:val="00C31704"/>
     <w:rsid w:val="00C32293"/>
     <w:rsid w:val="00C35EA4"/>
     <w:rsid w:val="00C37511"/>
     <w:rsid w:val="00C47545"/>
     <w:rsid w:val="00C52F3B"/>
     <w:rsid w:val="00C54785"/>
     <w:rsid w:val="00C6042A"/>
     <w:rsid w:val="00C62EB7"/>
     <w:rsid w:val="00C650C5"/>
     <w:rsid w:val="00C6597B"/>
     <w:rsid w:val="00C67018"/>
     <w:rsid w:val="00C76770"/>
     <w:rsid w:val="00C80F63"/>
+    <w:rsid w:val="00C82A65"/>
     <w:rsid w:val="00C85721"/>
     <w:rsid w:val="00C85B62"/>
     <w:rsid w:val="00C86360"/>
     <w:rsid w:val="00C868E5"/>
+    <w:rsid w:val="00CA2891"/>
     <w:rsid w:val="00CA4247"/>
     <w:rsid w:val="00CB2942"/>
     <w:rsid w:val="00CB3C7A"/>
     <w:rsid w:val="00CC6E61"/>
     <w:rsid w:val="00CD179C"/>
     <w:rsid w:val="00CD7563"/>
+    <w:rsid w:val="00CE140F"/>
     <w:rsid w:val="00CE25DB"/>
     <w:rsid w:val="00CE3CA6"/>
     <w:rsid w:val="00CE4E7A"/>
     <w:rsid w:val="00CE6EE0"/>
     <w:rsid w:val="00D058E3"/>
     <w:rsid w:val="00D125EA"/>
     <w:rsid w:val="00D14726"/>
     <w:rsid w:val="00D1794F"/>
     <w:rsid w:val="00D23F00"/>
     <w:rsid w:val="00D25BF3"/>
     <w:rsid w:val="00D30268"/>
     <w:rsid w:val="00D46B33"/>
     <w:rsid w:val="00D52AAE"/>
     <w:rsid w:val="00D60ABF"/>
     <w:rsid w:val="00D76D3E"/>
     <w:rsid w:val="00D81C7B"/>
     <w:rsid w:val="00D85A65"/>
     <w:rsid w:val="00D9502F"/>
     <w:rsid w:val="00DA0F90"/>
     <w:rsid w:val="00DA39CA"/>
     <w:rsid w:val="00DA3DCE"/>
     <w:rsid w:val="00DA54DB"/>
     <w:rsid w:val="00DA7643"/>
+    <w:rsid w:val="00DB2B1B"/>
+    <w:rsid w:val="00DB34CB"/>
     <w:rsid w:val="00DD2355"/>
     <w:rsid w:val="00DE20E9"/>
     <w:rsid w:val="00DE2413"/>
+    <w:rsid w:val="00DE2DBD"/>
     <w:rsid w:val="00DE3C4B"/>
     <w:rsid w:val="00DF0317"/>
     <w:rsid w:val="00E0408B"/>
     <w:rsid w:val="00E1033E"/>
+    <w:rsid w:val="00E17CD9"/>
     <w:rsid w:val="00E25A06"/>
     <w:rsid w:val="00E3124F"/>
     <w:rsid w:val="00E32E4D"/>
     <w:rsid w:val="00E345F0"/>
     <w:rsid w:val="00E37F7A"/>
     <w:rsid w:val="00E41221"/>
     <w:rsid w:val="00E43065"/>
     <w:rsid w:val="00E430F4"/>
     <w:rsid w:val="00E50666"/>
     <w:rsid w:val="00E50DD1"/>
     <w:rsid w:val="00E525D5"/>
     <w:rsid w:val="00E533B3"/>
     <w:rsid w:val="00E6110A"/>
     <w:rsid w:val="00E67665"/>
     <w:rsid w:val="00E71E8A"/>
     <w:rsid w:val="00EA3F27"/>
     <w:rsid w:val="00EC25D7"/>
     <w:rsid w:val="00EC683F"/>
     <w:rsid w:val="00ED456B"/>
     <w:rsid w:val="00ED505F"/>
     <w:rsid w:val="00ED72A9"/>
     <w:rsid w:val="00EE600B"/>
     <w:rsid w:val="00EF716C"/>
     <w:rsid w:val="00F00DA3"/>
     <w:rsid w:val="00F202AA"/>
     <w:rsid w:val="00F205DD"/>
     <w:rsid w:val="00F27519"/>
     <w:rsid w:val="00F32671"/>
     <w:rsid w:val="00F34D70"/>
     <w:rsid w:val="00F42885"/>
     <w:rsid w:val="00F42A45"/>
     <w:rsid w:val="00F43806"/>
     <w:rsid w:val="00F46E1C"/>
     <w:rsid w:val="00F478DF"/>
     <w:rsid w:val="00F70AAA"/>
     <w:rsid w:val="00F722AD"/>
     <w:rsid w:val="00F73FA1"/>
     <w:rsid w:val="00F758D0"/>
+    <w:rsid w:val="00F80C26"/>
     <w:rsid w:val="00F80F2F"/>
     <w:rsid w:val="00F812BC"/>
     <w:rsid w:val="00F814DB"/>
     <w:rsid w:val="00F8593A"/>
     <w:rsid w:val="00F91932"/>
     <w:rsid w:val="00F93B07"/>
     <w:rsid w:val="00F944E0"/>
+    <w:rsid w:val="00F97638"/>
     <w:rsid w:val="00FA13AE"/>
     <w:rsid w:val="00FA24D7"/>
     <w:rsid w:val="00FB1048"/>
     <w:rsid w:val="00FB25B0"/>
     <w:rsid w:val="00FB64F6"/>
     <w:rsid w:val="00FC5147"/>
     <w:rsid w:val="00FC7C3D"/>
     <w:rsid w:val="00FD0E82"/>
     <w:rsid w:val="00FD3516"/>
     <w:rsid w:val="00FD3C7C"/>
     <w:rsid w:val="00FD7236"/>
     <w:rsid w:val="00FE0CDC"/>
     <w:rsid w:val="00FE53F9"/>
     <w:rsid w:val="00FF6FBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="55B58256"/>
   <w15:docId w15:val="{29FBA4D2-009D-40F1-973D-4F811CBEFA1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8927,51 +10673,51 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0067573A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002C2D47"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="3633677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="761268852">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13959,51 +15705,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1324159474">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edfinn@asu.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edfinn.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edfinn@asu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edfinn.net" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://issues.org/issue/38-1" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edfinn@asu.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edfinn.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpsyg.2023.1275942" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edfinn@asu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edfinn.net" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11191-025-00631-6" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14300,78 +16046,78 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41F47D68-9B0A-48A6-B35D-7DAB15EA5E69}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14369</Characters>
+  <Pages>10</Pages>
+  <Words>2711</Words>
+  <Characters>17488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>460</Lines>
+  <Paragraphs>212</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ed Finn</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16856</CharactersWithSpaces>
+  <CharactersWithSpaces>19987</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>3473502</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:lunsfor1@stanford.edu</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2162792</vt:i4>
       </vt:variant>
       <vt:variant>