--- v0 (2025-12-26)
+++ v1 (2026-01-23)
@@ -7,142 +7,142 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00927B7B" w:rsidRDefault="00D62541" w:rsidP="00E6066C">
+    <w:p w14:paraId="39F8EC39" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00927B7B" w:rsidRDefault="00D62541" w:rsidP="00E6066C">
       <w:pPr>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Stephen A. Hillegeist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="1D8B0965" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="-720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="79F4347D" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>W.P. Carey School of Business</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="288EA695" w14:textId="555E6EA1" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>School of Accountancy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00621FF9">
+      <w:r w:rsidR="007625B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Feb. 2025</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="002817CC" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+        <w:t>Jan. 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03996FAF" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="002817CC" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002817CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
@@ -158,51 +158,51 @@
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>480-</w:t>
       </w:r>
       <w:r w:rsidR="00CE571E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>580-3587</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="002817CC" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="305E3FFA" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="002817CC" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002817CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>300 East Lemon Street, BA</w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE">
         <w:rPr>
           <w:b w:val="0"/>
@@ -228,51 +228,51 @@
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Stephen.Hillegeist@</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="002817CC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.edu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00F51324" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="2AC92487" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00F51324" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -300,112 +300,146 @@
           </w:rPr>
           <w:t>http://papers.ssrn.com/sol3/cf_dev/AbsByAuth.cfm?per_id=163209</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F41CD0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E276D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="12"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00691BCA" w:rsidRDefault="00691BCA" w:rsidP="00D62541">
+    <w:p w14:paraId="018B0632" w14:textId="77777777" w:rsidR="00691BCA" w:rsidRDefault="00691BCA" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="4D7953A7" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ACADEMIC APPOINTMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="428AFCF2" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="0514CCC3" w14:textId="3CC20ED1" w:rsidR="00FE7E5C" w:rsidRDefault="00FE7E5C" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program Director, Executive MBA Programs at ASU, 2025 – present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2155725D" w14:textId="2F44FFC4" w:rsidR="007625B8" w:rsidRDefault="007625B8" w:rsidP="00D62541">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:right="-990"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Full Professor, W.P. Carey School of Business, ASU, 2025 – present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69169598" w14:textId="1AE0AD57" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:right="-990"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Associate Professor</w:t>
       </w:r>
       <w:r w:rsidR="00963B98">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (with tenure since 2012)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, W.P. Carey School of Business, </w:t>
       </w:r>
       <w:r w:rsidR="001E2432">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00963B98">
@@ -414,219 +448,231 @@
         </w:rPr>
         <w:t>SU</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 201</w:t>
       </w:r>
       <w:r w:rsidR="00963B98">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00963B98">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> present</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005F1ADE" w:rsidRDefault="005F1ADE" w:rsidP="00D62541">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007625B8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2275E593" w14:textId="77777777" w:rsidR="005F1ADE" w:rsidRDefault="005F1ADE" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Visiting Professor, University of Melbourne, Faculty of Business and Economics, 2016-2017 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="1FF50DD3" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor, INSEAD, Accounting and Control Area, 2005- 2010</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="17200DD4" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assistant Professor, Kellogg School of Management, Northwestern University, 1998-2005</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="43BF3E01" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="1ABA8ADA" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EDUCATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="016D828C" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990" w:hanging="810"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6135F4EC" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ph.D. (accounting): Haas School of Business, University of California at Berkeley, 1998</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6E01E730" w14:textId="54E2DAEB" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990" w:hanging="810"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>M.S. (accounting): Haas School of Business, University of California at Berkeley, 1998</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+        <w:t>M.S. (accounting): Haas School of Business, University of California at Berkeley, 199</w:t>
+      </w:r>
+      <w:r w:rsidR="007625B8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0EFF7E" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B.A. with honors (economics): Princeton University, 1990</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="0C6C63B6" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B72C17" w:rsidRPr="00B72C17" w:rsidRDefault="00CF34D6" w:rsidP="00B72C17">
+    <w:p w14:paraId="3539F5EA" w14:textId="758D8152" w:rsidR="00B72C17" w:rsidRPr="00B72C17" w:rsidRDefault="00CF34D6" w:rsidP="00B72C17">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Res</w:t>
       </w:r>
       <w:r w:rsidR="00B46CCC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
@@ -635,198 +681,297 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>arch Activities</w:t>
       </w:r>
       <w:r w:rsidR="00B72C17">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B72C17" w:rsidRPr="00B72C17">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00621FF9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5,114</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B72C17" w:rsidRPr="00B72C17">
+        <w:t>5,</w:t>
+      </w:r>
+      <w:r w:rsidR="007625B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> citations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B72C17">
+        <w:t>429</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72C17" w:rsidRPr="00B72C17">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, h-index = 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F41CD0">
+        <w:t xml:space="preserve"> citations</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72C17">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B72C17" w:rsidRPr="00B72C17">
+        <w:t>, h-index = 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41CD0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Google Scholar)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00935247">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72C17" w:rsidRPr="00B72C17">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>; 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00621FF9">
+        <w:t xml:space="preserve"> (Google Scholar)</w:t>
+      </w:r>
+      <w:r w:rsidR="00935247">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">9,910 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE2C18">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="007625B8">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>downloads on SSRN.com</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B72C17">
+        <w:t>21,659</w:t>
+      </w:r>
+      <w:r w:rsidR="00621FF9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2C18">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>downloads on SSRN.com</w:t>
+      </w:r>
+      <w:r w:rsidR="00B72C17">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B72C17" w:rsidRDefault="00B72C17" w:rsidP="00D62541">
+    <w:p w14:paraId="0B9BDFB6" w14:textId="77777777" w:rsidR="00B72C17" w:rsidRDefault="00B72C17" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="00D62541">
+    <w:p w14:paraId="75E20A74" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Publications in refer</w:t>
       </w:r>
       <w:r w:rsidR="00A4655F">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ed journals:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00190713" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="7BB7ECF6" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00190713" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00621FF9" w:rsidRPr="00621FF9" w:rsidRDefault="00594F7C" w:rsidP="00621FF9">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0D8F8310" w14:textId="77FAA879" w:rsidR="007625B8" w:rsidRDefault="007625B8" w:rsidP="007625B8">
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
+      <w:r w:rsidRPr="00443B06">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Do Proprietary Costs Deter Insider Trading?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033425D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with Lyungmae Choi (University of Sydney) and Lucile Faurel (ASU). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management Science</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025, vol. 71(4), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007625B8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2751-3636</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="007625B8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://doi-org.ezproxy1.lib.asu.edu/10.1287/mnsc.2021.02469</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC7C469" w14:textId="77777777" w:rsidR="007625B8" w:rsidRDefault="007625B8" w:rsidP="007625B8">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A0A9E10" w14:textId="77777777" w:rsidR="00621FF9" w:rsidRPr="00621FF9" w:rsidRDefault="00594F7C" w:rsidP="00621FF9">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F8155F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Skewness in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Expected Earnings</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8155F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and CEO Compensation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” with Pierre Chaigneau (Queens University) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8155F">
@@ -850,212 +995,133 @@
       </w:r>
       <w:r w:rsidR="007621C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00621FF9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>vol. 42, No. 3 (Fall 2024), 1754-1784</w:t>
       </w:r>
       <w:r w:rsidRPr="00621FF9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00621FF9" w:rsidRPr="00621FF9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00621FF9" w:rsidRPr="00621FF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1111/1911-3846.12959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00594F7C" w:rsidRDefault="00594F7C" w:rsidP="00594F7C">
-[...85 lines deleted...]
-    <w:p w:rsidR="007E595B" w:rsidRPr="003D1EC7" w:rsidRDefault="007E595B" w:rsidP="007E595B">
+    <w:p w14:paraId="645EC006" w14:textId="77777777" w:rsidR="00594F7C" w:rsidRDefault="00594F7C" w:rsidP="00594F7C">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2304373D" w14:textId="77777777" w:rsidR="007E595B" w:rsidRPr="003D1EC7" w:rsidRDefault="007E595B" w:rsidP="007E595B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Insider Trading and Post Earnings Announcement Drift” with Lyungmae Choi (City University Hong Kong) and Lucile Faurel (ASU). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Accounting and Public Policy</w:t>
       </w:r>
       <w:r w:rsidR="00C70205">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2023, 42: 1-25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003D1EC7">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="003D1EC7" w:rsidRPr="003D1EC7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jaccpubpol.2023.107117</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="007E595B" w:rsidRDefault="007E595B" w:rsidP="007E595B">
+    <w:p w14:paraId="73C7DEEC" w14:textId="77777777" w:rsidR="007E595B" w:rsidRDefault="007E595B" w:rsidP="007E595B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C452F2" w:rsidRPr="003D1EC7" w:rsidRDefault="007E595B" w:rsidP="007E595B">
+    <w:p w14:paraId="55BFF3AD" w14:textId="77777777" w:rsidR="00C452F2" w:rsidRPr="003D1EC7" w:rsidRDefault="007E595B" w:rsidP="007E595B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C452F2">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00C452F2">
         <w:t>The Association between Quarter Length, Forecast Errors, and Firms’ Voluntary Disclosures</w:t>
       </w:r>
       <w:r w:rsidR="00C452F2">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1117,58 +1183,58 @@
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003D1EC7" w:rsidRPr="003D1EC7">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003D1EC7" w:rsidRPr="003D1EC7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1111/acfi.12933</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C452F2" w:rsidRPr="00C452F2" w:rsidRDefault="00C452F2" w:rsidP="00C452F2">
-[...6 lines deleted...]
-    <w:p w:rsidR="00E10AE5" w:rsidRPr="00E10AE5" w:rsidRDefault="00C452F2" w:rsidP="00E10AE5">
+    <w:p w14:paraId="3FF41C13" w14:textId="77777777" w:rsidR="00C452F2" w:rsidRPr="00C452F2" w:rsidRDefault="00C452F2" w:rsidP="00C452F2">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E5D1C8" w14:textId="77777777" w:rsidR="00E10AE5" w:rsidRPr="00E10AE5" w:rsidRDefault="00C452F2" w:rsidP="00E10AE5">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004715B4">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="004715B4">
         <w:rPr>
           <w:rFonts w:eastAsia="Batang"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>Earnings Management to Avoid Debt Covenant Violations and Future Performance</w:t>
       </w:r>
       <w:r w:rsidRPr="004715B4">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with Scott Dyreng (Duke University) and Fernando Penalva (IESE). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1186,52 +1252,52 @@
         <w:t>31(2), 311-343</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E10AE5" w:rsidRPr="00E10AE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00FD21DF" w:rsidRPr="00FD21DF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.tandfonline.com/doi/full/10.1080/09638180.2020.1826337</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD21DF" w:rsidRPr="00FD21DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C452F2" w:rsidRPr="00E10AE5" w:rsidRDefault="00C452F2" w:rsidP="00C452F2"/>
-    <w:p w:rsidR="00E10AE5" w:rsidRDefault="000F4954" w:rsidP="000F4954">
+    <w:p w14:paraId="15ADA712" w14:textId="77777777" w:rsidR="00C452F2" w:rsidRPr="00E10AE5" w:rsidRDefault="00C452F2" w:rsidP="00C452F2"/>
+    <w:p w14:paraId="41EF26F8" w14:textId="77777777" w:rsidR="00E10AE5" w:rsidRDefault="000F4954" w:rsidP="000F4954">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083536C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="0001643C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quasi-Indexer Ownership</w:t>
       </w:r>
       <w:r w:rsidRPr="0083536C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Insider Trading: </w:t>
       </w:r>
       <w:r w:rsidR="0001643C">
@@ -1280,95 +1346,95 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BF0AFC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00E10AE5" w:rsidRPr="00E10AE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1111/1911-3846.12683</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00A81CF8" w:rsidRPr="003D1EC7" w:rsidRDefault="00A81CF8" w:rsidP="000F4954">
+    <w:p w14:paraId="0EB6D23C" w14:textId="77777777" w:rsidR="00A81CF8" w:rsidRPr="003D1EC7" w:rsidRDefault="00A81CF8" w:rsidP="000F4954">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Featured in The Columbia Law School Blue Sky blog: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00E10AE5" w:rsidRPr="003D1EC7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://clsbluesky.law.columbia.edu/2018/10/18/how-institutional-ownership-affects-insider-trading/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004715B4" w:rsidRDefault="004715B4" w:rsidP="004715B4">
-[...6 lines deleted...]
-    <w:p w:rsidR="00E2272A" w:rsidRPr="00E2272A" w:rsidRDefault="00E2272A" w:rsidP="004715B4">
+    <w:p w14:paraId="16AC0EFB" w14:textId="77777777" w:rsidR="004715B4" w:rsidRDefault="004715B4" w:rsidP="004715B4">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61C77C16" w14:textId="77777777" w:rsidR="00E2272A" w:rsidRPr="00E2272A" w:rsidRDefault="00E2272A" w:rsidP="004715B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E2272A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Capitalization of In-Process Research and Development under SFAS 141R and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E2272A" w:rsidRPr="002B465E" w:rsidRDefault="00E2272A" w:rsidP="00E2272A">
+    <w:p w14:paraId="3CF04E14" w14:textId="77777777" w:rsidR="00E2272A" w:rsidRPr="002B465E" w:rsidRDefault="00E2272A" w:rsidP="00E2272A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E2272A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Information Asymmetry”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with </w:t>
       </w:r>
       <w:r>
         <w:t>Hyeesoo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> H. Chung (CSU Long Beach), </w:t>
@@ -1413,64 +1479,64 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002B465E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1111/1911-3846.12508</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E2272A" w:rsidRDefault="00E2272A" w:rsidP="00E2272A">
+    <w:p w14:paraId="69F0394B" w14:textId="77777777" w:rsidR="00E2272A" w:rsidRDefault="00E2272A" w:rsidP="00E2272A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E272F3" w:rsidRDefault="00E272F3" w:rsidP="00E2272A">
+    <w:p w14:paraId="3FD2DEE4" w14:textId="77777777" w:rsidR="00E272F3" w:rsidRDefault="00E272F3" w:rsidP="00E2272A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Financial Distress </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Risk and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1517,61 +1583,61 @@
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1287/mnsc.2014.2146</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E272F3" w:rsidRDefault="00E272F3" w:rsidP="00E272F3">
+    <w:p w14:paraId="17BDB935" w14:textId="77777777" w:rsidR="00E272F3" w:rsidRDefault="00E272F3" w:rsidP="00E272F3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E272F3" w:rsidRDefault="00E272F3" w:rsidP="002B465E">
+    <w:p w14:paraId="6476DAB4" w14:textId="77777777" w:rsidR="00E272F3" w:rsidRDefault="00E272F3" w:rsidP="002B465E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009106A1">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>“D</w:t>
       </w:r>
       <w:r w:rsidRPr="009106A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Malgun Gothic"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">irectors’ and Officers’ Legal </w:t>
       </w:r>
       <w:r w:rsidRPr="009106A1">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Liability Insurance, Audit Pricing, and Litigation Risk</w:t>
       </w:r>
@@ -1600,61 +1666,61 @@
         <w:t>Journal of Accounting and Public Policy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00042DC2">
         <w:t>34 (2015), 551-577</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jaccpubpol.2015.05.009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002B465E" w:rsidRPr="00CF34D6" w:rsidRDefault="002B465E" w:rsidP="002B465E">
+    <w:p w14:paraId="3EB10AED" w14:textId="77777777" w:rsidR="002B465E" w:rsidRPr="00CF34D6" w:rsidRDefault="002B465E" w:rsidP="002B465E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00E272F3">
+    <w:p w14:paraId="28FCF047" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00E272F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Incentives of Compensation Consultants and CEO Pay” </w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -1719,62 +1785,62 @@
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D35CE8" w:rsidRPr="002B465E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="002B465E" w:rsidRPr="002B465E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jacceco.2009.03.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="0A9AA6E4" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6A013D29" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Effect of Earnings Surprises on Information Asymmetry” </w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1802,62 +1868,62 @@
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 47, No. 3 (June 2009), 208-225.</w:t>
       </w:r>
       <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jacceco.2008.12.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="4C9440E9" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6E8AFD83" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“How Disclosure Quality Affects the Level of Information Asymmetry” </w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1890,62 +1956,62 @@
       </w:r>
       <w:r w:rsidR="00A85E79">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://link.springer.com/article/10.1007/s11142-007-9032-5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="652C86BE" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990" w:firstLine="450"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="783A2679" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Conference Calls and Information Asymmetry” </w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stephen Brown</w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
@@ -1974,58 +2040,58 @@
         <w:t>, vol. 37, No. 3 (August 2004), 343-366.</w:t>
       </w:r>
       <w:r w:rsidR="00D35CE8" w:rsidRPr="00D35CE8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
         <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
           <w:rPr>
             <w:rStyle w:val="anchor-text"/>
             <w:color w:val="1F1F1F"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.jacceco.2004.02.001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="009C2167" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D35CE8">
+    <w:p w14:paraId="69E2EF08" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F90882" w14:textId="77777777" w:rsidR="009C2167" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D35CE8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Assessing the Probability of Bankruptcy” </w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by Stephen Hillegeist, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2054,59 +2120,59 @@
       </w:r>
       <w:r w:rsidR="00D35CE8" w:rsidRPr="00D35CE8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://link.springer.com/article/10.1023/B:RAST.0000013627.90884.b7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A85E79" w:rsidRPr="00A85E79">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="004E25D0">
-[...7 lines deleted...]
-    <w:p w:rsidR="00CF34D6" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="004E25D0">
+    <w:p w14:paraId="09C82DB5" w14:textId="77777777" w:rsidR="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="004E25D0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F8E415C" w14:textId="77777777" w:rsidR="00CF34D6" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="004E25D0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reprinted in: </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Credit Risk: Models and Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53BEE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -2126,58 +2192,58 @@
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed</w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ition</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Edited by David Shimko. Risk Books, 2004.</w:t>
       </w:r>
       <w:r w:rsidR="00CF34D6" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00E6066C" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6F6E40A2" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73B27B5D" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00E6066C" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Financial Reporting and Auditing Under Alternati</w:t>
       </w:r>
       <w:r w:rsidR="009C2167" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ve Damage Apportionment Rules” by Stephen Hillegeist. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Accounting Review</w:t>
       </w:r>
@@ -2201,721 +2267,757 @@
       </w:r>
       <w:r w:rsidR="00E6066C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E6066C" w:rsidRPr="00E6066C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="22"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.2308/accr.1999.74.3.347</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C10D30">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="00042D80" w:rsidRPr="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="00D62541">
+    <w:p w14:paraId="21338A02" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="514245DE" w14:textId="77777777" w:rsidR="00042D80" w:rsidRPr="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="00042D80" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>orking papers</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00042D80" w:rsidRPr="00CF34D6" w:rsidRDefault="00042D80" w:rsidP="00D62541">
+    <w:p w14:paraId="767F3900" w14:textId="77777777" w:rsidR="00042D80" w:rsidRPr="00CF34D6" w:rsidRDefault="00042D80" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002D2E33" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
+    <w:p w14:paraId="09BAAFA9" w14:textId="1A1BB7CC" w:rsidR="002D2E33" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk126929132"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Role of Employees as Information Intermediaries: Evidence from their Professional Connections” with Lyungmae Choi (City University of Hong Kong) and DuckKi Cho (Peking University HSBC Business School). </w:t>
       </w:r>
+      <w:r w:rsidR="00FE7E5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Under</w:t>
+      </w:r>
       <w:r w:rsidR="00855BD3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revising for </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00621FF9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>third</w:t>
       </w:r>
       <w:r w:rsidR="00855BD3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> round submission at</w:t>
+        <w:t xml:space="preserve"> round </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r w:rsidR="00855BD3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Accounting Review</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Featured in The FinReg Blog at Duke University (</w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="1155CC"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://tinyurl.com/44rd5bc5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D2E33" w:rsidRPr="0017076A" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
-[...6 lines deleted...]
-    <w:p w:rsidR="0033425D" w:rsidRPr="0033425D" w:rsidRDefault="0033425D" w:rsidP="0033425D">
+    <w:p w14:paraId="59F1A735" w14:textId="77777777" w:rsidR="002D2E33" w:rsidRPr="0017076A" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26A87AAA" w14:textId="586EDDCF" w:rsidR="0033425D" w:rsidRPr="00FE7E5C" w:rsidRDefault="0033425D" w:rsidP="0033425D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00443B06">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Financial Reporting Frequency and Managerial Learning from Stock Price</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” with Asad Kausar (American University), Arthur Kraft (Cass Business School), and You-il Park (University of Hawaii). </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0033425D" w:rsidRDefault="0033425D" w:rsidP="0033425D">
+      <w:r w:rsidR="00FE7E5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under second round review at </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E5C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Accounting and Public Policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7E5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2876A081" w14:textId="77777777" w:rsidR="0033425D" w:rsidRDefault="0033425D" w:rsidP="0033425D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E595B" w:rsidRPr="003D1EC7" w:rsidRDefault="007E595B" w:rsidP="0033425D">
+    <w:p w14:paraId="69F8390C" w14:textId="77777777" w:rsidR="007E595B" w:rsidRPr="003D1EC7" w:rsidRDefault="007E595B" w:rsidP="0033425D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00E2272A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reducing Short Selling Constraints and Investment-Stock Price Sensitivity: Theory and Evidence</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” with </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2272A">
         <w:rPr>
           <w:rFonts w:eastAsia="Malgun Gothic"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>Tae Wook Kim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Malgun Gothic"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (University of Hong Kong) and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You-il (Chris) Park, University of Hawaii.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E2A5D" w:rsidRDefault="008E2A5D" w:rsidP="008E2A5D">
+    <w:p w14:paraId="72B1666F" w14:textId="77777777" w:rsidR="008E2A5D" w:rsidRDefault="008E2A5D" w:rsidP="008E2A5D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00C95E6B" w:rsidRDefault="00CF34D6" w:rsidP="00C95E6B">
+    <w:p w14:paraId="1AB3B1CE" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00C95E6B" w:rsidRDefault="00CF34D6" w:rsidP="00C95E6B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C95E6B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Work in progress:</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00C95E6B">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00492FC7" w:rsidRPr="0025726F" w:rsidRDefault="00492FC7" w:rsidP="00F8155F">
-[...6 lines deleted...]
-    <w:p w:rsidR="002D2E33" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
+    <w:p w14:paraId="7AB8DA83" w14:textId="77777777" w:rsidR="00492FC7" w:rsidRPr="0025726F" w:rsidRDefault="00492FC7" w:rsidP="00F8155F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A3DA03" w14:textId="77777777" w:rsidR="002D2E33" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk126929506"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk70256917"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Using Machine Learning to Predict Earnings at Loss Firms</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>” with Lyungmae Choi (City University of Hong Kong), and Lucile Faurel (ASU).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D2E33" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
+    <w:p w14:paraId="48EF79D5" w14:textId="77777777" w:rsidR="002D2E33" w:rsidRDefault="002D2E33" w:rsidP="002D2E33">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009640C3" w:rsidRDefault="009640C3" w:rsidP="002D2E33">
+    <w:p w14:paraId="2621CAEE" w14:textId="77777777" w:rsidR="009640C3" w:rsidRDefault="009640C3" w:rsidP="002D2E33">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025726F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="0025726F" w:rsidRPr="0025726F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Riskiness of Expected Earnings and Auditing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” with </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8155F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Woo-Jin Chang </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(HEC)</w:t>
       </w:r>
       <w:r w:rsidR="00BF0AFC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04448" w:rsidRDefault="00B04448" w:rsidP="002D2E33">
-[...6 lines deleted...]
-    <w:p w:rsidR="00B04448" w:rsidRDefault="00BF0AFC" w:rsidP="002D2E33">
+    <w:p w14:paraId="7972CB2C" w14:textId="77777777" w:rsidR="00B04448" w:rsidRDefault="00B04448" w:rsidP="002D2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43E95876" w14:textId="77777777" w:rsidR="00B04448" w:rsidRDefault="00BF0AFC" w:rsidP="002D2E33">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="004A1C36">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Innovative </w:t>
       </w:r>
       <w:r w:rsidR="00B04448">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Disruption and Earnings Management</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>” with Liwei Weng (Hong Kong Polytechnic University).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04448" w:rsidRDefault="00B04448" w:rsidP="002D2E33">
-[...6 lines deleted...]
-    <w:p w:rsidR="002F7C56" w:rsidRDefault="002F7C56" w:rsidP="002F7C56">
+    <w:p w14:paraId="69F37BE9" w14:textId="77777777" w:rsidR="00B04448" w:rsidRDefault="00B04448" w:rsidP="002D2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CE579B4" w14:textId="77777777" w:rsidR="002F7C56" w:rsidRDefault="002F7C56" w:rsidP="002F7C56">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Innovative Disruption and Analysts” with Artur Hugon (ASU) and Liwei Weng (Hong Kong Polytechnic University).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F7C56" w:rsidRDefault="002F7C56" w:rsidP="002D2E33">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="00D62541">
+    <w:p w14:paraId="4A7AC2FC" w14:textId="77777777" w:rsidR="002F7C56" w:rsidRDefault="002F7C56" w:rsidP="002D2E33">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="62971A28" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00CF34D6" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Non-published papers:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="007E2002" w:rsidRDefault="007E2002" w:rsidP="00D62541">
+    <w:p w14:paraId="59D35DDA" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC44E90" w14:textId="77777777" w:rsidR="007E2002" w:rsidRDefault="007E2002" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“The Effects of Decoupling Damage Awards on Financial Reporting and Auditing</w:t>
       </w:r>
       <w:r w:rsidR="00DC1895">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC1895" w:rsidRPr="00CF34D6" w:rsidRDefault="00DC1895" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="3206A00A" w14:textId="77777777" w:rsidR="00DC1895" w:rsidRPr="00CF34D6" w:rsidRDefault="00DC1895" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43365C2D" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Management Forecasts and Litigation Risk” </w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by Stephen</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Brown</w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Stephen Hillegeist,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Kin Lo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="177AFB33" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="640386A0" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Stock-Option Incentives and Firm Performance” </w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by Stephen Hillegeist and </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:kern w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fernando Penalva.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00BE5A25">
+    <w:p w14:paraId="7650A3AE" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EA43836" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00BE5A25">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Economic Consequences of a Mandatory Increase is Disclosure Frequency: The Case of Singapore” </w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by Stephen Hillegeist and</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Shyam Sunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="4D0D159B" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="0A02B8AC" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00CF34D6" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“Regulation FD and Voluntary Disclosures” </w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Stephen Brown</w:t>
       </w:r>
       <w:r w:rsidR="00E13011" w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Stephen Hillegeist,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Kin Lo.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F8155F" w:rsidRDefault="00F8155F" w:rsidP="00F8155F">
-[...6 lines deleted...]
-    <w:p w:rsidR="00F8155F" w:rsidRDefault="00F8155F" w:rsidP="00F8155F">
+    <w:p w14:paraId="25735E66" w14:textId="77777777" w:rsidR="00F8155F" w:rsidRDefault="00F8155F" w:rsidP="00F8155F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F94692" w14:textId="77777777" w:rsidR="00F8155F" w:rsidRDefault="00F8155F" w:rsidP="00F8155F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>How the Stock Market responds to the Tone in Analyst Reports</w:t>
       </w:r>
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Steven Monahan, Benjamin Segal, and Eric Weisbrod. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D33E7" w:rsidRDefault="001D33E7" w:rsidP="00F8155F">
-[...6 lines deleted...]
-    <w:p w:rsidR="001D33E7" w:rsidRDefault="001D33E7" w:rsidP="001D33E7">
+    <w:p w14:paraId="57152EDF" w14:textId="77777777" w:rsidR="001D33E7" w:rsidRDefault="001D33E7" w:rsidP="00F8155F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B40710" w14:textId="77777777" w:rsidR="001D33E7" w:rsidRDefault="001D33E7" w:rsidP="001D33E7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C95E6B">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Earnings Management to avoid Debt Covenant Violations</w:t>
       </w:r>
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r>
@@ -2939,154 +3041,154 @@
       <w:r w:rsidRPr="00722F8A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> an</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d Fernando Penalva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (IESE)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF34D6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D33E7" w:rsidRDefault="001D33E7" w:rsidP="00F8155F">
-[...6 lines deleted...]
-    <w:p w:rsidR="005F70F9" w:rsidRPr="005F70F9" w:rsidRDefault="005F70F9" w:rsidP="005F70F9">
+    <w:p w14:paraId="2F7FD9CA" w14:textId="77777777" w:rsidR="001D33E7" w:rsidRDefault="001D33E7" w:rsidP="00F8155F">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56D2E037" w14:textId="77777777" w:rsidR="005F70F9" w:rsidRPr="005F70F9" w:rsidRDefault="005F70F9" w:rsidP="005F70F9">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F70F9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">“General Managerial Skills and External Communication Ability” with Jenny Brown (ASU), Claudia Custodio (NOVA) and Eugenia Yeh (ASU). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F70F9" w:rsidRPr="005F70F9" w:rsidRDefault="005F70F9" w:rsidP="005F70F9">
-[...6 lines deleted...]
-    <w:p w:rsidR="005F70F9" w:rsidRDefault="005F70F9" w:rsidP="005F70F9">
+    <w:p w14:paraId="72F082E8" w14:textId="77777777" w:rsidR="005F70F9" w:rsidRPr="005F70F9" w:rsidRDefault="005F70F9" w:rsidP="005F70F9">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FDAF1D3" w14:textId="77777777" w:rsidR="005F70F9" w:rsidRDefault="005F70F9" w:rsidP="005F70F9">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F70F9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Competition and Tax Avoidance Activities” with Jenny Brown (ASU), Claudia Custodio (NOVA), and Eugenia Yeh (ASU).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4954" w:rsidRDefault="000F4954" w:rsidP="005F70F9">
-[...6 lines deleted...]
-    <w:p w:rsidR="000F4954" w:rsidRDefault="000F4954" w:rsidP="000F4954">
+    <w:p w14:paraId="5D7BE2B9" w14:textId="77777777" w:rsidR="000F4954" w:rsidRDefault="000F4954" w:rsidP="005F70F9">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74B5C073" w14:textId="77777777" w:rsidR="000F4954" w:rsidRDefault="000F4954" w:rsidP="000F4954">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Earnings Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00042978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> across the Macro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00042978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Economic Cycle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” with </w:t>
       </w:r>
       <w:r w:rsidRPr="00E272F3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>An-Ping Lin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Singapore Management University). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E2A5D" w:rsidRDefault="008E2A5D" w:rsidP="000F4954">
-[...6 lines deleted...]
-    <w:p w:rsidR="008E2A5D" w:rsidRDefault="008E2A5D" w:rsidP="008E2A5D">
+    <w:p w14:paraId="7BA4F588" w14:textId="77777777" w:rsidR="008E2A5D" w:rsidRDefault="008E2A5D" w:rsidP="000F4954">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="026C690E" w14:textId="77777777" w:rsidR="008E2A5D" w:rsidRDefault="008E2A5D" w:rsidP="008E2A5D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00042978">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Analysts’ Monitoring Incentives across the Macro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00042978">
         <w:rPr>
@@ -3103,58 +3205,58 @@
       <w:r w:rsidRPr="00E272F3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dan Dhaliwal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (University of Arizona) and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E272F3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>An-Ping Lin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Singapore Management University).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F4954" w:rsidRDefault="000F4954" w:rsidP="000F4954">
-[...6 lines deleted...]
-    <w:p w:rsidR="00BC3635" w:rsidRDefault="00F41CD0">
+    <w:p w14:paraId="1407014D" w14:textId="77777777" w:rsidR="000F4954" w:rsidRDefault="000F4954" w:rsidP="000F4954">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BC997D3" w14:textId="77777777" w:rsidR="00BC3635" w:rsidRDefault="00F41CD0">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1895">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Principles vs. Rules and the information environment: the case of SFAS 95</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r>
@@ -3172,1618 +3274,1618 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (University of Maryland)</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Steven Orpurt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ASU)</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED10EF" w:rsidRDefault="00ED10EF" w:rsidP="00ED10EF">
-[...6 lines deleted...]
-    <w:p w:rsidR="00ED10EF" w:rsidRDefault="00ED10EF" w:rsidP="00ED10EF">
+    <w:p w14:paraId="2FD27AFB" w14:textId="77777777" w:rsidR="00ED10EF" w:rsidRDefault="00ED10EF" w:rsidP="00ED10EF">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C4B671" w14:textId="77777777" w:rsidR="00ED10EF" w:rsidRDefault="00ED10EF" w:rsidP="00ED10EF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00492FC7">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“Quasi-indexer Ownership and Conditional Conservatism:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00492FC7">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quasi-experimental Evidence</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>” with Liwei Weng (Hong Kong Polytechnic University) and Fernando Penalva (IESE).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F41CD0" w:rsidRDefault="00F41CD0">
+    <w:p w14:paraId="6D97DCEC" w14:textId="77777777" w:rsidR="00F41CD0" w:rsidRDefault="00F41CD0">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96B94" w:rsidRDefault="00E96B94">
+    <w:p w14:paraId="76033BB3" w14:textId="77777777" w:rsidR="00E96B94" w:rsidRDefault="00E96B94">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Case Study:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC1895" w:rsidRDefault="00DC1895">
+    <w:p w14:paraId="75162681" w14:textId="77777777" w:rsidR="00DC1895" w:rsidRDefault="00DC1895">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E96B94" w:rsidRDefault="00E96B94">
+    <w:p w14:paraId="6DD01307" w14:textId="77777777" w:rsidR="00E96B94" w:rsidRDefault="00E96B94">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Keystone Technologies: Testing and Packaging Operations,” INSEAD 2010. European Case Clearing House reference 5716.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E96B94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Includes associated </w:t>
       </w:r>
       <w:r w:rsidRPr="00E96B94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teaching note</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ECCH reference 5716(TN).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B0F3B" w:rsidRDefault="006B0F3B" w:rsidP="00D23999">
+    <w:p w14:paraId="6276F099" w14:textId="77777777" w:rsidR="006B0F3B" w:rsidRDefault="006B0F3B" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRPr="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="07F8FD92" w14:textId="77777777" w:rsidR="00D23999" w:rsidRPr="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Presentations at research s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eminars:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="7624714C" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1F42" w:rsidRDefault="00DA1F42" w:rsidP="00D23999">
+    <w:p w14:paraId="6F1B77B4" w14:textId="77777777" w:rsidR="00DA1F42" w:rsidRDefault="00DA1F42" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Australia National University (Australia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="0BCC216A" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carnegie Mellon University </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="312A9E13" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chinese University of Hong Kong (China)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="4AFF0C14" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">City University of New York – Baruch College (3)) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="357F388D" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Columbia University </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="6CA95887" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dartmouth College</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="37B6350B" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emory University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="641DC687" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erasmus University (Netherlands)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A23253" w:rsidRDefault="00A23253" w:rsidP="00D23999">
+    <w:p w14:paraId="65561995" w14:textId="77777777" w:rsidR="00A23253" w:rsidRDefault="00A23253" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Florida Atlantic University</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="33206297" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Florida State University</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="7C72FF30" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Georgia State University </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="62B4C773" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hong Kong University of Science and Technology (China)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051B3E" w:rsidRDefault="00051B3E" w:rsidP="00D23999">
+    <w:p w14:paraId="4C548016" w14:textId="77777777" w:rsidR="00051B3E" w:rsidRDefault="00051B3E" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indiana University (Bloomington)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="60C2A8C0" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Indiana University Purdue University Indianapolis </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="26D0C902" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD (</w:t>
       </w:r>
       <w:r w:rsidR="004F670A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>) (France</w:t>
       </w:r>
       <w:r w:rsidR="004F670A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Singapore</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="32BC23D9" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>London Business School (United Kingdom)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="76B818AA" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mannheim University (Germany)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
+    <w:p w14:paraId="0F9733FD" w14:textId="77777777" w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Monash University (Australia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00D23999">
+    <w:p w14:paraId="36B218B3" w14:textId="77777777" w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nanyang Technological University (Singapore)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00D23999">
+    <w:p w14:paraId="696A4FCF" w14:textId="77777777" w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National University of Singapore</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="2E84AEAA" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="332D69E7" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Northwestern University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004C1039">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="70449AF5" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ohio State University </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="12F99341" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Purdue University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
+    <w:p w14:paraId="0B92EDF9" w14:textId="77777777" w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Singapore Management University (Singapore) (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="1EC01644" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Southern Methodist University (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="4A22FA01" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Stanford University</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="3ADDE742" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tilburg University (Netherlands)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
+    <w:p w14:paraId="6DFDA238" w14:textId="77777777" w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Adelaide (Australia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="364536FB" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Arizona </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
+    <w:p w14:paraId="185AFFBF" w14:textId="77777777" w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Auckland (New Zealand)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="7611FD94" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of British Columbia </w:t>
       </w:r>
       <w:r w:rsidR="004C1039">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Canada)</w:t>
       </w:r>
       <w:r w:rsidR="00990A29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="2B3A03A3" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of California at Berkeley</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="6BAA5B34" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of California at Davis </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="0179D5AD" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Chicago</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="3A070406" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Colorado at Boulder </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="3A321A2C" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Florida </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="2F22CD92" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Houston</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="65352DBB" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Illinois at Chicago</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="44285B04" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Illinois at Urbana-Champaign </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
+    <w:p w14:paraId="5B387A80" w14:textId="77777777" w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Melbourne (Australia) (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F670A" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="20C0565F" w14:textId="77777777" w:rsidR="004F670A" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Michigan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="004F670A" w:rsidP="00D23999">
+    <w:p w14:paraId="0DBE3423" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="004F670A" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of New South Wales (Australia)</w:t>
       </w:r>
       <w:r w:rsidR="00D23999" w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="54E2C9FA" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Notre Dame</w:t>
       </w:r>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
+    <w:p w14:paraId="1B6B5C8E" w14:textId="77777777" w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Otago (New Zealand)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
+    <w:p w14:paraId="00CA7A2C" w14:textId="77777777" w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Queensland (Australia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="72BDA181" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Rochester</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="6FE9C28E" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Pennsylvania</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
+    <w:p w14:paraId="75D9AE27" w14:textId="77777777" w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Sydney (</w:t>
       </w:r>
       <w:r w:rsidR="00DA1F42">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Australia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
+    <w:p w14:paraId="3AFB1603" w14:textId="77777777" w:rsidR="004F670A" w:rsidRDefault="004F670A" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Tasmania (Australia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="4D885711" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Texas at Dallas (2) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="02810930" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Toronto (2)</w:t>
       </w:r>
       <w:r w:rsidR="004C1039">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Canada)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
+    <w:p w14:paraId="2B4A1A08" w14:textId="77777777" w:rsidR="007431F5" w:rsidRDefault="007431F5" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Western Australia (Australia)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
+    <w:p w14:paraId="54D56319" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="00D23999">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Washington University in St. Louis (2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="008E4D10">
+    <w:p w14:paraId="19479DC9" w14:textId="77777777" w:rsidR="00D23999" w:rsidRDefault="00D23999" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00D23999" w:rsidRDefault="00D23999" w:rsidP="008E4D10">
+    <w:p w14:paraId="6B7CEA7B" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00D23999" w:rsidRDefault="00D23999" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Presentations at Co</w:t>
       </w:r>
       <w:r w:rsidR="008E4D10" w:rsidRPr="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nference</w:t>
       </w:r>
       <w:r w:rsidRPr="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006930AD" w:rsidRDefault="007A157F" w:rsidP="00BF0AFC">
+    <w:p w14:paraId="323C4EF2" w14:textId="77777777" w:rsidR="006930AD" w:rsidRDefault="007A157F" w:rsidP="00BF0AFC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">American Finance </w:t>
       </w:r>
       <w:r w:rsidR="006930AD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Association Annual Meeting, San Antonio, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF0AFC" w:rsidRDefault="00BF0AFC" w:rsidP="00BF0AFC">
+    <w:p w14:paraId="4EAD60DF" w14:textId="77777777" w:rsidR="00BF0AFC" w:rsidRDefault="00BF0AFC" w:rsidP="00BF0AFC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting, Denver, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006930AD" w:rsidRDefault="006930AD" w:rsidP="00BF0AFC">
+    <w:p w14:paraId="6C6A255F" w14:textId="77777777" w:rsidR="006930AD" w:rsidRDefault="006930AD" w:rsidP="00BF0AFC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hawaii Accounting Research Conference, Honolulu, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E7FCC" w:rsidRDefault="000E7FCC" w:rsidP="000E7FCC">
+    <w:p w14:paraId="3F28AFF6" w14:textId="77777777" w:rsidR="000E7FCC" w:rsidRDefault="000E7FCC" w:rsidP="000E7FCC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting, San Diego, 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A640F" w:rsidRDefault="003A640F" w:rsidP="003A640F">
+    <w:p w14:paraId="16F3535A" w14:textId="77777777" w:rsidR="003A640F" w:rsidRDefault="003A640F" w:rsidP="003A640F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU-University of Arizona Accounting Research Conference, Tucson, 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00331ACF" w:rsidRDefault="00331ACF" w:rsidP="008E4D10">
+    <w:p w14:paraId="0FD15527" w14:textId="77777777" w:rsidR="00331ACF" w:rsidRDefault="00331ACF" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Review of Accounting Studies Conference, Barcelona, Spain, invited discussant, 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00660D55" w:rsidRDefault="00660D55" w:rsidP="008E4D10">
+    <w:p w14:paraId="6CBC6825" w14:textId="77777777" w:rsidR="00660D55" w:rsidRDefault="00660D55" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU-University of Arizona Accounting Research Conference, Tempe, 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1F42" w:rsidRDefault="00DA1F42" w:rsidP="008E4D10">
+    <w:p w14:paraId="12F44F60" w14:textId="77777777" w:rsidR="00DA1F42" w:rsidRDefault="00DA1F42" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UTS Summer Accounting Conference, Australia</w:t>
       </w:r>
       <w:r w:rsidR="00331ACF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007431F5" w:rsidRDefault="00944BF4" w:rsidP="008E4D10">
+    <w:p w14:paraId="4195DA23" w14:textId="77777777" w:rsidR="007431F5" w:rsidRDefault="00944BF4" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Accounting and Finance Association of Australia and New Zealand (AFAANZ) Annual Meeting, </w:t>
       </w:r>
       <w:r w:rsidR="007431F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gold Coast, Australia</w:t>
       </w:r>
       <w:r w:rsidR="00331ACF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2016</w:t>
       </w:r>
       <w:r w:rsidR="007431F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (presented 1 paper, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>discussant</w:t>
       </w:r>
       <w:r w:rsidR="007431F5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C118CF" w:rsidRDefault="00C118CF" w:rsidP="008E4D10">
+    <w:p w14:paraId="2CDE3666" w14:textId="77777777" w:rsidR="00C118CF" w:rsidRDefault="00C118CF" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association Annual Meeting, Washington DC, 2012 (presented 2 papers, discussant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="009E20B8" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="63D9BE0B" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="009E20B8" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association Annual Meeting, New York City, 2009 (discussant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA1F42" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="335CA7C7" w14:textId="77777777" w:rsidR="00DA1F42" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting, Anaheim, 2008</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="049D59D5" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>London Business School Accounting Symposium, London, 2008</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="238C005F" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association FARS Midyear Meeting, Phoenix, 2008 (discussant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="4CF6F4A2" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting, Chicago, 2007</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="3913C691" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting, Washington, DC, 2006 (discussant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="46B568BD" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EAISM VII Workshop on Accounting and Economics, Bergen, Norway, 2006</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00A362D6" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="3880001D" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00A362D6" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A362D6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contemporary Issues in Capital Markets &amp;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Financial Economics Conference, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A362D6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cyprus, 2006</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="21913021" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4796,574 +4898,574 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>San Francisco,</w:t>
       </w:r>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 200</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="59F0226D" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Winter Accounting Conference, Salt Lake City, 2005 (discussant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="6C659187" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association FARS Midyear Meeting, San Diego, 2005</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="0F8CD165" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Orlando, 2004</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="2849D228" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, San Antonio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2002</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="3310006E" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C.R.E.D.I.T. Conference on Assessing the Risk of Corporate Default, Venice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Italy, 2002</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="07ED42C6" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Midwest Region Meeting, Milwaukee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2002</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="34274BFF" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Accounting Association</w:t>
       </w:r>
       <w:r w:rsidRPr="009E20B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Annual Meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Philadelphia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2000 (discussant)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="629B339A" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Symposium of Audit Research, Sydney</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Australia, 1998</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="77177D19" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00336296" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00336296">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>European Accounting Association Doctoral Consortium, Antwerp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Belgium, 1998</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
-[...7 lines deleted...]
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00D23999" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="5B272656" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07F68DA2" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00D23999" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
       <w:r w:rsidR="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invitation</w:t>
       </w:r>
       <w:r w:rsidRPr="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00377381">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00377381" w:rsidRPr="00377381">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(each multiple times)</w:t>
       </w:r>
       <w:r w:rsidR="00D23999">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="18A431E8" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contemporary Accounting Research Conference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="6E1B51A4" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Accounting and Economics Conference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="291801E8" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Journal of Accounting Research Conference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="190DE88A" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">London School of Business Accounting Symposium </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="459EC602" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Review of Accounting Studies Conference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+    <w:p w14:paraId="771F0654" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Utah Winter Accounting Conference</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E4D10" w:rsidRPr="00042D80" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
-[...7 lines deleted...]
-    <w:p w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="7C42A8EB" w14:textId="77777777" w:rsidR="008E4D10" w:rsidRPr="00042D80" w:rsidRDefault="008E4D10" w:rsidP="008E4D10">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2457287F" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">TEACHING </w:t>
       </w:r>
       <w:r w:rsidR="00121C8D" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and advising</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="3EB963FB" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRPr="00BD14CA" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
+    <w:p w14:paraId="693D77D6" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRPr="00BD14CA" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Masters and Executive Teaching</w:t>
       </w:r>
       <w:r w:rsidR="00691BCA" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRPr="00BD14CA" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
+    <w:p w14:paraId="762B3CE8" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRPr="00BD14CA" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="007E2002" w:rsidP="00D62541">
+    <w:p w14:paraId="73CC8D42" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="007E2002" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arizona State University, </w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W.P. Carey School of Business, School of Accountancy</w:t>
       </w:r>
       <w:r w:rsidR="00A15D22">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2010 – present)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="09541C49" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="7ACDC102" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managerial Accounting:</w:t>
       </w:r>
       <w:r w:rsidR="007E2002" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Daytime</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5383,553 +5485,553 @@
       <w:r w:rsidR="00121C8D" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>program</w:t>
       </w:r>
       <w:r w:rsidR="00B422BE" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00BF0AFC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2011 - present</w:t>
       </w:r>
       <w:r w:rsidR="00B422BE" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
+    <w:p w14:paraId="4272552D" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managerial Accounting: Executive MBA program</w:t>
       </w:r>
       <w:r w:rsidR="00B422BE" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00BF0AFC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2011 - present</w:t>
       </w:r>
       <w:r w:rsidR="00B422BE" w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1F1A" w:rsidRDefault="004D1F1A" w:rsidP="00D62541">
+    <w:p w14:paraId="373A651B" w14:textId="77777777" w:rsidR="004D1F1A" w:rsidRDefault="004D1F1A" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Intrafirm Analytics for Decision Making: EGADE-ASU Executive MBA program</w:t>
       </w:r>
       <w:r w:rsidR="00F86EB5">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021</w:t>
       </w:r>
       <w:r w:rsidR="00BF0AFC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2023</w:t>
       </w:r>
       <w:r w:rsidR="00F86EB5">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E01205" w:rsidRDefault="00F86EB5" w:rsidP="00D62541">
+    <w:p w14:paraId="56459AC5" w14:textId="77777777" w:rsidR="00E01205" w:rsidRDefault="00F86EB5" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Basics of </w:t>
       </w:r>
       <w:r w:rsidR="00E01205">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managerial Accounting: Masters in Business Journalism</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> program (2020-2021)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F86EB5" w:rsidRDefault="00F86EB5" w:rsidP="00D62541">
+    <w:p w14:paraId="474F48DD" w14:textId="77777777" w:rsidR="00F86EB5" w:rsidRDefault="00F86EB5" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fundamentals of Managerial Accounting: Masters of Management program (2021-2022)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00180C6F" w:rsidRDefault="00180C6F" w:rsidP="00D62541">
+    <w:p w14:paraId="47AB2332" w14:textId="77777777" w:rsidR="00180C6F" w:rsidRDefault="00180C6F" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PhD Seminar in Capital Markets (2013)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D65B82" w:rsidRDefault="00F8155F" w:rsidP="00D62541">
+    <w:p w14:paraId="0B7217FF" w14:textId="77777777" w:rsidR="00D65B82" w:rsidRDefault="00F8155F" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Executive Program for the Mayo Clinic (2015)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D65B82" w:rsidRDefault="00D65B82" w:rsidP="00D62541">
+    <w:p w14:paraId="330F5B84" w14:textId="77777777" w:rsidR="00D65B82" w:rsidRDefault="00D65B82" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Finalist for the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D65B82">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W. P. Carey Outstanding Graduate Teaching Award</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 2014.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00944BF4" w:rsidRDefault="00944BF4" w:rsidP="00D62541">
+    <w:p w14:paraId="6F36B489" w14:textId="77777777" w:rsidR="00944BF4" w:rsidRDefault="00944BF4" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD7A64" w:rsidRPr="00BD7A64" w:rsidRDefault="00944BF4" w:rsidP="00BD7A64">
+    <w:p w14:paraId="20B8E6F4" w14:textId="77777777" w:rsidR="00BD7A64" w:rsidRPr="00BD7A64" w:rsidRDefault="00944BF4" w:rsidP="00BD7A64">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University of Me</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7A64">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lbourn</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD7A64">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e, </w:t>
       </w:r>
       <w:r w:rsidR="00BD7A64" w:rsidRPr="00BD7A64">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Faculty of Business and Economics, Department of Accounting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00944BF4" w:rsidRPr="00BD7A64" w:rsidRDefault="00944BF4" w:rsidP="00BD7A64">
+    <w:p w14:paraId="7080E9CB" w14:textId="77777777" w:rsidR="00944BF4" w:rsidRPr="00BD7A64" w:rsidRDefault="00944BF4" w:rsidP="00BD7A64">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00701E28" w:rsidRDefault="00BD7A64" w:rsidP="00D62541">
+    <w:p w14:paraId="1C95F1B5" w14:textId="77777777" w:rsidR="00701E28" w:rsidRDefault="00BD7A64" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Strategic Cost Management, Masters level</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443B06" w:rsidRDefault="00443B06" w:rsidP="00D62541">
+    <w:p w14:paraId="3F666207" w14:textId="77777777" w:rsidR="00443B06" w:rsidRDefault="00443B06" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="55CB8600" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00BD14CA" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD14CA">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">INSEAD </w:t>
       </w:r>
       <w:r w:rsidR="00A15D22">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(2005 – 2010)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00190713" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="7BE09792" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00190713" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="008161F1" w:rsidP="00D62541">
+    <w:p w14:paraId="7223B99E" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="008161F1" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managerial Accounting M</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> program (</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>core)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="5F94CCB8" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Open Enrollment Executive Education Programs: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6A7EA574" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Achieving Outstanding Performance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="179E4196" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Inter Alpha Banking Program</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="2D46E74B" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Management Acceleration Program</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="1423ECE2" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management in the Humanitarian Sector</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="41435C43" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Social Entrepreneurship Program</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003511EF" w:rsidRDefault="003511EF" w:rsidP="00D62541">
+    <w:p w14:paraId="50375F17" w14:textId="77777777" w:rsidR="003511EF" w:rsidRDefault="003511EF" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="7747CCA5" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Company Specific Executive Programs:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="1882C73C" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Siegwerk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="6C2214D9" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Swire Group </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00190713" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="7286B0AE" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00190713" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00B422BE" w:rsidP="00D62541">
+    <w:p w14:paraId="3434FA20" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B93245" w:rsidRDefault="00B422BE" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Northwestern University, </w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B93245">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kellogg School of Management</w:t>
       </w:r>
       <w:r w:rsidR="00AF1121" w:rsidRPr="00B93245">
         <w:rPr>
@@ -5938,426 +6040,426 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15D22">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(199</w:t>
       </w:r>
       <w:r w:rsidR="00C17F34">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A15D22">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 2005)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRPr="00B93245" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
+    <w:p w14:paraId="6F6C5B4A" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRPr="00B93245" w:rsidRDefault="00121C8D" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008161F1" w:rsidRPr="00B93245" w:rsidRDefault="008161F1" w:rsidP="00D62541">
+    <w:p w14:paraId="2AF71288" w14:textId="77777777" w:rsidR="008161F1" w:rsidRPr="00B93245" w:rsidRDefault="008161F1" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Managerial Accounting: Fulltime </w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MBA</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> program</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008161F1" w:rsidRPr="00B93245" w:rsidRDefault="008161F1" w:rsidP="00D62541">
+    <w:p w14:paraId="638EAD91" w14:textId="77777777" w:rsidR="008161F1" w:rsidRPr="00B93245" w:rsidRDefault="008161F1" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Managerial Accounting: Evening MBA program (elective).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRDefault="00D62541" w:rsidP="00121C8D">
+    <w:p w14:paraId="73A57C6C" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRDefault="00D62541" w:rsidP="00121C8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Received 7 letters of commendation </w:t>
       </w:r>
       <w:r w:rsidR="00121C8D" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00B422BE" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">excellent </w:t>
       </w:r>
       <w:r w:rsidR="00121C8D" w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">teaching performance </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93245">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>from the Dean’s Office.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F694C" w:rsidRDefault="008F694C" w:rsidP="00121C8D">
+    <w:p w14:paraId="2EA338E4" w14:textId="77777777" w:rsidR="008F694C" w:rsidRDefault="008F694C" w:rsidP="00121C8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRPr="004C1039" w:rsidRDefault="00121C8D" w:rsidP="00121C8D">
+    <w:p w14:paraId="46CA4DD5" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRPr="004C1039" w:rsidRDefault="00121C8D" w:rsidP="00121C8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD Teaching and Advising</w:t>
       </w:r>
       <w:r w:rsidR="00691BCA" w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00121C8D" w:rsidRPr="004C1039" w:rsidRDefault="00121C8D" w:rsidP="00121C8D">
+    <w:p w14:paraId="5A18B766" w14:textId="77777777" w:rsidR="00121C8D" w:rsidRPr="004C1039" w:rsidRDefault="00121C8D" w:rsidP="00121C8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF1121" w:rsidRPr="004C1039" w:rsidRDefault="00AF1121" w:rsidP="00AF1121">
+    <w:p w14:paraId="0140A7CA" w14:textId="77777777" w:rsidR="00AF1121" w:rsidRPr="004C1039" w:rsidRDefault="00AF1121" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arizona State University, W.P. Carey School of Business, School of Accountancy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF1121" w:rsidRPr="004C1039" w:rsidRDefault="00AF1121" w:rsidP="00121C8D">
+    <w:p w14:paraId="28719ACB" w14:textId="77777777" w:rsidR="00AF1121" w:rsidRPr="004C1039" w:rsidRDefault="00AF1121" w:rsidP="00121C8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B7580B" w:rsidRDefault="00B7580B" w:rsidP="00AF1121">
+    <w:p w14:paraId="294C303F" w14:textId="77777777" w:rsidR="00B7580B" w:rsidRDefault="00B7580B" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PhD Course: ACC 791: Capital Markets Research (2013).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B7580B" w:rsidRDefault="00B7580B" w:rsidP="00AF1121">
+    <w:p w14:paraId="6AE39F56" w14:textId="77777777" w:rsidR="00B7580B" w:rsidRDefault="00B7580B" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00AF1121">
+    <w:p w14:paraId="3964A283" w14:textId="77777777" w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Co-Chairman of Dissertation Committee of Liwei Weng (2020). </w:t>
       </w:r>
       <w:r w:rsidR="00E01205">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Placed at Hong Kong Polytechnic University.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00AF1121">
+    <w:p w14:paraId="64BB4BFC" w14:textId="77777777" w:rsidR="002938D1" w:rsidRDefault="002938D1" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00AF1121">
+    <w:p w14:paraId="005EFEEF" w14:textId="77777777" w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chairman of Dissertation Committee of Lyungmae Choi (201</w:t>
       </w:r>
       <w:r w:rsidR="00A23253">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0083536C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Placed at City University Hong Kong.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00AF1121">
+    <w:p w14:paraId="5766B804" w14:textId="77777777" w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F1256" w:rsidRDefault="006F1256" w:rsidP="006F1256">
+    <w:p w14:paraId="1AAE5D34" w14:textId="77777777" w:rsidR="006F1256" w:rsidRDefault="006F1256" w:rsidP="006F1256">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chairman of Dissertation Committee of Margaret Kim (2017). Placed at California State University at Fullerton.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F1256" w:rsidRDefault="006F1256" w:rsidP="00283BEF">
+    <w:p w14:paraId="2E3A5D66" w14:textId="77777777" w:rsidR="006F1256" w:rsidRDefault="006F1256" w:rsidP="00283BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00283BEF" w:rsidRDefault="00CE571E" w:rsidP="00283BEF">
+    <w:p w14:paraId="101DCCCD" w14:textId="77777777" w:rsidR="00283BEF" w:rsidRDefault="00CE571E" w:rsidP="00283BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Co-Chairman of </w:t>
       </w:r>
       <w:r w:rsidR="00283BEF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dissertation Committee of An-Ping Lin (2015).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Placed at Singapore Management University.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00283BEF">
+    <w:p w14:paraId="62469788" w14:textId="77777777" w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00283BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A2C7C" w:rsidRDefault="007A2C7C" w:rsidP="007A2C7C">
+    <w:p w14:paraId="49302C0D" w14:textId="77777777" w:rsidR="007A2C7C" w:rsidRDefault="007A2C7C" w:rsidP="007A2C7C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Chairman of Dissertation Committee of Eugenia Yeh (2015). </w:t>
       </w:r>
       <w:r w:rsidR="008A5E13">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Did not pursue academic position.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00283BEF">
+    <w:p w14:paraId="5816BAEC" w14:textId="77777777" w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00283BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00283BEF">
+    <w:p w14:paraId="7B0DE585" w14:textId="77777777" w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00283BEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Co-Chairman of Dissertation Committee of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Laura Wellman</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (201</w:t>
@@ -6377,1282 +6479,1282 @@
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00CE571E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Place</w:t>
       </w:r>
       <w:r w:rsidR="006F1256">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00CE571E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the University of Illinois at Chicago.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00AF1121">
+    <w:p w14:paraId="5F2B0DD6" w14:textId="77777777" w:rsidR="00283BEF" w:rsidRDefault="00283BEF" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF1121" w:rsidRDefault="00AF1121" w:rsidP="00AF1121">
+    <w:p w14:paraId="11BEA196" w14:textId="77777777" w:rsidR="00AF1121" w:rsidRDefault="00AF1121" w:rsidP="00AF1121">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Co-Chairman of Dissertation Committee of Eric Weisbrod</w:t>
       </w:r>
       <w:r w:rsidR="00B422BE" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2012)</w:t>
       </w:r>
       <w:r w:rsidR="00B7580B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Placed at the University of Miami.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B7580B" w:rsidRDefault="00B7580B" w:rsidP="00B7580B">
+    <w:p w14:paraId="5949BEF9" w14:textId="77777777" w:rsidR="00B7580B" w:rsidRDefault="00B7580B" w:rsidP="00B7580B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00253ADD" w:rsidRDefault="00253ADD" w:rsidP="00253ADD">
+    <w:p w14:paraId="7D303B3B" w14:textId="77777777" w:rsidR="00253ADD" w:rsidRDefault="00253ADD" w:rsidP="00253ADD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dissertation Committee Member of Kuan-Chen Lin (2012)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Placed at Oregon State University.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443B06" w:rsidRDefault="00443B06" w:rsidP="00253ADD">
+    <w:p w14:paraId="3E5D5266" w14:textId="77777777" w:rsidR="00443B06" w:rsidRDefault="00443B06" w:rsidP="00253ADD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D5A60" w:rsidRDefault="008D5A60" w:rsidP="008D5A60">
+    <w:p w14:paraId="1D2EF896" w14:textId="77777777" w:rsidR="008D5A60" w:rsidRDefault="008D5A60" w:rsidP="008D5A60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Technology Sydney: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PhD Seminar in Capital Markets (2017)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5A60" w:rsidRPr="008D5A60" w:rsidRDefault="008D5A60" w:rsidP="00253ADD">
+    <w:p w14:paraId="2E034AB1" w14:textId="77777777" w:rsidR="008D5A60" w:rsidRPr="008D5A60" w:rsidRDefault="008D5A60" w:rsidP="00253ADD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B166B0">
+    <w:p w14:paraId="4F55249E" w14:textId="77777777" w:rsidR="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B166B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9540"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EXPERT WITNESS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE571E" w:rsidRPr="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B166B0">
+    <w:p w14:paraId="106AA3B5" w14:textId="77777777" w:rsidR="00CE571E" w:rsidRPr="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B166B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9540"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE571E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Loan and Security GRL-Mesa_Investments, LLC v. Mesa-Sand Realty LLC, et al.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="66171637" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:ind w:right="-990"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003703E7" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00D62541">
+    <w:p w14:paraId="1EBC366A" w14:textId="77777777" w:rsidR="003703E7" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Professional and University </w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SERVICE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="00D62541">
-[...6 lines deleted...]
-    <w:p w:rsidR="00180C6F" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="358052B5" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16F1A733" w14:textId="77777777" w:rsidR="00180C6F" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Editorial Board</w:t>
       </w:r>
       <w:r w:rsidR="00180C6F">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="4FA800E8" w14:textId="77777777" w:rsidR="00B93245" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contemporary Accounting Research</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2010-present </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00180C6F" w:rsidRDefault="00180C6F" w:rsidP="00B93245">
+    <w:p w14:paraId="7B3792A7" w14:textId="77777777" w:rsidR="00180C6F" w:rsidRDefault="00180C6F" w:rsidP="00B93245">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Review of Accounting Studies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2013-present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B93245">
-[...6 lines deleted...]
-    <w:p w:rsidR="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B93245">
+    <w:p w14:paraId="1E0210B9" w14:textId="77777777" w:rsidR="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B93245">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50484D04" w14:textId="77777777" w:rsidR="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B93245">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ad Hoc </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Editor</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE571E" w:rsidRPr="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B93245">
+    <w:p w14:paraId="00BF7B0F" w14:textId="77777777" w:rsidR="00CE571E" w:rsidRPr="00CE571E" w:rsidRDefault="00CE571E" w:rsidP="00B93245">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contemporary Accounting Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2014</w:t>
       </w:r>
       <w:r w:rsidR="008D5A60">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
-[...6 lines deleted...]
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="4CE09171" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E386F39" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ad Hoc </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reviewer</w:t>
       </w:r>
       <w:r w:rsidRPr="00001EE7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B510AF" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="360FB47A" w14:textId="77777777" w:rsidR="00B510AF" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B510AF">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Abacus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC77EA" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
+    <w:p w14:paraId="138B6CD6" w14:textId="77777777" w:rsidR="00AC77EA" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC77EA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accounting and Business Research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
+    <w:p w14:paraId="66DB1047" w14:textId="77777777" w:rsidR="00B93245" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B93245" w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Accounting Review</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B510AF" w:rsidRPr="004C1039" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
+    <w:p w14:paraId="7D0C5905" w14:textId="77777777" w:rsidR="00B510AF" w:rsidRPr="004C1039" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Auditing: A Journal of Practice and Theory</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="5DBFFDDD" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Contemporary Accounting Research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="297AFA9A" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>European Financial Management</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC77EA" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="6DECAE53" w14:textId="77777777" w:rsidR="00AC77EA" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC77EA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>European Accounting Review</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC77EA" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
+    <w:p w14:paraId="2BE891D3" w14:textId="77777777" w:rsidR="00AC77EA" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Foundations and Trends in Accounting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
+    <w:p w14:paraId="142F263E" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B93245" w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Accounting and Economics</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="6FDAE326" w14:textId="77777777" w:rsidR="00B93245" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Journal of Accounting and Public Policy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B510AF" w:rsidRPr="004C1039" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
+    <w:p w14:paraId="3B4925B6" w14:textId="77777777" w:rsidR="00B510AF" w:rsidRPr="004C1039" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Journal of Accounting, Auditing, and Finance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="0038892B" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Journal of Accounting Research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC77EA" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="13F2E621" w14:textId="77777777" w:rsidR="00AC77EA" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC77EA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Business Logistics</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC77EA" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
+    <w:p w14:paraId="6873399C" w14:textId="77777777" w:rsidR="00AC77EA" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Journal of Empirical Finance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A94169" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
+    <w:p w14:paraId="2775F1AB" w14:textId="77777777" w:rsidR="00A94169" w:rsidRDefault="00AC77EA" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A94169" w:rsidRPr="00A94169">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Empirical Legal Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRDefault="00A94169" w:rsidP="00B93245">
+    <w:p w14:paraId="72C4EA8F" w14:textId="77777777" w:rsidR="00B93245" w:rsidRDefault="00A94169" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B93245" w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Finance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B510AF" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
+    <w:p w14:paraId="07676E0F" w14:textId="77777777" w:rsidR="00B510AF" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Journal of Financial and Quantitative Analysis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B510AF" w:rsidRPr="004C1039" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
+    <w:p w14:paraId="25F5DD8A" w14:textId="77777777" w:rsidR="00B510AF" w:rsidRPr="004C1039" w:rsidRDefault="00B510AF" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Journal of Management Accounting Research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="6440B16D" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Management Science</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="20E38894" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Review of Accounting and Finance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="53FB5168" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Review of Accounting Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="6B6EF319" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>American Accounting Association Annual Meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
+    <w:p w14:paraId="1A70EAA3" w14:textId="77777777" w:rsidR="00B93245" w:rsidRPr="004C1039" w:rsidRDefault="00B93245" w:rsidP="00B93245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1080"/>
           <w:tab w:val="left" w:pos="-360"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="540"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Financial Reporting Section of the American Accounting Association Annual Meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000629D0" w:rsidRPr="004C1039" w:rsidRDefault="000629D0" w:rsidP="00D62541">
+    <w:p w14:paraId="78E6400F" w14:textId="77777777" w:rsidR="000629D0" w:rsidRPr="004C1039" w:rsidRDefault="000629D0" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="34347F47" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W.P. C</w:t>
       </w:r>
       <w:r w:rsidR="00691BCA" w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arey School of Business, Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD211A" w:rsidRPr="00CD211A" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="5D039C23" w14:textId="77777777" w:rsidR="00CD211A" w:rsidRPr="00CD211A" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CD211A" w:rsidRPr="00CD211A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W.P Carey</w:t>
       </w:r>
       <w:r w:rsidR="00CD211A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Executive MBA Curriculum Review Committee, 2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00CD211A">
+    <w:p w14:paraId="6E89C048" w14:textId="77777777" w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00CD211A">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W.P. Carey Faculty Council, member, 2013-2015, Chair, 2104-2015</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00D62541">
+    <w:p w14:paraId="35A274A1" w14:textId="77777777" w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">W.P. Carey Administrative Council, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ex officio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>member, 2014-2015</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00286CD5">
+    <w:p w14:paraId="346122AD" w14:textId="77777777" w:rsidR="00286CD5" w:rsidRDefault="00286CD5" w:rsidP="00286CD5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">W.P. Carey Executive MBA Faculty Advisory Committee, member, 2014 – </w:t>
       </w:r>
       <w:r w:rsidR="00264B2D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2016</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB79F6" w:rsidRDefault="00AB79F6" w:rsidP="00286CD5">
+    <w:p w14:paraId="0D7C06B1" w14:textId="77777777" w:rsidR="00AB79F6" w:rsidRDefault="00AB79F6" w:rsidP="00286CD5">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W.P. Carey Dean’s Search Committee, member, 2012</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB79F6" w:rsidRDefault="00AB79F6" w:rsidP="00D62541">
+    <w:p w14:paraId="6A195E7C" w14:textId="77777777" w:rsidR="00AB79F6" w:rsidRDefault="00AB79F6" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>School of Accountancy Personnel Committee, 2012-</w:t>
       </w:r>
       <w:r w:rsidR="00286CD5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2014</w:t>
       </w:r>
       <w:r w:rsidR="008D5A60">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2017-2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB79F6" w:rsidRDefault="00AB79F6" w:rsidP="00AB79F6">
+    <w:p w14:paraId="6A4A9F00" w14:textId="77777777" w:rsidR="00AB79F6" w:rsidRDefault="00AB79F6" w:rsidP="00AB79F6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>School of Accountancy PhD Committee, member, 2012-2013</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRDefault="000629D0" w:rsidP="00AB79F6">
+    <w:p w14:paraId="4BC2A8AD" w14:textId="77777777" w:rsidR="00D62541" w:rsidRDefault="000629D0" w:rsidP="00AB79F6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School of Accountancy </w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Recruiting </w:t>
       </w:r>
       <w:r w:rsidR="008D5A60">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ommittee</w:t>
       </w:r>
       <w:r w:rsidR="00082885" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> member, 2010-</w:t>
       </w:r>
       <w:r w:rsidR="00AB79F6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2012</w:t>
       </w:r>
       <w:r w:rsidR="00286CD5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2014-15</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D5A60" w:rsidRPr="004C1039" w:rsidRDefault="008D5A60" w:rsidP="008D5A60">
+    <w:p w14:paraId="05CDE159" w14:textId="77777777" w:rsidR="008D5A60" w:rsidRPr="004C1039" w:rsidRDefault="008D5A60" w:rsidP="008D5A60">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">School of Accountancy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Director’s Advisory C</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ommittee member, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2018 - present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00082885" w:rsidRPr="004C1039" w:rsidRDefault="00082885" w:rsidP="00D62541">
+    <w:p w14:paraId="464AC768" w14:textId="77777777" w:rsidR="00082885" w:rsidRPr="004C1039" w:rsidRDefault="00082885" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008D71FB" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participated in School of Accountancy meetings with CPA firms</w:t>
       </w:r>
       <w:r w:rsidR="008D5A60">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2010 - present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00082885" w:rsidRPr="004C1039" w:rsidRDefault="00082885" w:rsidP="00D62541">
+    <w:p w14:paraId="3DD0C3D6" w14:textId="77777777" w:rsidR="00082885" w:rsidRPr="004C1039" w:rsidRDefault="00082885" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008D71FB" w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Participated</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="008D5A60">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">numerous </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBA and Executive MBA recruiting functions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00082885" w:rsidP="00D62541">
+    <w:p w14:paraId="0CF5C788" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="004C1039" w:rsidRDefault="00082885" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1039">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="4BF45744" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INSEAD </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00E53BEE" w:rsidP="00D62541">
+    <w:p w14:paraId="77C4A1A5" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00E53BEE" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="540" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Area Coordinator for the</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Accounting and Control Area, </w:t>
       </w:r>
       <w:r w:rsidR="008D71FB" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7667,51 +7769,51 @@
         </w:rPr>
         <w:t xml:space="preserve">esponsible for faculty recruiting (permanent and visiting), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arranging the </w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBA teaching schedule, area supervision and coordination</w:t>
       </w:r>
       <w:r w:rsidR="008D71FB" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="4D7A1DE4" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="540" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Member of the Committee of Area Coordinators</w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7779,194 +7881,194 @@
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE" w:rsidRPr="00042D74">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">developing cost cutting and revenue generating </w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>initiatives</w:t>
       </w:r>
       <w:r w:rsidR="008D71FB" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="60D9A3D8" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="186F8484" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kellogg School of Management</w:t>
       </w:r>
       <w:r w:rsidR="008D71FB" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Northwestern University</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="093B76C7" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0" w:right="0" w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research Computing Committee, 2002-2003</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="494853F5" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0" w:right="0" w:firstLine="540"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Representative at the Big 10 Doctoral Consortium, 1998-2000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="76C9C986" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="540" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reviewed faculty applications, 1998-2004</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="36450C9F" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="540" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reviewed Ph.D. student applications, 1998-2004</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
+    <w:p w14:paraId="1201FBD1" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="003703E7" w:rsidP="00D62541">
+    <w:p w14:paraId="71264269" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="003703E7" w:rsidP="00D62541">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AWARDS,</w:t>
       </w:r>
       <w:r w:rsidR="00D62541" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> HONORS</w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, AND RESEARCH GRANTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35151" w:rsidRPr="00C35151" w:rsidRDefault="00C35151" w:rsidP="00B166B0">
+    <w:p w14:paraId="63CEACE7" w14:textId="77777777" w:rsidR="00C35151" w:rsidRPr="00C35151" w:rsidRDefault="00C35151" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35151">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">W. P. Carey </w:t>
       </w:r>
       <w:r w:rsidR="00304F47">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Su</w:t>
       </w:r>
       <w:r w:rsidRPr="00C35151">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mmer </w:t>
       </w:r>
       <w:r w:rsidR="00304F47">
@@ -7978,198 +8080,198 @@
       <w:r w:rsidRPr="00C35151">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>rant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00304F47">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>multiple years</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00376FEA" w:rsidRDefault="00376FEA" w:rsidP="00B166B0">
+    <w:p w14:paraId="0ACC1661" w14:textId="77777777" w:rsidR="00376FEA" w:rsidRDefault="00376FEA" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nominated for the </w:t>
       </w:r>
       <w:r w:rsidRPr="002E276D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W. P. Carey Outstanding Graduate Teaching award</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014-15. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00376FEA" w:rsidRDefault="00376FEA" w:rsidP="00B166B0">
+    <w:p w14:paraId="52832F66" w14:textId="77777777" w:rsidR="00376FEA" w:rsidRDefault="00376FEA" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="002E276D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>inalist for the</w:t>
       </w:r>
       <w:r w:rsidR="002E276D" w:rsidRPr="002E276D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> W. P. Carey Outstanding Graduate Teaching award</w:t>
       </w:r>
       <w:r w:rsidR="002E276D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013-14. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
+    <w:p w14:paraId="0DBE43AF" w14:textId="77777777" w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD Research and Development Grant, 22,900 Euros, 2009 (with S. Monahan and B. Segal)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
+    <w:p w14:paraId="57374C11" w14:textId="77777777" w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD Research and Development Grant, 9,650 Euros, 2009</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
+    <w:p w14:paraId="7F6E0A8E" w14:textId="77777777" w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD Research and Development Grant, 3,500 Euros, 2008 (with S. Monahan and B. Segal)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
+    <w:p w14:paraId="3B97D662" w14:textId="77777777" w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD Research and Development Grant, 3,800 Euros, 2008 (with S. Monahan and B. Segal)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
+    <w:p w14:paraId="4B083D8D" w14:textId="77777777" w:rsidR="00421D18" w:rsidRPr="00B166B0" w:rsidRDefault="00421D18" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD Research and Development Grant, 7,600 Euros, 2007 (with S. Monahan and B. Segal)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00415E0C" w:rsidRPr="00B166B0" w:rsidRDefault="00415E0C" w:rsidP="00B166B0">
+    <w:p w14:paraId="162E1CCC" w14:textId="77777777" w:rsidR="00415E0C" w:rsidRPr="00B166B0" w:rsidRDefault="00415E0C" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSEAD-Wharton Alliance Grant, 13,500 Euros, 2007</w:t>
       </w:r>
       <w:r w:rsidR="00240CAC" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (with B</w:t>
       </w:r>
       <w:r w:rsidR="00B166B0" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8190,97 +8292,97 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00240CAC" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B166B0" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00240CAC" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Carter)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D4E41" w:rsidRPr="00B166B0" w:rsidRDefault="007D4E41" w:rsidP="00B166B0">
+    <w:p w14:paraId="02137808" w14:textId="77777777" w:rsidR="007D4E41" w:rsidRPr="00B166B0" w:rsidRDefault="007D4E41" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">INSEAD Research and Development Grant, 6,650 Euros, 2006 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A7A0F" w:rsidRPr="00B166B0" w:rsidRDefault="001A7A0F" w:rsidP="00B166B0">
+    <w:p w14:paraId="3FF08E0B" w14:textId="77777777" w:rsidR="001A7A0F" w:rsidRPr="00B166B0" w:rsidRDefault="001A7A0F" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kellogg </w:t>
       </w:r>
       <w:r w:rsidR="00107081" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>School of Managemen</w:t>
       </w:r>
       <w:r w:rsidR="00E53BEE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t, Research Grant, $5,000, 2002</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00B166B0">
+    <w:p w14:paraId="0A860C40" w14:textId="77777777" w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidRDefault="00D62541" w:rsidP="00B166B0">
       <w:pPr>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jacobs Scholar, </w:t>
       </w:r>
       <w:r w:rsidR="00042D80" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kellogg School of Management, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8325,412 +8427,410 @@
       <w:r w:rsidR="001A7A0F" w:rsidRPr="00B166B0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D62541" w:rsidRPr="00B166B0" w:rsidSect="00D62541">
       <w:headerReference w:type="even" r:id="rId26"/>
       <w:headerReference w:type="default" r:id="rId27"/>
       <w:footerReference w:type="even" r:id="rId28"/>
       <w:footerReference w:type="default" r:id="rId29"/>
       <w:headerReference w:type="first" r:id="rId30"/>
       <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A572F8" w:rsidRDefault="00A572F8">
+    <w:p w14:paraId="3F92954D" w14:textId="77777777" w:rsidR="007308F3" w:rsidRDefault="007308F3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A572F8" w:rsidRDefault="00A572F8">
+    <w:p w14:paraId="60A67C27" w14:textId="77777777" w:rsidR="007308F3" w:rsidRDefault="007308F3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
-    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00D62541">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="73E712F6" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00D62541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00D62541">
+  <w:p w14:paraId="02CF5C8F" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00D62541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00D62541">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="77A2DA94" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00D62541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002938D1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00AA346D" w:rsidRPr="00F51D0E" w:rsidRDefault="0070310C" w:rsidP="00D62541">
+  <w:p w14:paraId="3DA85AA6" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRPr="00F51D0E" w:rsidRDefault="0070310C" w:rsidP="00D62541">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:color w:val="777777"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="777777"/>
       </w:rPr>
       <w:t xml:space="preserve">Curriculum </w:t>
     </w:r>
     <w:r w:rsidR="00AA346D" w:rsidRPr="00F51D0E">
       <w:rPr>
         <w:color w:val="777777"/>
       </w:rPr>
       <w:t>Vitae</w:t>
     </w:r>
     <w:r w:rsidR="00AA346D" w:rsidRPr="00F51D0E">
       <w:rPr>
         <w:color w:val="777777"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00AA346D" w:rsidRPr="00F51D0E">
       <w:rPr>
         <w:color w:val="777777"/>
       </w:rPr>
       <w:tab/>
       <w:t>Stephen Hillegeist</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="259159135"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
+      <w:p w14:paraId="19D174B6" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="002938D1">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
+  <w:p w14:paraId="13773307" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A572F8" w:rsidRDefault="00A572F8">
+    <w:p w14:paraId="78968DB9" w14:textId="77777777" w:rsidR="007308F3" w:rsidRDefault="007308F3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A572F8" w:rsidRDefault="00A572F8">
+    <w:p w14:paraId="0C523065" w14:textId="77777777" w:rsidR="007308F3" w:rsidRDefault="007308F3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00B93245">
+    <w:p w14:paraId="7A29298F" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D" w:rsidP="00B93245">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r w:rsidRPr="00001EE7">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Since Jan. 2007, I have completed </w:t>
       </w:r>
       <w:r w:rsidR="009640C3">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B510AF">
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="008A5E13">
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> referee re</w:t>
       </w:r>
       <w:r w:rsidR="002E276D">
         <w:t xml:space="preserve">ports, </w:t>
       </w:r>
       <w:r w:rsidR="009640C3">
         <w:t xml:space="preserve">of which </w:t>
       </w:r>
       <w:r w:rsidR="00736855">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00B510AF">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008A5E13">
         <w:t>+</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> were for top-tier journals.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="77E6631B" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="0CD10092" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w14:paraId="6A62A05A" w14:textId="77777777" w:rsidR="00AA346D" w:rsidRDefault="00AA346D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07E4794E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2124E1CE"/>
     <w:lvl w:ilvl="0" w:tplc="08646780">
       <w:start w:val="243"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9132,74 +9232,74 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E4573E0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="544A1DB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1997"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="270"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-810" w:hanging="270"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1654795289">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1777286559">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="978917045">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1871451152">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="145"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -9338,54 +9438,56 @@
     <w:rsid w:val="00604530"/>
     <w:rsid w:val="00607659"/>
     <w:rsid w:val="00621FF9"/>
     <w:rsid w:val="006237AB"/>
     <w:rsid w:val="00635901"/>
     <w:rsid w:val="00640934"/>
     <w:rsid w:val="00660D55"/>
     <w:rsid w:val="00664967"/>
     <w:rsid w:val="00682CE7"/>
     <w:rsid w:val="006854B2"/>
     <w:rsid w:val="00691BCA"/>
     <w:rsid w:val="006930AD"/>
     <w:rsid w:val="006B0F3B"/>
     <w:rsid w:val="006B574C"/>
     <w:rsid w:val="006C2765"/>
     <w:rsid w:val="006C2AFD"/>
     <w:rsid w:val="006C3EFB"/>
     <w:rsid w:val="006C67D6"/>
     <w:rsid w:val="006D45D8"/>
     <w:rsid w:val="006E0C82"/>
     <w:rsid w:val="006F1256"/>
     <w:rsid w:val="00701E28"/>
     <w:rsid w:val="0070310C"/>
     <w:rsid w:val="00722F8A"/>
     <w:rsid w:val="007237D3"/>
+    <w:rsid w:val="007308F3"/>
     <w:rsid w:val="00736855"/>
     <w:rsid w:val="007431F5"/>
     <w:rsid w:val="007547F7"/>
     <w:rsid w:val="007621C9"/>
+    <w:rsid w:val="007625B8"/>
     <w:rsid w:val="00776672"/>
     <w:rsid w:val="00777E43"/>
     <w:rsid w:val="007A157F"/>
     <w:rsid w:val="007A2C7C"/>
     <w:rsid w:val="007B1FBD"/>
     <w:rsid w:val="007C4D17"/>
     <w:rsid w:val="007D28F1"/>
     <w:rsid w:val="007D2EC1"/>
     <w:rsid w:val="007D4E41"/>
     <w:rsid w:val="007E0AEC"/>
     <w:rsid w:val="007E2002"/>
     <w:rsid w:val="007E4754"/>
     <w:rsid w:val="007E595B"/>
     <w:rsid w:val="007F23D2"/>
     <w:rsid w:val="007F3D5E"/>
     <w:rsid w:val="008161F1"/>
     <w:rsid w:val="0083536C"/>
     <w:rsid w:val="0083695F"/>
     <w:rsid w:val="008415F4"/>
     <w:rsid w:val="00855BD3"/>
     <w:rsid w:val="00877353"/>
     <w:rsid w:val="00885E61"/>
     <w:rsid w:val="00891546"/>
     <w:rsid w:val="008A5E13"/>
     <w:rsid w:val="008C6390"/>
@@ -9484,146 +9586,149 @@
     <w:rsid w:val="00BF545F"/>
     <w:rsid w:val="00C04D10"/>
     <w:rsid w:val="00C10D30"/>
     <w:rsid w:val="00C118CF"/>
     <w:rsid w:val="00C14A8F"/>
     <w:rsid w:val="00C17F34"/>
     <w:rsid w:val="00C17F39"/>
     <w:rsid w:val="00C217A1"/>
     <w:rsid w:val="00C25432"/>
     <w:rsid w:val="00C34E61"/>
     <w:rsid w:val="00C35151"/>
     <w:rsid w:val="00C42071"/>
     <w:rsid w:val="00C452F2"/>
     <w:rsid w:val="00C70205"/>
     <w:rsid w:val="00C71823"/>
     <w:rsid w:val="00C95E6B"/>
     <w:rsid w:val="00CA7CA0"/>
     <w:rsid w:val="00CB1AB2"/>
     <w:rsid w:val="00CD211A"/>
     <w:rsid w:val="00CE571E"/>
     <w:rsid w:val="00CF34D6"/>
     <w:rsid w:val="00D23999"/>
     <w:rsid w:val="00D24377"/>
     <w:rsid w:val="00D35CE8"/>
     <w:rsid w:val="00D449DA"/>
+    <w:rsid w:val="00D50B7B"/>
     <w:rsid w:val="00D62541"/>
     <w:rsid w:val="00D634B2"/>
     <w:rsid w:val="00D65B82"/>
     <w:rsid w:val="00D70704"/>
     <w:rsid w:val="00D95C58"/>
     <w:rsid w:val="00DA1F42"/>
     <w:rsid w:val="00DB3FE5"/>
     <w:rsid w:val="00DB60C7"/>
     <w:rsid w:val="00DC0771"/>
     <w:rsid w:val="00DC1895"/>
     <w:rsid w:val="00DC5C71"/>
     <w:rsid w:val="00DD58DC"/>
     <w:rsid w:val="00DE24A7"/>
     <w:rsid w:val="00DE37B4"/>
     <w:rsid w:val="00DE3CB2"/>
     <w:rsid w:val="00DF1ACD"/>
     <w:rsid w:val="00E00181"/>
     <w:rsid w:val="00E01205"/>
     <w:rsid w:val="00E10AE5"/>
     <w:rsid w:val="00E13011"/>
     <w:rsid w:val="00E1536D"/>
     <w:rsid w:val="00E2272A"/>
     <w:rsid w:val="00E272F3"/>
     <w:rsid w:val="00E30049"/>
     <w:rsid w:val="00E32C21"/>
     <w:rsid w:val="00E37561"/>
+    <w:rsid w:val="00E400E6"/>
     <w:rsid w:val="00E4478E"/>
     <w:rsid w:val="00E53BEE"/>
     <w:rsid w:val="00E6066C"/>
     <w:rsid w:val="00E87227"/>
     <w:rsid w:val="00E87D84"/>
     <w:rsid w:val="00E96B94"/>
     <w:rsid w:val="00EA4F98"/>
     <w:rsid w:val="00EA6695"/>
     <w:rsid w:val="00EB4C9A"/>
     <w:rsid w:val="00EB4F11"/>
     <w:rsid w:val="00ED10EF"/>
     <w:rsid w:val="00EE219D"/>
     <w:rsid w:val="00EE253B"/>
     <w:rsid w:val="00EE2C18"/>
     <w:rsid w:val="00EE71AA"/>
     <w:rsid w:val="00F20F3F"/>
     <w:rsid w:val="00F27C93"/>
     <w:rsid w:val="00F41CD0"/>
     <w:rsid w:val="00F804C8"/>
     <w:rsid w:val="00F8155F"/>
     <w:rsid w:val="00F86EB5"/>
     <w:rsid w:val="00FA2226"/>
     <w:rsid w:val="00FC16C5"/>
     <w:rsid w:val="00FD21DF"/>
     <w:rsid w:val="00FE4829"/>
+    <w:rsid w:val="00FE7E5C"/>
     <w:rsid w:val="00FF1899"/>
     <w:rsid w:val="00FF2CE5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3C1FCCAB"/>
+  <w14:docId w14:val="5BA9F822"/>
   <w15:docId w15:val="{C6FC73A8-BE7C-46AC-A0D0-C9258626D51B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9948,50 +10053,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E4478E"/>
     <w:rPr>
       <w:kern w:val="16"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E4478E"/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-720" w:right="-990" w:hanging="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
@@ -10272,51 +10378,51 @@
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F41CD0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="anchor-text">
     <w:name w:val="anchor-text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A85E79"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="32506614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="80175839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10505,51 +10611,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2142189207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/09638180.2020.1826337" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jaccpubpol.2015.05.009" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s11142-007-9032-5" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/acfi.12933" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.2014.2146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/tinyurl.com/44rd5bc5__;!!IKRxdwAv5BmarQ!YvfpNRVhzUBSy5jQH7-AiMuNG6-WuwlPKVSI45hFjXkn-YUghLKJ3EWWbNFtp2NWwixBCFYbGjMQ46fVNbb22tE3Ei1D$" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1911-3846.12508" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jacceco.2008.12.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jaccpubpol.2023.107117" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2308/accr.1999.74.3.347" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clsbluesky.law.columbia.edu/2018/10/18/how-institutional-ownership-affects-insider-trading/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1023/B:RAST.0000013627.90884.b7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.2021.02469" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jacceco.2009.03.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1911-3846.12959" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1911-3846.12683" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jacceco.2004.02.001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://papers.ssrn.com/sol3/cf_dev/AbsByAuth.cfm?per_id=163209" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/doi/full/10.1080/09638180.2020.1826337" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jaccpubpol.2015.05.009" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s11142-007-9032-5" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/acfi.12933" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1287/mnsc.2014.2146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/tinyurl.com/44rd5bc5__;!!IKRxdwAv5BmarQ!YvfpNRVhzUBSy5jQH7-AiMuNG6-WuwlPKVSI45hFjXkn-YUghLKJ3EWWbNFtp2NWwixBCFYbGjMQ46fVNbb22tE3Ei1D$" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1911-3846.12508" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jacceco.2008.12.002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jaccpubpol.2023.107117" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2308/accr.1999.74.3.347" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clsbluesky.law.columbia.edu/2018/10/18/how-institutional-ownership-affects-insider-trading/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1023/B:RAST.0000013627.90884.b7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1911-3846.12959" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jacceco.2009.03.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi-org.ezproxy1.lib.asu.edu/10.1287/mnsc.2021.02469" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1911-3846.12683" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jacceco.2004.02.001" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://papers.ssrn.com/sol3/cf_dev/AbsByAuth.cfm?per_id=163209" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10809,78 +10915,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CE246D7-1B60-4292-B4FC-A09E68442D6D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2973</Words>
-  <Characters>16950</Characters>
+  <Words>3007</Words>
+  <Characters>17141</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Stephen A</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>G&amp;G Consulting Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19884</CharactersWithSpaces>
+  <CharactersWithSpaces>20108</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3342389</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://papers.ssrn.com/sol3/cf_dev/AbsByAuth.cfm?per_id=163209</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>