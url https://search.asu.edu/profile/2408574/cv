--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -6,58 +6,53 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0273C4D7" w14:textId="2B0270C6" w:rsidR="0075479E" w:rsidRPr="0075479E" w:rsidRDefault="0075479E" w:rsidP="0075479E">
+    <w:p w14:paraId="2291FEA5" w14:textId="77777777" w:rsidR="001405F9" w:rsidRDefault="0075479E" w:rsidP="0075479E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Thomas (Thom) F. Reilly</w:t>
       </w:r>
       <w:r w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="0075479E">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
@@ -65,52 +60,55 @@
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.thomreillypublications.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="0075479E">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Arizona State University Profile</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="42D8EC5E" w14:textId="70DEF004" w:rsidR="0075479E" w:rsidRPr="0075479E" w:rsidRDefault="00ED016C" w:rsidP="0075479E">
+      <w:r w:rsidR="001405F9">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D8EC5E" w14:textId="70DEF004" w:rsidR="0075479E" w:rsidRPr="0075479E" w:rsidRDefault="00F5250C" w:rsidP="0075479E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="11DCA81C">
           <v:rect id="_x0000_i1026" alt="" style="width:414.65pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="886" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="0075479E" w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -242,51 +240,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bachelor of Arts</w:t>
       </w:r>
       <w:r w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – University of Memphis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CC3A0E" w14:textId="5A30E984" w:rsidR="0075479E" w:rsidRPr="0075479E" w:rsidRDefault="00ED016C" w:rsidP="0075479E">
+    <w:p w14:paraId="25CC3A0E" w14:textId="5A30E984" w:rsidR="0075479E" w:rsidRPr="0075479E" w:rsidRDefault="00F5250C" w:rsidP="0075479E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict w14:anchorId="5929EBD9">
           <v:rect id="_x0000_i1025" alt="" style="width:414.65pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hrpct="886" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="0075479E" w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -339,102 +337,118 @@
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Professor, School of Public Affairs / Co-Director, Center for an Independent and Sustainable Democracy</w:t>
       </w:r>
       <w:r w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0075479E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jul 2014 – Present / Jan 2022 – Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E4BF115" w14:textId="120E0AB6" w:rsidR="0075479E" w:rsidRPr="000B5A1E" w:rsidRDefault="0075479E" w:rsidP="000B5A1E">
+    <w:p w14:paraId="5E4BF115" w14:textId="39C7FF83" w:rsidR="0075479E" w:rsidRPr="000B5A1E" w:rsidRDefault="0075479E" w:rsidP="000B5A1E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5A1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lead research, forums, and publications focused on</w:t>
       </w:r>
       <w:r w:rsidR="000B5A1E" w:rsidRPr="000B5A1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B5A1E" w:rsidRPr="000B5A1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>child welfare, public pay and benefits, governance, municipal corruption</w:t>
       </w:r>
       <w:r w:rsidR="000B5A1E" w:rsidRPr="000B5A1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000B5A1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>nonpartisan governance and independent voter.</w:t>
+        <w:t xml:space="preserve">nonpartisan governance and </w:t>
+      </w:r>
+      <w:r w:rsidR="006942F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B5A1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>independent voter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="226CA532" w14:textId="2610CDF3" w:rsidR="0075479E" w:rsidRPr="000B5A1E" w:rsidRDefault="0075479E" w:rsidP="0075479E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B5A1E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tenured professor teaching courses in public policy, public/nonprofit sector management, human resources, and local government management</w:t>
       </w:r>
       <w:r w:rsidR="000B5A1E" w:rsidRPr="000B5A1E">
         <w:rPr>
@@ -1705,578 +1719,602 @@
       </w:pPr>
       <w:r w:rsidRPr="009B74E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Books</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2E8AD1" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FB30922" w14:textId="77777777" w:rsidR="00937564" w:rsidRDefault="00CF51F6" w:rsidP="00937564">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="06FE136A" w14:textId="77777777" w:rsidR="00640F7C" w:rsidRDefault="00CF51F6" w:rsidP="00640F7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF51F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Reilly, T.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00CF51F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Reilly, T.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154414" w:rsidRPr="00EC7508">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Child Abduction in the War in Ukraine: Erasing Ukrainian Identity as a Tool of War</w:t>
+      </w:r>
+      <w:r w:rsidR="00640F7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF51F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Routledge,</w:t>
+      </w:r>
+      <w:r w:rsidR="00937564">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF51F6">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154414">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">London, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FE3F4A" w14:textId="1EC50283" w:rsidR="00CF51F6" w:rsidRPr="00154414" w:rsidRDefault="00154414" w:rsidP="00640F7C">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">forthcoming </w:t>
+      </w:r>
+      <w:r w:rsidR="00937564">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF51F6" w:rsidRPr="00CF51F6">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF51F6" w:rsidRPr="00CF51F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B74103">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33904573" w14:textId="77558C8F" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reilly, T., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Salit, J. &amp; Ali, O.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2023). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Independent Voter. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Routledge </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C5183B" w14:textId="576FE230" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00154414">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>London.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643F65E6" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reilly, T . </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2016). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Failure of Governance in Bell, California: Big Time Corruption in a Small </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3519EB" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Town.  Lanham, Maryland:  L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exington Books: An Imprint of The Rowan Littlefield </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633045C1" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Reilly, T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2012). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rethinking Public Sector Compensation: What Ever Happened To The Public </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF0E0D8" w14:textId="28EF1FF1" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Interest?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00737A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Routledge</w:t>
+      </w:r>
+      <w:r w:rsidR="00B74103">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00154414">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">London. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEE8F3E" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56FA1005" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Scholarly Journal Articles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52456921" w14:textId="77777777" w:rsidR="009B74E1" w:rsidRPr="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BDF049C" w14:textId="7BC789A4" w:rsidR="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ukraine’s Stolen Children: Abduction and Forced Transfer in Russia’s War </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t>Reilly, T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. &amp; Hunting, D. (Under Review). Straight Tickets and Ticket Splitting: Moderate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">independent </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6835">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B74E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oters in the volatile middle. </w:t>
       </w:r>
       <w:r w:rsidR="00937564">
-        <w:rPr>
-[...391 lines deleted...]
-        <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...56 lines deleted...]
-      <w:r w:rsidR="00937564">
+        <w:t>Journal of Elections, Public Opinion and Parties</w:t>
+      </w:r>
+      <w:r w:rsidR="00853751">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Journal of Elections, Public Opinion and Parties</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B13B9BF" w14:textId="77777777" w:rsidR="00853751" w:rsidRDefault="00853751" w:rsidP="00853751">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B74E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Reilly, T.</w:t>
       </w:r>
       <w:r w:rsidRPr="009B74E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2322,192 +2360,225 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">qualitative study. </w:t>
       </w:r>
       <w:r w:rsidR="00937564" w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Journal of HIV &amp; Social Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21978CC0" w14:textId="77777777" w:rsidR="00937564" w:rsidRDefault="006B6835" w:rsidP="006B6835">
+    <w:p w14:paraId="21978CC0" w14:textId="63E0087E" w:rsidR="00937564" w:rsidRDefault="006B6835" w:rsidP="006B6835">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Montgomery, D. &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Reilly, T.</w:t>
       </w:r>
       <w:r w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:r w:rsidR="00871AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937564">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
       <w:r w:rsidR="00937564" w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“To be honest, it was just the hope”: Why Transition-Age Youth Enroll and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBC6D98" w14:textId="01A7E8B8" w:rsidR="006B6835" w:rsidRDefault="00937564" w:rsidP="00937564">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937564">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Remain in State-Initiated Extended Foster Care </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6835" w:rsidRPr="00937564">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>In Press</w:t>
-[...21 lines deleted...]
-        <w:ind w:firstLine="720"/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6835" w:rsidRPr="006B6835">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Child and Adolescent Social </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6F0980" w14:textId="5125D323" w:rsidR="00871AB8" w:rsidRPr="00871AB8" w:rsidRDefault="006B6835" w:rsidP="006B6835">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B6835" w:rsidRPr="006B6835">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006B6835">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Child and Adolescent Social </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Work Journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00871AB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00871AB8" w:rsidRPr="00871AB8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00871AB8" w:rsidRPr="00871AB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006B6835">
+        <w:t>https://doi.org/10.1007/s10560-025-01064-4</w:t>
+      </w:r>
+      <w:r w:rsidR="00871AB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Work Journal</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9A5130" w14:textId="0FEF571A" w:rsidR="009B74E1" w:rsidRPr="00B63D1B" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="262626"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B74E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="262626"/>
           <w:sz w:val="20"/>
@@ -6642,68 +6713,53 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>As dissatisfaction with the two-party system grows in the United States, the idea of an alternative, however unlikely, gains traction. Elon Musk’s recent call for an America Party may be unserious, but it speaks to something real...</w:t>
       </w:r>
       <w:r w:rsidRPr="00937564">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="717171"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00937564">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="2199E8"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           </w:rPr>
-          <w:t xml:space="preserve">Read article on </w:t>
-[...13 lines deleted...]
-          <w:t>theconversation.com</w:t>
+          <w:t>Read article on theconversation.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1C183DD2" w14:textId="75C66DB9" w:rsidR="009B74E1" w:rsidRDefault="009B74E1" w:rsidP="009B74E1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="191919"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B74E1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="191919"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Exploring Interest in the Council-Manager Form of Governance in Croatia</w:t>
       </w:r>
@@ -12211,58 +12267,58 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0075479E" w:rsidRPr="0075479E">
       <w:footerReference w:type="even" r:id="rId67"/>
       <w:footerReference w:type="default" r:id="rId68"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BA7062E" w14:textId="77777777" w:rsidR="00ED016C" w:rsidRDefault="00ED016C">
+    <w:p w14:paraId="7FE4C583" w14:textId="77777777" w:rsidR="00F5250C" w:rsidRDefault="00F5250C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="321BCC0D" w14:textId="77777777" w:rsidR="00ED016C" w:rsidRDefault="00ED016C">
+    <w:p w14:paraId="1AE6F14E" w14:textId="77777777" w:rsidR="00F5250C" w:rsidRDefault="00F5250C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -12460,58 +12516,58 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0A48CE9F" w14:textId="77777777" w:rsidR="007028F0" w:rsidRDefault="007028F0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EE2BE2C" w14:textId="77777777" w:rsidR="00ED016C" w:rsidRDefault="00ED016C">
+    <w:p w14:paraId="753C3C85" w14:textId="77777777" w:rsidR="00F5250C" w:rsidRDefault="00F5250C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49811728" w14:textId="77777777" w:rsidR="00ED016C" w:rsidRDefault="00ED016C">
+    <w:p w14:paraId="21501A15" w14:textId="77777777" w:rsidR="00F5250C" w:rsidRDefault="00F5250C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B7634E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="02EEC8F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -14030,95 +14086,105 @@
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0075479E"/>
     <w:rsid w:val="00007C0A"/>
     <w:rsid w:val="000479A4"/>
     <w:rsid w:val="000B5A1E"/>
     <w:rsid w:val="001223A7"/>
+    <w:rsid w:val="001405F9"/>
+    <w:rsid w:val="00154414"/>
     <w:rsid w:val="001B41A1"/>
     <w:rsid w:val="00220C52"/>
     <w:rsid w:val="0024792E"/>
     <w:rsid w:val="00281AD5"/>
     <w:rsid w:val="002C3738"/>
     <w:rsid w:val="003479D5"/>
     <w:rsid w:val="00384CBD"/>
     <w:rsid w:val="00436C5C"/>
     <w:rsid w:val="004810FE"/>
     <w:rsid w:val="004B267A"/>
     <w:rsid w:val="004B6560"/>
     <w:rsid w:val="0051587F"/>
     <w:rsid w:val="00580A93"/>
     <w:rsid w:val="005D34EF"/>
     <w:rsid w:val="0062567E"/>
+    <w:rsid w:val="00640F7C"/>
     <w:rsid w:val="00680E15"/>
+    <w:rsid w:val="006942F5"/>
     <w:rsid w:val="006B6835"/>
     <w:rsid w:val="006F5C2F"/>
     <w:rsid w:val="007028F0"/>
     <w:rsid w:val="00737A1F"/>
     <w:rsid w:val="0075479E"/>
     <w:rsid w:val="00766898"/>
     <w:rsid w:val="00793AE0"/>
     <w:rsid w:val="007971EF"/>
     <w:rsid w:val="007E7F35"/>
     <w:rsid w:val="00821C9F"/>
     <w:rsid w:val="00853751"/>
+    <w:rsid w:val="00871AB8"/>
     <w:rsid w:val="008D3B04"/>
     <w:rsid w:val="009309BE"/>
     <w:rsid w:val="00937564"/>
     <w:rsid w:val="00953271"/>
     <w:rsid w:val="009B74E1"/>
+    <w:rsid w:val="009B76A5"/>
     <w:rsid w:val="00A84EB7"/>
+    <w:rsid w:val="00A85E5D"/>
     <w:rsid w:val="00AE1ED2"/>
     <w:rsid w:val="00AF25A5"/>
     <w:rsid w:val="00B63D1B"/>
     <w:rsid w:val="00B74103"/>
+    <w:rsid w:val="00CE706E"/>
     <w:rsid w:val="00CF51F6"/>
     <w:rsid w:val="00CF7E2A"/>
+    <w:rsid w:val="00DB26B4"/>
     <w:rsid w:val="00E50460"/>
     <w:rsid w:val="00E86844"/>
     <w:rsid w:val="00E95E88"/>
     <w:rsid w:val="00EB3650"/>
-    <w:rsid w:val="00ED016C"/>
+    <w:rsid w:val="00EC7508"/>
     <w:rsid w:val="00F03C0E"/>
+    <w:rsid w:val="00F5250C"/>
     <w:rsid w:val="00F833C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -15025,51 +15091,50 @@
     <w:rsid w:val="0075479E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:aliases w:val="strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0075479E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0075479E"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0075479E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="_"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0075479E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:ind w:left="720" w:hanging="720"/>
@@ -15126,50 +15191,62 @@
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0075479E"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0024792E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B74E1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00871AB8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1101418431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
@@ -15457,54 +15534,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>5528</Words>
-  <Characters>31514</Characters>
+  <Words>5531</Words>
+  <Characters>31530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>262</Lines>
   <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36969</CharactersWithSpaces>
+  <CharactersWithSpaces>36988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Thom Reilly</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>