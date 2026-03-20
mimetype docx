--- v0 (2025-12-29)
+++ v1 (2026-03-20)
@@ -1,71 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4DA44368" w14:textId="1A5A4278" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
+    <w:p w14:paraId="4DA44368" w14:textId="194BB3C8" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1675" w:right="1666"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>TA</w:t>
       </w:r>
-      <w:r w:rsidR="00FC0C22" w:rsidRPr="00395CBF">
-[...5 lines deleted...]
-          <w:szCs w:val="30"/>
+      <w:r w:rsidR="00402640">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>NA MARI DIAZ-REYES, MDIV, MA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE720FC" w14:textId="57DD6C56" w:rsidR="00955477" w:rsidRPr="00C94FEA" w:rsidRDefault="00F90A40" w:rsidP="00EC220D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1675" w:right="1666"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -77,215 +75,221 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>enior Global Futures Scientist, Julie Ann Wrigley Global Futures Laboratory</w:t>
       </w:r>
       <w:r w:rsidR="006454F3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>™</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57A709F3" w14:textId="20050425" w:rsidR="00057AB6" w:rsidRPr="00C94FEA" w:rsidRDefault="00057AB6" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1675" w:right="1666"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF71BC3" w14:textId="46720EBE" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00000000" w:rsidP="00057AB6">
+    <w:p w14:paraId="0FF71BC3" w14:textId="46720EBE" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00057AB6" w:rsidP="00057AB6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1675" w:right="1666"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00057AB6" w:rsidRPr="00C94FEA">
+        <w:r w:rsidRPr="00C94FEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>tdiazrey@asu.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00057AB6" w:rsidRPr="00C94FEA">
+      <w:r w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>| 301-448-6349 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F0B03B" w14:textId="77777777" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="547" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="4070" w:right="3060"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>EDUCATION </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF0F21C" w14:textId="19D5D45D" w:rsidR="00027E2E" w:rsidRDefault="003E11BE" w:rsidP="00F90A40">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="298" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3027AD31" w14:textId="3B5274AA" w:rsidR="00DB4125" w:rsidRPr="00C94FEA" w:rsidRDefault="00DB4125" w:rsidP="00DB4125">
+    <w:p w14:paraId="3027AD31" w14:textId="480A30D1" w:rsidR="00DB4125" w:rsidRPr="00C94FEA" w:rsidRDefault="00DB4125" w:rsidP="00DB4125">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>• Doctor of Philosophy</w:t>
       </w:r>
       <w:r w:rsidR="00AD4C43">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> student, School of Sustainability, College of Global Futures</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA01E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>candidate</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C43">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, School of Sustainability, College of Global Futures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56711259" w14:textId="2758B800" w:rsidR="004162E4" w:rsidRDefault="003E11BE" w:rsidP="000E21A4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="864"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidR="004162E4">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Committee: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A22026A" w14:textId="13F3D231" w:rsidR="000E21A4" w:rsidRDefault="00C0619F" w:rsidP="00E31187">
+    <w:p w14:paraId="1A22026A" w14:textId="7F13B43D" w:rsidR="000E21A4" w:rsidRDefault="00C0619F" w:rsidP="00E31187">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="725" w:right="864"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Faculty advisor</w:t>
       </w:r>
       <w:r w:rsidR="00224A10" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and committee chair</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="003E11BE" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dr. Melissa Nelson</w:t>
       </w:r>
       <w:r w:rsidR="00E31187">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="003E11BE" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF70F5">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>full professor</w:t>
       </w:r>
-      <w:r w:rsidR="005D1034">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004205D1">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the</w:t>
       </w:r>
       <w:r w:rsidR="00BF70F5">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E11BE" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>School of Sustainabilit</w:t>
       </w:r>
       <w:r w:rsidR="000E21A4" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00B36F4C">
@@ -583,887 +587,492 @@
     </w:p>
     <w:p w14:paraId="1DDCCE2D" w14:textId="77777777" w:rsidR="00705265" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="58" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="-630"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>• Thesis title: “</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk28955972"/>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ecological Relationality and Models of Sustainability: Towards a Social, Intergenerational, Multi-species Environmental Ethic Through the Evaluation of Cultural-Spiritual Ecosystem Services”</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="0204A29E" w14:textId="505680F3" w:rsidR="001500B9" w:rsidRDefault="001500B9" w:rsidP="004264B0">
-[...149 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3ADE5037" w14:textId="586EC4B2" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="3060"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>George Washington University</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, B.A. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Cum Laude</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00567F0F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">May </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2016 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5456B661" w14:textId="146F3592" w:rsidR="004D08BF" w:rsidRDefault="00705265" w:rsidP="00EA21F0">
+    <w:p w14:paraId="5456B661" w14:textId="11BD8F28" w:rsidR="004D08BF" w:rsidRDefault="00705265" w:rsidP="00EA21F0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>• Major in Geography with a</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> on Human</w:t>
+        <w:t>• Major in Geography with a focus on Human</w:t>
       </w:r>
       <w:r w:rsidR="00414B6B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/Cultural</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Geography,</w:t>
       </w:r>
       <w:r w:rsidR="00414B6B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Society and Environment</w:t>
       </w:r>
       <w:r w:rsidR="00514CFC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, Natural Resource Management</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t>, Environmental and Natural Resource Management</w:t>
       </w:r>
       <w:r w:rsidR="00EA21F0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>R</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0088423B">
-[...70 lines deleted...]
-    <w:p w14:paraId="0F7121D1" w14:textId="14604A61" w:rsidR="00EA21F0" w:rsidRDefault="004D08BF" w:rsidP="00A67CE7">
+    </w:p>
+    <w:p w14:paraId="0F7121D1" w14:textId="77777777" w:rsidR="00EA21F0" w:rsidRDefault="004D08BF" w:rsidP="00A67CE7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
       <w:r w:rsidR="00EA21F0" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Minor in Sustainability </w:t>
       </w:r>
-      <w:r w:rsidR="001A13F8">
-[...42 lines deleted...]
-    <w:p w14:paraId="2E7EC53C" w14:textId="1EBD219C" w:rsidR="00540FA6" w:rsidRDefault="009C3824" w:rsidP="002655F6">
+    </w:p>
+    <w:p w14:paraId="3FB6C434" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00D91851">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:right="180"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="444B6323" w14:textId="77777777" w:rsidR="00540FA6" w:rsidRDefault="00540FA6" w:rsidP="00A67CE7">
+        <w:ind w:right="180"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34D51CDB" w14:textId="0FF26096" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00D91851">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="180"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>University of New South Wales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Sydney, Australia. Exchange study abroad program, Fall 2014</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B2FCA7" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00D91851">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="180"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF62BE8" w14:textId="6191E398" w:rsidR="00D91851" w:rsidRPr="00C94FEA" w:rsidRDefault="004D08BF" w:rsidP="00D91851">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="180"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Extracurricular Education Programs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D82E1AD" w14:textId="3AC7BDA1" w:rsidR="001A2195" w:rsidRPr="00C94FEA" w:rsidRDefault="001A2195" w:rsidP="001A2195">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="487A651E" w14:textId="11D92C1E" w:rsidR="004D08BF" w:rsidRPr="00C94FEA" w:rsidRDefault="00540FA6" w:rsidP="00540FA6">
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00E919CE" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Hispanic Summer Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0467F" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BE8B01" w14:textId="5F83750A" w:rsidR="00BB108D" w:rsidRPr="00C94FEA" w:rsidRDefault="00D91455" w:rsidP="00431FF9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:right="180"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C94FEA">
+        <w:ind w:left="1085" w:right="180"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C712A2" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Latino Religious Expressions,” Professor</w:t>
+      </w:r>
+      <w:r w:rsidR="00431FF9" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C712A2" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Cristian de la Rosa.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6974" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Southern Methodist University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Perkins School of Theology</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6974" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00357489">
-[...35 lines deleted...]
-      <w:r w:rsidR="00E845EE">
+      <w:r w:rsidR="00057262" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dallas, TX. </w:t>
+      </w:r>
+      <w:r w:rsidR="00514FAE" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>June 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAF0794" w14:textId="5CDD12CD" w:rsidR="00BB108D" w:rsidRPr="00C94FEA" w:rsidRDefault="00D91455" w:rsidP="00431FF9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1085" w:right="180"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005F16CA" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interreligious </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1771D" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Diversity in the Latinx Community</w:t>
+      </w:r>
+      <w:r w:rsidR="000016C7" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00357489">
-[...32 lines deleted...]
-    <w:p w14:paraId="6D82E1AD" w14:textId="7A97FDE4" w:rsidR="001A2195" w:rsidRPr="00C94FEA" w:rsidRDefault="001A2195" w:rsidP="001A2195">
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="000016C7" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Professor</w:t>
+      </w:r>
+      <w:r w:rsidR="00431FF9" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: Dr.</w:t>
+      </w:r>
+      <w:r w:rsidR="000016C7" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Harold Morales.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oblate School of Theology, </w:t>
+      </w:r>
+      <w:r w:rsidR="00057262" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>San Antonio, TX. June 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC6536F" w14:textId="0C4792DF" w:rsidR="00EC33F8" w:rsidRPr="00C94FEA" w:rsidRDefault="00E919CE" w:rsidP="008B05BC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="365" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">• </w:t>
       </w:r>
-      <w:r w:rsidR="00E919CE" w:rsidRPr="00C94FEA">
-[...172 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C83C97">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">WFU </w:t>
       </w:r>
       <w:r w:rsidR="00EC33F8" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>School of Divinity</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="3F77BC9C" w14:textId="68C17789" w:rsidR="008B05BC" w:rsidRDefault="00DB3049" w:rsidP="00EC33F8">
+        <w:t>School of Divinity pilgrimages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F77BC9C" w14:textId="65347D91" w:rsidR="008B05BC" w:rsidRDefault="00DB3049" w:rsidP="00EC33F8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>“Jews, Christians, and Muslims in the Holy Land</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">“Jews, Christians, and Muslims in the Holy Land” </w:t>
+      </w:r>
+      <w:r w:rsidR="00707DA4" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pilgrimage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00EE2EA2" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Wake Forest University School of Divinity travel course to </w:t>
       </w:r>
+      <w:r w:rsidR="008B05BC" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Israel</w:t>
+      </w:r>
       <w:r w:rsidR="008132C4" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Palestine. December 2016 - January 2017</w:t>
+        <w:t xml:space="preserve"> and Palestine. December 2016 - January 2017</w:t>
       </w:r>
       <w:r w:rsidR="00EE2EA2" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13560A73" w14:textId="4F43D4BA" w:rsidR="00C83C97" w:rsidRPr="00C94FEA" w:rsidRDefault="00C83C97" w:rsidP="00AC0D47">
+    <w:p w14:paraId="13560A73" w14:textId="5DF9D8FB" w:rsidR="00C83C97" w:rsidRPr="00C94FEA" w:rsidRDefault="00C83C97" w:rsidP="00AC0D47">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>“Ecotones of the Spirit,</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, AZ. March 2017. </w:t>
+        <w:t xml:space="preserve">“Ecotones of the Spirit” pilgrimage, Wake Forest University School of Divinity travel course to Tucson, AZ. March 2017. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B63904B" w14:textId="62AC2873" w:rsidR="00E919CE" w:rsidRPr="00C94FEA" w:rsidRDefault="008A4358" w:rsidP="00200088">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">“Religions of Egypt” </w:t>
       </w:r>
       <w:r w:rsidR="00707DA4" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pilgrimage,</w:t>
       </w:r>
       <w:r w:rsidR="00200088" w:rsidRPr="00C94FEA">
         <w:rPr>
@@ -1576,308 +1185,272 @@
       <w:r w:rsidR="00AD54CA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00F5428B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D62E6">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Cairo and Fayoum, Egypt. </w:t>
       </w:r>
       <w:r w:rsidR="00F5428B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>March 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A16DB23" w14:textId="32EBAE50" w:rsidR="00E739AD" w:rsidRDefault="00E739AD" w:rsidP="00E739AD">
+    <w:p w14:paraId="41AEBDBD" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="72129E40" w14:textId="074000FF" w:rsidR="00303160" w:rsidRDefault="00000000" w:rsidP="00D44241">
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Earth Systems Science for the Anthropocene (ESSA) Immersive, Interdisciplinary, Identity-based Team Science Experience (IIITSE) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA016C1" w14:textId="13B0DD08" w:rsidR="002E5325" w:rsidRPr="00593581" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1140" w:right="180"/>
+        <w:ind w:left="1440" w:right="180"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00FA2820" w:rsidRPr="00B501E9">
+        <w:r w:rsidRPr="002E5325">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Weaving Relations</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D44241">
-[...42 lines deleted...]
-    <w:p w14:paraId="54D7F1C9" w14:textId="4E619BF2" w:rsidR="00D44241" w:rsidRPr="00C94FEA" w:rsidRDefault="00D44241" w:rsidP="000F60F1">
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, collaborative research experience with Indigenous communities in Northern California. March - July 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFA3202" w14:textId="354FEFCD" w:rsidR="00224A10" w:rsidRDefault="00224A10" w:rsidP="000F60F1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="3600"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-    <w:p w14:paraId="2CED9182" w14:textId="77777777" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
+    </w:p>
+    <w:p w14:paraId="09B01D6C" w14:textId="77777777" w:rsidR="00F54D79" w:rsidRPr="00C94FEA" w:rsidRDefault="00F54D79" w:rsidP="000F60F1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="3600"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D9D0C4C" w14:textId="37778FCE" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="2880" w:right="3600" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>PUBLICATION</w:t>
+      </w:r>
+      <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>S </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CED9182" w14:textId="77777777" w:rsidR="00705265" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Shouts and Whispers: Radical Meditations for Lent</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Wake Forest University Divinity Students and Guests, Katherine Shaner (ed.). Wake Forest University Press, 2017.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63607B02" w14:textId="582313A9" w:rsidR="008A4BB8" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00361EE7">
+    <w:p w14:paraId="76586538" w14:textId="596A0B99" w:rsidR="002E5325" w:rsidRPr="00C94FEA" w:rsidRDefault="002E5325" w:rsidP="00705265">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:t xml:space="preserve">Weaving Narratives: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="002E5325">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>@Indigedocscholars (Re)Writing Academia</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002E5325">
+        <w:t>. Zine. 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63607B02" w14:textId="16079002" w:rsidR="008A4BB8" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00361EE7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="523" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="450"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>LECTURES</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4F8DC783" w14:textId="2061DD20" w:rsidR="00CC026A" w:rsidRDefault="00CC026A" w:rsidP="000F20DE">
+        <w:t>LECTURES AND SPEAKING ENGAGEMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9A580E" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="000F20DE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:r w:rsidR="00300492" w:rsidRPr="00E063F7">
+      <w:r w:rsidRPr="002E5325">
+        <w:t xml:space="preserve">Panelist, American Indian Studies Association (AISA) Graduate Pre-Conference. “Identifying and Nurturing a Support System.” February 5, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663308F8" w14:textId="1ACDBF14" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="000F20DE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:t xml:space="preserve">Guest, Sustaining (in)Justice podcast. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="002E5325">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>S1E16: Power and Privilege in Food Systems and Religion</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00300492">
-[...6 lines deleted...]
-    <w:p w14:paraId="05C4FF4D" w14:textId="0D2BC011" w:rsidR="000F20DE" w:rsidRPr="000F20DE" w:rsidRDefault="000F20DE" w:rsidP="000F20DE">
+      <w:r w:rsidRPr="002E5325">
+        <w:t xml:space="preserve">. April 5, 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C4FF4D" w14:textId="5830E0F5" w:rsidR="000F20DE" w:rsidRPr="000F20DE" w:rsidRDefault="000F20DE" w:rsidP="000F20DE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F20DE">
         <w:t>ESSA Scholar presenter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, “An Ecology of Indigenous Culinary Culture.” </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00537DB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ESSA Annual Symposium</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, November 3, 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5997F967" w14:textId="4011CBD2" w:rsidR="006243F4" w:rsidRDefault="006243F4" w:rsidP="00130866">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lecturer, </w:t>
       </w:r>
       <w:r w:rsidR="006D46DD">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">“TEK, Policy, and the Borderlands” lecture </w:t>
       </w:r>
       <w:r w:rsidR="00F51DBA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00250764" w:rsidRPr="00250764">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Discovery Seminar: Environmental Justice Across Borders</w:t>
       </w:r>
       <w:r w:rsidR="006D46DD">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> course, </w:t>
@@ -1905,193 +1478,186 @@
       <w:r w:rsidR="006D46DD">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">    “</w:t>
       </w:r>
       <w:r w:rsidR="00B81164">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Food and Environmental Justice”</w:t>
       </w:r>
       <w:r w:rsidR="006D6F0A">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> lecture.</w:t>
       </w:r>
       <w:r w:rsidR="00B81164">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135613F4" w14:textId="7D64DF95" w:rsidR="005A585A" w:rsidRDefault="005A585A" w:rsidP="00ED66AE">
-[...61 lines deleted...]
-    <w:p w14:paraId="222300C1" w14:textId="3727F7B1" w:rsidR="001D5E08" w:rsidRDefault="001D5E08" w:rsidP="00130866">
+    <w:p w14:paraId="222300C1" w14:textId="301875C8" w:rsidR="001D5E08" w:rsidRDefault="001D5E08" w:rsidP="00130866">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Guest, “The Power of Identity: Bringing Our Whole Selves to Research”</w:t>
       </w:r>
       <w:r w:rsidR="00490B78">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> episode of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00490B78" w:rsidRPr="00DF38EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Resilient Futures Podcast (formerly Future Cities)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DF38EF">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. September 1, 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DFB8CE" w14:textId="29246008" w:rsidR="00563046" w:rsidRDefault="00563046" w:rsidP="00F17EEB">
-[...29 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="65836B76" w14:textId="56C1A24B" w:rsidR="000E635A" w:rsidRDefault="000E635A" w:rsidP="00F17EEB">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Lecturer, “</w:t>
       </w:r>
       <w:r w:rsidR="00EF3608">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Indigenous Geographies of Food and Power” lecture for Indigenizing Food Systems </w:t>
       </w:r>
       <w:r w:rsidR="00EF0492">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Humanities Lab course. Arizona State University. Tempe, AZ. Spring 2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45ACA003" w14:textId="2D0B1BAF" w:rsidR="004D62E6" w:rsidRDefault="001D2A76" w:rsidP="00130866">
+    <w:p w14:paraId="6944AA77" w14:textId="00096D2F" w:rsidR="00D93095" w:rsidRDefault="00D93095" w:rsidP="00130866">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ecturer on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>biocultural diversity for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A367E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E1C6B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Perspectives in Sustainability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A367E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Fall 2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45ACA003" w14:textId="0A4DE486" w:rsidR="004D62E6" w:rsidRDefault="001D2A76" w:rsidP="00130866">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lectur</w:t>
       </w:r>
       <w:r w:rsidR="004024F0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">er, </w:t>
       </w:r>
       <w:r w:rsidR="009C44F9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00130866" w:rsidRPr="00130866">
@@ -2513,51 +2079,50 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>“Illuminating Indigenous Worldviews and Practices in Sustainability Research.” Grant finalist presentation for ASU Women and Philanthropy. Musical Instrument Museum. Phoenix, AZ. February 24, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="463EE712" w14:textId="77777777" w:rsidR="009835E7" w:rsidRPr="00C94FEA" w:rsidRDefault="009835E7" w:rsidP="009835E7">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Panelist, Sparkhouse </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Dialogues on Race</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> webinar, North Carolina Synod of the Evangelical Lutheran Church in America. November 11, 2021.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C582F8C" w14:textId="77777777" w:rsidR="00DF6FC0" w:rsidRDefault="009835E7" w:rsidP="00AF7997">
       <w:pPr>
@@ -2575,81 +2140,82 @@
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:t>Opening prayer, meeting of Ecumenical Women at the United Nations 65th Commission on the Status of Women (CSW65), “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Women in Public Life: Equal Participation in Decision-Making</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve">.” March 15, 2021. </w:t>
       </w:r>
       <w:r w:rsidR="00AF7997">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00AF7997">
         <w:br/>
       </w:r>
       <w:r w:rsidR="000A51CA">
         <w:t xml:space="preserve">Interview, </w:t>
       </w:r>
       <w:r>
         <w:t>“</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00922BAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Week 1: Racial equity</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C94FEA">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve"> No Plastics For Lent series, ELCA Young Adults. February 24, 2021. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2E046E" w14:textId="5E8217F0" w:rsidR="009835E7" w:rsidRDefault="00DF6FC0" w:rsidP="00DF6FC0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Blog post, </w:t>
       </w:r>
       <w:r w:rsidR="006E0A6D">
         <w:t>“</w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="006E0A6D" w:rsidRPr="00D06D6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Justice Alongside Indigenous Peoples</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E0A6D">
         <w:t xml:space="preserve">.” February 23, 2021. </w:t>
       </w:r>
       <w:r w:rsidR="00AF7997">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00AF7997">
         <w:br/>
       </w:r>
       <w:r w:rsidR="000A51CA">
         <w:rPr>
           <w:rStyle w:val="-kxls"/>
           <w:color w:val="1A2E3B"/>
         </w:rPr>
         <w:t xml:space="preserve">Speaker, </w:t>
       </w:r>
       <w:r w:rsidR="009835E7" w:rsidRPr="00C94FEA">
         <w:rPr>
@@ -2879,848 +2445,901 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C229B5D" w14:textId="0461C614" w:rsidR="009835E7" w:rsidRDefault="009835E7" w:rsidP="009835E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="29" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">“Servin’ from the bottom, now we here,” a sermon on Mark 9:30-37. Delivered to Wake Forest University School of Divinity, Winston-Salem, NC. September 20, 2018. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785BAC42" w14:textId="77777777" w:rsidR="009835E7" w:rsidRDefault="009835E7" w:rsidP="009835E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="274EDF96" w14:textId="1C2AC297" w:rsidR="0013230E" w:rsidRPr="00282D3D" w:rsidRDefault="009835E7" w:rsidP="00282D3D">
+    <w:p w14:paraId="649A0A5C" w14:textId="36AF2643" w:rsidR="009835E7" w:rsidRPr="00C94FEA" w:rsidRDefault="009835E7" w:rsidP="009835E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:t>Sermon for Holy Week. Peace Haven Baptist Church, Winston-Salem, NC. March 28, 2018.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C09843" w14:textId="19E9517F" w:rsidR="00335E3C" w:rsidRDefault="00335E3C" w:rsidP="00335E3C">
-[...3 lines deleted...]
-        <w:ind w:left="2880" w:right="2610"/>
+    <w:p w14:paraId="43BD6C73" w14:textId="77777777" w:rsidR="009835E7" w:rsidRDefault="009835E7" w:rsidP="00BD1E2B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="2610"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="274EDF96" w14:textId="77777777" w:rsidR="0013230E" w:rsidRDefault="0013230E" w:rsidP="00BD1E2B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="2610"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA16CC2" w14:textId="04921520" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720" w:right="2610" w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>CONFERENCE PRESENTATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0F5EF0" w14:textId="77777777" w:rsidR="00FB717B" w:rsidRDefault="00FB717B" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720" w:right="2610" w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4069240D" w14:textId="5298D877" w:rsidR="00FB717B" w:rsidRDefault="00FB717B" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0889">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rocky Mountain Regional Conference - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Association for Experiential Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB6D97E" w14:textId="64C2805A" w:rsidR="00FB717B" w:rsidRDefault="00FB717B" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CF3EDF" w14:textId="6641549B" w:rsidR="00FB717B" w:rsidRDefault="00FB717B" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Workshop submission, “What IS Nature? </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0B02">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Worldviews and Humans’ Place in the World.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0343B22B" w14:textId="3FED0A14" w:rsidR="00BE37F6" w:rsidRDefault="00787CD7" w:rsidP="00787CD7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>With c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>facilitator</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE37F6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s Dr. Shauna Burnsilver and Sophie Neems.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Phoenix, AZ. March 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787CD7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E5DABC" w14:textId="77777777" w:rsidR="00FB717B" w:rsidRDefault="00FB717B" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF383FF" w14:textId="1C98E715" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 American Indian Studies Association (AISA) Conference </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3A18E8" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E3491D6" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>CONFERENCE PRESENTATIONS</w:t>
-[...53 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ession submission, “Weaving Relations: A Proactive Approach to Building Cohort Identity Towards a Diverse and Inclusive STEM” with the Earth Systems Science for the Anthropocene Graduate Scholars Network. Arizona State University. Tempe, AZ. February 6th, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A1C33F" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221661A0" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024 National Diversity in STEM (NDiSTEM) Conference – Society for the Advancement of Chicanos and Native Americans in STEM (SACNAS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A94A31" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6757F0EC" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:color w:val="222222"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="0A2E6C0A" w14:textId="653A7F39" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Session submission, “Liberating Indigenous Sciences: On the wholeness of knowledge and subjugation of TEK” with the Earth Systems Science for the Anthropocene Graduate Scholars Network. Phoenix Convention Center. Phoenix, AZ. October 31, 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443A4201" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D21CB7" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023 National Diversity in STEM (NDiSTEM) Conference - Society for the Advancement of Chicanos and Native Americans in STEM (SACNAS) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB3FA99" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FF50689" w14:textId="07A4789E" w:rsidR="002E5325" w:rsidRPr="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Session submission, “Weaving relations through STEM - immersive team science experiences for Indigenous and Latine identifying graduate scholars” with the Earth Systems Science for the Anthropocene Graduate Scholars Network. Oregon Convention Center. Portland, Oregon. October 26-28, 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373E670A" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3456" w:right="2610"/>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>TEACHING EXPERIENCE </w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C475F9C" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00705265">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="3456" w:right="2610"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A2E6C0A" w14:textId="734123D8" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="3456" w:right="2610"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>TEACHING EXPERIENCE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A7C1C18" w14:textId="7494E634" w:rsidR="000F504C" w:rsidRDefault="00CA0075" w:rsidP="00DE496C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Arizona State University, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01379C01" w14:textId="012E9610" w:rsidR="00ED433A" w:rsidRPr="00ED433A" w:rsidRDefault="00ED433A" w:rsidP="003A367E">
+    <w:p w14:paraId="4094ED04" w14:textId="7A30786C" w:rsidR="007B757D" w:rsidRDefault="007B757D" w:rsidP="003A367E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Instructor, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Teaching Assistant, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54C4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Sustainable Food Systems</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="21BE36A8" w14:textId="733FA380" w:rsidR="00DA64E2" w:rsidRPr="00DA64E2" w:rsidRDefault="00DA64E2" w:rsidP="003A367E">
+        <w:t>Building A Sustainable World,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spring 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70708838" w14:textId="41470D8B" w:rsidR="007B757D" w:rsidRDefault="007B757D" w:rsidP="003A367E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Instructor, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Teaching Assistant, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A517C" w:rsidRPr="00A54C4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Sustainable Food Systems</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="2941B6B6" w14:textId="4E7F6FC4" w:rsidR="00FD5C81" w:rsidRPr="00A76110" w:rsidRDefault="001E3A6D" w:rsidP="003A367E">
+        <w:t>Sustainable Cities</w:t>
+      </w:r>
+      <w:r w:rsidR="006A517C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Fall 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60ACE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517BC040" w14:textId="6C3A5567" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="003A367E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="00A76110">
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instructor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54C4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Egypt Food Economies, Sustainability, and Development. </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="61F77C2E" w14:textId="09414D5E" w:rsidR="000F504C" w:rsidRDefault="000F504C" w:rsidP="003A367E">
+        <w:t xml:space="preserve">Sustainable Food </w:t>
+      </w:r>
+      <w:r w:rsidR="00E228FC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and Farms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54C4D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fall 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB607B7" w14:textId="32FD0B06" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="003A367E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A367E">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="000E1C6B">
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instructor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54C4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Humanities Lab Course: Indigenizing Food Systems</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="2BB5F513" w14:textId="6B704E79" w:rsidR="0011294D" w:rsidRPr="0011294D" w:rsidRDefault="0011294D" w:rsidP="003A367E">
+        <w:t>Sustainable Food Systems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Summer 2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE491A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Session B</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6A3838" w14:textId="138B367D" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="003A367E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-instructor, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54C4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Sustainability – Systems Thinking</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="1035C1A0" w14:textId="6609784C" w:rsidR="00577B1E" w:rsidRPr="003A367E" w:rsidRDefault="006F2E1B" w:rsidP="003A367E">
+        <w:t>Egypt Food Economies, Sustainability, and Development</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Spring break study abroad course. March 2nd-10th, 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB5F513" w14:textId="527067D0" w:rsidR="0011294D" w:rsidRPr="0011294D" w:rsidRDefault="0011294D" w:rsidP="003A367E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="1170"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A367E">
-[...13 lines deleted...]
-      <w:r w:rsidR="00CA0075" w:rsidRPr="000E1C6B">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teaching assistant, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Humanities Lab Course: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE7A34" w:rsidRPr="000E1C6B">
+        <w:t>Sustainability – Systems Thinking</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Fall 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1035C1A0" w14:textId="218BC694" w:rsidR="00577B1E" w:rsidRPr="003A367E" w:rsidRDefault="006F2E1B" w:rsidP="003A367E">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720" w:right="1170"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A367E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Teaching assistant,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0075" w:rsidRPr="000E1C6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Indigenizing Food System</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A367E" w:rsidRPr="000E1C6B">
+        <w:t xml:space="preserve">Humanities Lab Course: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7A34" w:rsidRPr="000E1C6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...55 lines deleted...]
-      <w:r w:rsidR="00577B1E" w:rsidRPr="000E1C6B">
+        <w:t>Indigenizing Food System</w:t>
+      </w:r>
+      <w:r w:rsidR="003A367E" w:rsidRPr="000E1C6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Perspectives in Sustainability</w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003A367E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Spring 2022</w:t>
       </w:r>
       <w:r w:rsidR="003A367E" w:rsidRPr="003A367E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003A367E">
-[...3 lines deleted...]
-        <w:t>Fall 2022</w:t>
+      <w:r w:rsidR="00D93095">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>and Spring 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="003A367E" w:rsidRPr="003A367E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D93095">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F3696A" w14:textId="09FECEE8" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Wake Forest University, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Winston-Salem, NC </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56FA180F" w14:textId="77777777" w:rsidR="001B1236" w:rsidRPr="00DE496C" w:rsidRDefault="00705265" w:rsidP="001B1236">
-[...21 lines deleted...]
-    </w:p>
     <w:p w14:paraId="621FE0AC" w14:textId="2DED2488" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00C80123" w:rsidP="001B1236">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="437" w:right="-360" w:firstLine="283"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk28959355"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Teaching assistant</w:t>
       </w:r>
       <w:r w:rsidR="001B1236" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction to Christian Traditions in Latin America, </w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Fall 2019</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D0959F3" w14:textId="1DA8D098" w:rsidR="006B7ABB" w:rsidRPr="00C94FEA" w:rsidRDefault="001B1236" w:rsidP="001B1236">
-[...25 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="7BFB062A" w14:textId="44BADCF0" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
-[...77 lines deleted...]
-    </w:p>
     <w:p w14:paraId="64CADE40" w14:textId="77777777" w:rsidR="00480C84" w:rsidRPr="00C94FEA" w:rsidRDefault="00480C84" w:rsidP="00361EE7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03FE850B" w14:textId="3522704B" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="005E3242" w:rsidP="005E3242">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3600" w:right="3870"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>AWARDS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626F197A" w14:textId="1A0338B2" w:rsidR="00F63F6E" w:rsidRPr="00C40F4A" w:rsidRDefault="00D50730" w:rsidP="00C40F4A">
+    <w:p w14:paraId="2212988D" w14:textId="43EA39C8" w:rsidR="00514356" w:rsidRPr="00C40F4A" w:rsidRDefault="00D50730" w:rsidP="00C40F4A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="288" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="398"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Rhodes and Leona B. Carpenter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Foundation</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fellowship, 2016</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-2019</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">Wake Forest University School of Divinity. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494B67EB" w14:textId="77777777" w:rsidR="00501E5B" w:rsidRPr="00C94FEA" w:rsidRDefault="00501E5B" w:rsidP="00A057F8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A05E9E3" w14:textId="3BF95F38" w:rsidR="00A057F8" w:rsidRPr="00C94FEA" w:rsidRDefault="00A057F8" w:rsidP="00677401">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
@@ -4235,352 +3854,466 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Title of project: “Connecting Community Through Food”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0001516F" w14:textId="45B1582E" w:rsidR="0067272A" w:rsidRPr="00DC5D44" w:rsidRDefault="00283DCE" w:rsidP="00361EE7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0838FC9F" w14:textId="130A03D9" w:rsidR="00B667AD" w:rsidRPr="0007600A" w:rsidRDefault="005E3242" w:rsidP="0007600A">
+    <w:p w14:paraId="5480219F" w14:textId="4385CE04" w:rsidR="00705265" w:rsidRDefault="005E3242" w:rsidP="005D7DD2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3187" w:right="1980"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>WORK EXPERIENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCD0218" w14:textId="77777777" w:rsidR="00F63F6E" w:rsidRDefault="00F63F6E" w:rsidP="00B667AD">
+    <w:p w14:paraId="4880FC57" w14:textId="77777777" w:rsidR="002E5325" w:rsidRPr="00C94FEA" w:rsidRDefault="002E5325" w:rsidP="005D7DD2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="3187" w:right="1980"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19FDEA40" w14:textId="37BC5353" w:rsidR="00E504E8" w:rsidRPr="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="686"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5E1E6086" w14:textId="74E3AF67" w:rsidR="00B667AD" w:rsidRDefault="00B667AD" w:rsidP="00B667AD">
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ELCA Young Adult Network Facilitator for the ELCA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E504E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ministries of Diverse Cultures and Communities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Evangelical Lutheran Church in America. June 2025-present. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35288F92" w14:textId="77777777" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="686"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C94FEA">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A9AC990" w14:textId="3D104B61" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5" w:right="686"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Graduate Research Associate, </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arizona State University School of Sustainability, Tempe, AZ. Spring 2026. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1711A388" w14:textId="43E1DB22" w:rsidR="002E5325" w:rsidRPr="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5" w:right="686"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kris Hartley</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, supervising faculty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17284AA3" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5" w:right="686"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666E939B" w14:textId="1F338955" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5" w:right="686"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate Research Associate, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Arizona State University School of Sustainability, Tempe, AZ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> August 2021-present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E69EB97" w14:textId="77777777" w:rsidR="00B667AD" w:rsidRPr="0048539B" w:rsidRDefault="00B667AD" w:rsidP="00B667AD">
+    <w:p w14:paraId="3B21A0B0" w14:textId="77777777" w:rsidR="002E5325" w:rsidRPr="0048539B" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="686" w:firstLine="5"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Indigenous Knowledges Focal Area, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Julie Ann Wrigley Global Futures Laboratory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507FE3CF" w14:textId="77777777" w:rsidR="00B667AD" w:rsidRDefault="00B667AD" w:rsidP="00B667AD">
+    <w:p w14:paraId="141E51B0" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="686" w:firstLine="715"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="555361E0" w14:textId="77777777" w:rsidR="00B667AD" w:rsidRDefault="00B667AD" w:rsidP="00B667AD">
+    <w:p w14:paraId="6A3086EE" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="10" w:right="686" w:firstLine="715"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Food Justice Research Group at ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADEBADE" w14:textId="77777777" w:rsidR="00B667AD" w:rsidRDefault="00B667AD" w:rsidP="00B667AD">
+    <w:p w14:paraId="62B548ED" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="10" w:right="686" w:firstLine="715"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BF2D691" w14:textId="7ABD409F" w:rsidR="00B667AD" w:rsidRPr="00B667AD" w:rsidRDefault="00B667AD" w:rsidP="00B667AD">
+    <w:p w14:paraId="5FBB9E96" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="10" w:right="686" w:firstLine="715"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Earth Systems Science for the Anthropocene (ESSA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366259D1" w14:textId="5EE29A5F" w:rsidR="007C4161" w:rsidRPr="00F63F6E" w:rsidRDefault="005D7DD2" w:rsidP="00F63F6E">
-[...38 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="248005F1" w14:textId="4B14E4DC" w:rsidR="005D7DD2" w:rsidRPr="005D7DD2" w:rsidRDefault="005D7DD2" w:rsidP="005D7DD2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Collaborator and Graduate Research Associate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, “Inclusion across the Nation of Communities of Learners of Underrepresented Discoverers in Engineering and Science: Gathering to Create a </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Culturally Appropriate Biomimicry Pathway to STEM for Indigenous Students.” Fall 2023-Spring 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FB8025" w14:textId="227D26A2" w:rsidR="007C4161" w:rsidRPr="007C4161" w:rsidRDefault="007C4161" w:rsidP="004B7123">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate Research Associate, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Earth Systems Science for the Anthropocene</w:t>
+      </w:r>
+      <w:r w:rsidR="0011294D">
+        <w:t>, ASU Chapter. Spring – Summer 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366259D1" w14:textId="77777777" w:rsidR="007C4161" w:rsidRDefault="007C4161" w:rsidP="004B7123">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0A05188B" w14:textId="4F756DA0" w:rsidR="009E7BD3" w:rsidRPr="009E7BD3" w:rsidRDefault="009E7BD3" w:rsidP="004B7123">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Project Coordinator, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Native American/North American Shared Sacred Story </w:t>
       </w:r>
       <w:r w:rsidR="006978FE">
         <w:t xml:space="preserve">writing group, Shared Sacred Story project, Fetzer Institute. </w:t>
       </w:r>
       <w:r w:rsidR="001C6195">
         <w:t>June</w:t>
       </w:r>
       <w:r w:rsidR="006978FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C6195">
         <w:t>2022-present</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78D188BF" w14:textId="77777777" w:rsidR="009E7BD3" w:rsidRDefault="009E7BD3" w:rsidP="004B7123">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33004EEB" w14:textId="77777777" w:rsidR="007338CA" w:rsidRDefault="004B7123" w:rsidP="007338CA">
+    <w:p w14:paraId="76BA3887" w14:textId="5FCBC2F0" w:rsidR="004B7123" w:rsidRPr="00C94FEA" w:rsidRDefault="004B7123" w:rsidP="004B7123">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mentor</w:t>
       </w:r>
       <w:r w:rsidR="009E7BD3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and Project Supervisor</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve"> Sustainability Undergraduate Research Experience (SURE) Program, </w:t>
       </w:r>
       <w:r w:rsidR="00A62696" w:rsidRPr="00C94FEA">
         <w:t>Arizona State University, Tempe, AZ</w:t>
       </w:r>
       <w:r w:rsidR="008C6913">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A62696" w:rsidRPr="00C94FEA">
-        <w:t xml:space="preserve"> </w:t>
-[...28 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Spring 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198F8DAA" w14:textId="77777777" w:rsidR="0048539B" w:rsidRDefault="0048539B" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="686"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="677BA11B" w14:textId="70184B0B" w:rsidR="0048539B" w:rsidRDefault="00AD3B59" w:rsidP="003E5C53">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5" w:right="686"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Graduate Teaching Assistant</w:t>
       </w:r>
       <w:r w:rsidR="003F1CA7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0048539B" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Arizona State University School of Sustainability, Tempe, AZ</w:t>
       </w:r>
       <w:r w:rsidR="0048539B">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0048539B" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -5135,206 +4868,304 @@
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>, Sierra Club, Washington, DC</w:t>
       </w:r>
       <w:r w:rsidR="008C6913">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> January 2016 – May 2016</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56189880" w14:textId="77777777" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5630EF31" w14:textId="3BFCDD4A" w:rsidR="009A2957" w:rsidRDefault="00F678C2" w:rsidP="005B7534">
+    <w:p w14:paraId="3960B779" w14:textId="67E06BDF" w:rsidR="0067272A" w:rsidRPr="00096E61" w:rsidRDefault="00F678C2" w:rsidP="00D83882">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>National Office Intern</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>, Student Conservation Association, Arlington, VA</w:t>
       </w:r>
       <w:r w:rsidR="008C6913">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> September 2013 — April 2014</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3030FFF3" w14:textId="77777777" w:rsidR="001E3A6D" w:rsidRDefault="001E3A6D" w:rsidP="005B7534">
+      <w:r w:rsidR="00096E61">
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475E9EFC" w14:textId="4EA00D33" w:rsidR="002E5325" w:rsidRPr="002E5325" w:rsidRDefault="002E5325" w:rsidP="002E5325">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0E998948" w14:textId="7D0C1930" w:rsidR="001E3A6D" w:rsidRPr="001E3A6D" w:rsidRDefault="001E3A6D" w:rsidP="005B7534">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CONSULTING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475D8BE2" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00D83882">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:rPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="118F2455" w14:textId="77777777" w:rsidR="005B7534" w:rsidRDefault="005B7534" w:rsidP="00D83882">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39C311F0" w14:textId="6E94795A" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00D83882">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3960B779" w14:textId="77777777" w:rsidR="0067272A" w:rsidRPr="00C94FEA" w:rsidRDefault="0067272A" w:rsidP="00D83882">
+      <w:r w:rsidRPr="002E5325">
+        <w:t xml:space="preserve">Decolonization Committee, Mt. Kearsarge Indian </w:t>
+      </w:r>
+      <w:r w:rsidR="00096E61" w:rsidRPr="002E5325">
+        <w:t>Museum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5325">
+        <w:t xml:space="preserve">. Warner, NH. February-April 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A290F6" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00D83882">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FCD5B73" w14:textId="37741D4C" w:rsidR="000F60F1" w:rsidRDefault="000F60F1" w:rsidP="00B0018C">
+    <w:p w14:paraId="74C9B899" w14:textId="0B93E41B" w:rsidR="002E5325" w:rsidRPr="00C94FEA" w:rsidRDefault="002E5325" w:rsidP="002E5325">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
+        <w:t>Discussion leader and consultant on decolonizing the museum and community engagement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D23E879" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="00B0018C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCD5B73" w14:textId="4AA09293" w:rsidR="000F60F1" w:rsidRDefault="000F60F1" w:rsidP="00B0018C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>AFFILIATIONS AND MEMBERSHIPS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DACB159" w14:textId="77777777" w:rsidR="002D069C" w:rsidRDefault="002D069C" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39D77185" w14:textId="0069D53B" w:rsidR="003C5B66" w:rsidRPr="003C5B66" w:rsidRDefault="003C5B66" w:rsidP="002D069C">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="74681992" w14:textId="597326EC" w:rsidR="00E504E8" w:rsidRPr="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="00E504E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Secretary, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Lutheran Campus Ministry at ASU and University Lutheran Church. (Member since August 2021). May 2025-present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A13A8F6" w14:textId="77777777" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="00E504E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C03E81" w14:textId="2C100A4D" w:rsidR="00E504E8" w:rsidRPr="008C6A02" w:rsidRDefault="00E504E8" w:rsidP="00E504E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Delegate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:t>, Women’s Council of Indigenous Doctoral Students</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (WCIDS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:t xml:space="preserve">, Arizona State University. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Member since March 2022). September 2024-</w:t>
+      </w:r>
+      <w:r w:rsidR="00096E61">
+        <w:t>August 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E17EFE6" w14:textId="77777777" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="002D069C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16586DBE" w14:textId="122AC6C3" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002D069C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002E5325">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Native American and Indigenous Studies Association. January 2024-present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771A56D1" w14:textId="77777777" w:rsidR="00EF1B51" w:rsidRDefault="00EF1B51" w:rsidP="002D069C">
-[...10 lines deleted...]
-    <w:p w14:paraId="62B29FB8" w14:textId="7750F029" w:rsidR="00500091" w:rsidRDefault="00500091" w:rsidP="002D069C">
+    <w:p w14:paraId="3F46B15C" w14:textId="77777777" w:rsidR="002E5325" w:rsidRDefault="002E5325" w:rsidP="002D069C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B29FB8" w14:textId="6D274394" w:rsidR="00500091" w:rsidRDefault="00500091" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F02F6F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -5382,72 +5213,143 @@
     <w:p w14:paraId="779FBCD2" w14:textId="77777777" w:rsidR="00500091" w:rsidRDefault="00500091" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F23065B" w14:textId="79A63081" w:rsidR="002D069C" w:rsidRPr="00B957EC" w:rsidRDefault="002D069C" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B957EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, American Indian Science and Engineering Society (AISES). June 2022-present.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBC1808" w14:textId="77777777" w:rsidR="002D069C" w:rsidRDefault="002D069C" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A29F7A2" w14:textId="551C6784" w:rsidR="002D069C" w:rsidRPr="00B957EC" w:rsidRDefault="002D069C" w:rsidP="002D069C">
+    <w:p w14:paraId="419C80ED" w14:textId="77777777" w:rsidR="00126222" w:rsidRDefault="00126222" w:rsidP="00126222">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ecological Society of America (ESA). May 2022-May 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0AD9BE" w14:textId="77777777" w:rsidR="00126222" w:rsidRDefault="00126222" w:rsidP="00126222">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Chapter: Southwestern Chapter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3750191A" w14:textId="77777777" w:rsidR="00126222" w:rsidRPr="0067272A" w:rsidRDefault="00126222" w:rsidP="00126222">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Sections: Traditional Ecological Knowledge, Environmental Justice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304093AF" w14:textId="77777777" w:rsidR="00126222" w:rsidRDefault="00126222" w:rsidP="002D069C">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A29F7A2" w14:textId="4DE39E66" w:rsidR="002D069C" w:rsidRPr="00B957EC" w:rsidRDefault="002D069C" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B957EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, American Association of Geographers (AAG). May 2022-present.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370DFA30" w14:textId="77777777" w:rsidR="002D069C" w:rsidRPr="00B957EC" w:rsidRDefault="002D069C" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5679,92 +5581,50 @@
         </w:rPr>
         <w:t xml:space="preserve">Ramapough </w:t>
       </w:r>
       <w:r w:rsidR="00960AE8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Lenape</w:t>
       </w:r>
       <w:r w:rsidR="00196262">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nation</w:t>
       </w:r>
       <w:r w:rsidR="00960AE8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15ED4684" w14:textId="77777777" w:rsidR="008C6A02" w:rsidRDefault="008C6A02" w:rsidP="008C6A02">
-[...40 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0DB806F6" w14:textId="77777777" w:rsidR="002D069C" w:rsidRDefault="002D069C" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0866E261" w14:textId="70D3C2C2" w:rsidR="002D069C" w:rsidRDefault="00500091" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>E</w:t>
@@ -5811,1200 +5671,942 @@
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>ounding board member</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t>Hispanic Summer Program Alumni Network</w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve"> November 2021-present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="761D8A47" w14:textId="2FD7A8B9" w:rsidR="0016253A" w:rsidRDefault="00282239" w:rsidP="006771CC">
+    <w:p w14:paraId="761D8A47" w14:textId="1F249F2A" w:rsidR="0016253A" w:rsidRDefault="00282239" w:rsidP="0016253A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r>
         <w:t>Events and programming</w:t>
       </w:r>
       <w:r w:rsidR="00500091">
         <w:t xml:space="preserve"> coordinator</w:t>
       </w:r>
-      <w:r w:rsidR="002D68DF">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">, elected Spring 2023 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1244BD24" w14:textId="248AC637" w:rsidR="002D069C" w:rsidRDefault="002F31A2" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ember</w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve">Food Justice </w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve">esearch </w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve">roup, Arizona State University. </w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>August</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve"> 2021-present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662092E5" w14:textId="74E50407" w:rsidR="000C4975" w:rsidRPr="000C4975" w:rsidRDefault="000C4975" w:rsidP="002D069C">
+    <w:p w14:paraId="662092E5" w14:textId="14C5BD91" w:rsidR="000C4975" w:rsidRPr="000C4975" w:rsidRDefault="000C4975" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Research ass</w:t>
       </w:r>
-      <w:r w:rsidR="00DB12AB">
+      <w:r w:rsidR="00C743BD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ociate</w:t>
       </w:r>
       <w:r>
         <w:t>, August 2021-</w:t>
       </w:r>
       <w:r w:rsidR="002F31A2">
         <w:t>May 2022.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31711357" w14:textId="6F02B7C3" w:rsidR="009A18B5" w:rsidRDefault="000C4975" w:rsidP="002D069C">
+    <w:p w14:paraId="005FD77E" w14:textId="77777777" w:rsidR="00AC6647" w:rsidRDefault="00AC6647" w:rsidP="00AC6647">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="864"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="713F71AE" w14:textId="128CE67B" w:rsidR="00AC6647" w:rsidRPr="00C94FEA" w:rsidRDefault="00AC6647" w:rsidP="00AC6647">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="62" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="864"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC6647">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Dr. Melissa Nelson’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3EE5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>EarthDiver Lab</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research collaborative for Indigenous </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raduate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudents </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in STEM</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53208">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. August 2021-May 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31711357" w14:textId="3FF3C01C" w:rsidR="009A18B5" w:rsidRDefault="000C4975" w:rsidP="002D069C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Research ass</w:t>
       </w:r>
-      <w:r w:rsidR="00DB12AB">
+      <w:r w:rsidR="00C743BD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ociate</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and m</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00B957EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ember</w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve">Earth System Science for the Anthropocene </w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>(ESSA) G</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve">raduate </w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>Scholars</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D069C">
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="002D069C" w:rsidRPr="00C94FEA">
         <w:t>etwork, Arizona State University. August 2021-present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBCAB6F" w14:textId="6EB98ED6" w:rsidR="00885699" w:rsidRDefault="009A18B5" w:rsidP="008C2936">
+    <w:p w14:paraId="1EBCAB6F" w14:textId="44FA7778" w:rsidR="00885699" w:rsidRDefault="009A18B5" w:rsidP="008C2936">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:right="638"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Inaugural cohort member</w:t>
       </w:r>
       <w:r w:rsidRPr="00706603">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>“Weaving Relations: Immersive, Inter</w:t>
       </w:r>
       <w:r w:rsidR="006771B8">
         <w:t>disciplinary, Identity-based Team Science Experiences”</w:t>
       </w:r>
       <w:r w:rsidR="00ED28F4">
-        <w:t xml:space="preserve"> program. Spring 2023-Fal</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2023.</w:t>
+        <w:t xml:space="preserve"> program. Spring 2023-Fall 2023.</w:t>
       </w:r>
       <w:r w:rsidR="008C2936">
         <w:br/>
       </w:r>
       <w:r w:rsidR="0089342D" w:rsidRPr="0089342D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Grant funded through the </w:t>
       </w:r>
       <w:r w:rsidR="008C2936" w:rsidRPr="0089342D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>National Science Foundation</w:t>
       </w:r>
       <w:r w:rsidR="0089342D" w:rsidRPr="0089342D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>’s Racial Equity in STEM program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E3A4DE" w14:textId="003FEA7C" w:rsidR="004D1DB0" w:rsidRDefault="003460AC" w:rsidP="00B957EC">
+    <w:p w14:paraId="1281DC45" w14:textId="77777777" w:rsidR="002A556B" w:rsidRDefault="003460AC" w:rsidP="00BD07E5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
       <w:r w:rsidRPr="00B957EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Creation Care Ambassador</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:t>ecoAmerica’s Blessed Tomorrow</w:t>
       </w:r>
       <w:r w:rsidR="00907193">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:t>September 2020-present</w:t>
       </w:r>
       <w:r w:rsidR="008F19D6">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004D1DB0">
-[...155 lines deleted...]
-    <w:p w14:paraId="3BFDF07B" w14:textId="1F214817" w:rsidR="00626841" w:rsidRPr="00626841" w:rsidRDefault="00626841" w:rsidP="002142F7">
+    </w:p>
+    <w:p w14:paraId="6F7075D9" w14:textId="16C7F60A" w:rsidR="0030525F" w:rsidRDefault="00B62620" w:rsidP="00BD07E5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Co-leader,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Lift Every Voice choir</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1BE0">
+        <w:t>, Wake Forest University School of Divinity, August 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00997353">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1BE0">
+        <w:t>-May 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F09F42" w14:textId="1934390D" w:rsidR="00997353" w:rsidRDefault="00997353" w:rsidP="00BD07E5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4630A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Secretary</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Caribbean Students Association, George Washington University, August 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4630A">
+        <w:t xml:space="preserve">3-May 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B06B0BD" w14:textId="4C1D1047" w:rsidR="00B62620" w:rsidRPr="00BD07E5" w:rsidRDefault="00B62620" w:rsidP="00BD07E5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00997353">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5752">
+        <w:t xml:space="preserve">The Voice </w:t>
+      </w:r>
+      <w:r w:rsidR="0087401C">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5752">
+        <w:t xml:space="preserve">ospel acapella choir, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1BE0">
+        <w:t xml:space="preserve">August 2014-May 2016. </w:t>
+      </w:r>
+      <w:r w:rsidR="0087401C">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C2C706" w14:textId="77777777" w:rsidR="0067272A" w:rsidRDefault="0067272A" w:rsidP="00705265">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CCFE179" w14:textId="63F939D0" w:rsidR="000E156A" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="009035FF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>EXTRACURRICULAR AND VOLUNTEER EXPERIENCE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E02818" w14:textId="77777777" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="002142F7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079103D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Small group leader</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E504E8">
+        <w:t xml:space="preserve">, ELCA Young Adult Gathering in New Orleans, LA. July 15-21, 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E839223" w14:textId="77777777" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="002142F7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079103D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E504E8">
+        <w:t>, ELCA Alumni Network. February 2024-present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B441695" w14:textId="3B2C5C20" w:rsidR="009F7326" w:rsidRDefault="0079103D" w:rsidP="002142F7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7326">
+        <w:t>ELCA Young Adults Steering Committee. July 2023-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E504E8">
+        <w:t>December 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7326">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E5A294" w14:textId="4A628D05" w:rsidR="009A2C15" w:rsidRDefault="00353488" w:rsidP="00FF2763">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720" w:right="638"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00864A09">
+        <w:t xml:space="preserve">…8 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>young adults to serve year-long terms to help steer young adult ministries within the church in line with our vision statement, as well as uplift ideas, ongoing ministries, and more. Born out of a desire to include more voices in steering the Young Adult Ministry team, the steering committee will help advise our team in staying true to our vision statement of ‘Called to radically affirm and empower all young voices for Holy strategic disruption and divine justice.’”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4645C990" w14:textId="0F973AE5" w:rsidR="002142F7" w:rsidRDefault="0079103D" w:rsidP="00353488">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Delegate, </w:t>
+      </w:r>
+      <w:r w:rsidR="003F029C">
+        <w:t>COP27 LWF Youth, Lutheran World Federation, September 2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="00607E89">
+        <w:t>November 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="003F029C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABBC91D" w14:textId="6D2B0BC9" w:rsidR="002142F7" w:rsidRPr="00C94FEA" w:rsidRDefault="0079103D" w:rsidP="002142F7">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Planning team member, </w:t>
+      </w:r>
+      <w:r w:rsidR="002142F7" w:rsidRPr="00C94FEA">
+        <w:t>ELCA World Hunger Leadership Gathering</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7467">
+        <w:t xml:space="preserve"> conference</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002142F7" w:rsidRPr="00C94FEA">
+        <w:t xml:space="preserve"> March 2022-</w:t>
+      </w:r>
+      <w:r w:rsidR="003E5C53">
+        <w:t>August 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="002142F7" w:rsidRPr="00C94FEA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C8923A" w14:textId="43F244D6" w:rsidR="00780BCA" w:rsidRDefault="009035FF" w:rsidP="009035FF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0079103D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Discussion leader</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:t>, ELCA Young Adults #NoPlasticsForLent initiative. March</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-April</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94FEA">
+        <w:t xml:space="preserve"> 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6D0511" w14:textId="1C567380" w:rsidR="009035FF" w:rsidRPr="00C94FEA" w:rsidRDefault="0079103D" w:rsidP="009035FF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:right="638"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Member, </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="6B441695" w14:textId="369CE4AF" w:rsidR="009F7326" w:rsidRDefault="00766515" w:rsidP="002142F7">
+      <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
+        <w:t>Alliance of Indigenous Peoples, Arizona State University. September 2021-present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEB59F6" w14:textId="2914027F" w:rsidR="009035FF" w:rsidRPr="00C94FEA" w:rsidRDefault="0079103D" w:rsidP="009035FF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
-      <w:r w:rsidRPr="0062178F">
-[...29 lines deleted...]
-    <w:p w14:paraId="466820F1" w14:textId="3CEC2574" w:rsidR="00EF027A" w:rsidRDefault="00BB68DC" w:rsidP="00353488">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, </w:t>
+      </w:r>
+      <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
+        <w:t>Graduate Christian Fellowship, Arizona State University. September 2021-present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EC2DB2" w14:textId="68C6795D" w:rsidR="009035FF" w:rsidRPr="00C94FEA" w:rsidRDefault="00A17F86" w:rsidP="009035FF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
       </w:pPr>
-      <w:r w:rsidRPr="0062178F">
-[...28 lines deleted...]
-    <w:p w14:paraId="4645C990" w14:textId="09A45A41" w:rsidR="002142F7" w:rsidRDefault="008726D6" w:rsidP="00353488">
+      <w:r w:rsidRPr="0079103D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Task force</w:t>
+      </w:r>
+      <w:r w:rsidR="0079103D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> member</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4652">
+        <w:t>, R</w:t>
+      </w:r>
+      <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
+        <w:t>epudiation of the Doctrine of Discovery, Evangelical Lutheran Church in America. September 2020-July 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BB2AB3" w14:textId="487006C9" w:rsidR="009035FF" w:rsidRPr="00C94FEA" w:rsidRDefault="0079103D" w:rsidP="009035FF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:right="638"/>
-      </w:pPr>
-[...95 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, </w:t>
       </w:r>
       <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
-        <w:t>Alliance of Indigenous Peoples, Arizona State University. September 2021-present.</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WFU School of Divinity Chapel </w:t>
+      </w:r>
+      <w:r w:rsidR="009035FF" w:rsidRPr="0079103D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
       </w:r>
       <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
-        <w:t>Graduate Christian Fellowship, Arizona State University. September 2021-present.</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> R</w:t>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Fall 2017 </w:t>
       </w:r>
       <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
-        <w:t>epudiation of the Doctrine of Discovery, Evangelical Lutheran Church in America. September 2020-July 2021.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:rPr>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:t>—</w:t>
       </w:r>
       <w:r w:rsidR="009035FF" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">WFU School of Divinity Chapel Committee. Fall 2017 </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Spring 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423AC3E2" w14:textId="455B9A71" w:rsidR="002142F7" w:rsidRDefault="008C50D5" w:rsidP="002142F7">
-[...188 lines deleted...]
-    <w:p w14:paraId="318786CC" w14:textId="6334E79C" w:rsidR="0067272A" w:rsidRDefault="0067272A" w:rsidP="00361EE7">
+    <w:p w14:paraId="3CFAB5DA" w14:textId="77777777" w:rsidR="00B709F5" w:rsidRDefault="00B709F5" w:rsidP="00361EE7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7994443F" w14:textId="77777777" w:rsidR="00B62620" w:rsidRDefault="00B62620" w:rsidP="00361EE7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318786CC" w14:textId="09BD4487" w:rsidR="0067272A" w:rsidRDefault="0067272A" w:rsidP="00361EE7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CREATIVE WORKS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12010F0B" w14:textId="77777777" w:rsidR="00361EE7" w:rsidRDefault="00361EE7" w:rsidP="0067272A">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EF46B3D" w14:textId="6AA2054A" w:rsidR="00A94EEC" w:rsidRPr="00D22723" w:rsidRDefault="00000000" w:rsidP="0067272A">
+    <w:p w14:paraId="00B3E3C5" w14:textId="3B8D6A2D" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="0067272A">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00A94EEC" w:rsidRPr="008677BF">
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00E504E8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Liminal Liberation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A94EEC">
+      <w:r w:rsidRPr="00E504E8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D22723">
+      <w:r w:rsidRPr="00E504E8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(building the site)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32950770" w14:textId="1A4B10AF" w:rsidR="00A94EEC" w:rsidRDefault="00A94EEC" w:rsidP="0067272A">
+    <w:p w14:paraId="68C39794" w14:textId="77777777" w:rsidR="00E504E8" w:rsidRDefault="00E504E8" w:rsidP="0067272A">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="374B0352" w14:textId="788A3296" w:rsidR="0067272A" w:rsidRDefault="0067272A" w:rsidP="0067272A">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Latindigenous </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CB3801" w14:textId="66ADBF78" w:rsidR="0067272A" w:rsidRDefault="0067272A" w:rsidP="0067272A">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00327A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Blog</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="363068B0" w14:textId="77777777" w:rsidR="0067272A" w:rsidRPr="00D601D7" w:rsidRDefault="0067272A" w:rsidP="0067272A">
+    <w:p w14:paraId="2A3731A6" w14:textId="5D645AE7" w:rsidR="0067272A" w:rsidRPr="00414B53" w:rsidRDefault="0067272A" w:rsidP="00414B53">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D601D7">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Online space created for Latinx peoples as “a place to unravel and uncover their beautifully complicated identities. From lost languages to lost religion, lost foodways to lost medicine, lost connection to African or Indigenous heritage… discovering, recovering, and embracing our full selves are each monumental tasks that require a starting point. The hope for this site is to serve as that starting point. Creating a podcast for Latindigenous is a personal journey and the fulfillment of a dream. Join the journey of discovering who we are by wrestling with and embracing those raíces that feed our being- and do it in community, or as many of us say… en conjunto.”</w:t>
-      </w:r>
-[...54 lines deleted...]
-        <w:t>(upcoming)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2278814D" w14:textId="77777777" w:rsidR="0067272A" w:rsidRDefault="0067272A" w:rsidP="0067272A">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04053234" w14:textId="75A0AEBC" w:rsidR="0067272A" w:rsidRDefault="00C33C02" w:rsidP="0067272A">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
@@ -7089,66 +6691,66 @@
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Films and other projects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5B5782" w14:textId="77777777" w:rsidR="0067272A" w:rsidRPr="00C86AFF" w:rsidRDefault="0067272A" w:rsidP="0067272A">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="577C427D" w14:textId="0DC2115C" w:rsidR="0067272A" w:rsidRDefault="00000000" w:rsidP="007B2031">
+    <w:p w14:paraId="577C427D" w14:textId="0DC2115C" w:rsidR="0067272A" w:rsidRDefault="007B2031" w:rsidP="007B2031">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="007B2031" w:rsidRPr="00327A2F">
+        <w:r w:rsidRPr="00327A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>The Heritage of Seed and Story: Narrative and Legacy in the Food System</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0067272A" w:rsidRPr="007B2031">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0067272A" w:rsidRPr="007B2031">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7188,90 +6790,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="007F6066">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>generational relationships, and encourage dialogue between farming communities.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C71FC2B" w14:textId="7956A6C8" w:rsidR="00B869BB" w:rsidRDefault="00000000" w:rsidP="00327A2F">
+    <w:p w14:paraId="7C71FC2B" w14:textId="7956A6C8" w:rsidR="00B869BB" w:rsidRDefault="00247298" w:rsidP="00327A2F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00247298" w:rsidRPr="00327A2F">
+        <w:r w:rsidRPr="00327A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>Sounds of Belonging</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00247298" w:rsidRPr="00B869BB">
+      <w:r w:rsidRPr="00B869BB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> projec</w:t>
       </w:r>
       <w:r w:rsidR="00B869BB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>t.</w:t>
       </w:r>
-      <w:r w:rsidR="00247298">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00974DBF">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Audio submission and c</w:t>
       </w:r>
       <w:r w:rsidR="007A42B0">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ollaboration with the Narrative Storytelling Initiative at ASU.</w:t>
       </w:r>
       <w:r w:rsidR="00974DBF">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -7346,216 +6948,250 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00361EE7">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB36698" w14:textId="7FA62668" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00787347">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3150" w:right="2700"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ACADEMIC INTERESTS</w:t>
       </w:r>
       <w:r w:rsidR="00361EE7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3138DFFF" w14:textId="0C7310C7" w:rsidR="003F49BE" w:rsidRDefault="00915B6C" w:rsidP="00361EE7">
+    <w:p w14:paraId="3138DFFF" w14:textId="3ED511D0" w:rsidR="003F49BE" w:rsidRDefault="00915B6C" w:rsidP="00361EE7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>sustainable food systems, traditional ecological knowledge (TEK), global/multinational indigeneity, concepts of indigeneity, justice, food and seed sovereignty, Indigenous geographies, food geopolitics, biogeography, place-making, cultural diversity, migration, environmental justice, human geography, decolonizing methodologies, decolonial mapping, climate resilience, science and religion, U.S. Southwest, agriculture, bio/geocultural engagement, U.S.-Mexico Border, arid desert environments, ethnoecology, ethnobotany, multispecies relationships, intergenerational learning, rights of nature, agroecology, environmental quality and management, ecogastronomy, governance and transterritoriality, cosmologies, ecotheology,  sociocultural anthropology, tribal law, international Indigenous cooperation/movements, geographies of pain, memory, ethics, Latin American and American Indian liberation theologies, cosmogeneology, Indigenizing foodways, borderlands, de-bordering, food mobility, seed and land rematriation, Indigenous Latin America, ancestral trade networks, identity formation, storywork, data sovereignty, culturally sustaining/relevant pedagogy, culinary history, ethnogastronomy, Indigenous archaeology, decolonizing education, meaning making, Indigenous futurism</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DE1B65C" w14:textId="637E92A0" w:rsidR="00E91F27" w:rsidRPr="00F84320" w:rsidRDefault="00705265" w:rsidP="00F84320">
+        <w:t>sustainable food systems,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60ACE">
+        <w:t xml:space="preserve"> desert ecologies,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> traditional ecological knowledge, global/multinational indigeneity, concepts of indigeneity, justice, food and seed sovereignty, Indigenous geographies, food geopolitics, biogeography, place-making, cultural diversity, migration, environmental justice, human geography, </w:t>
+      </w:r>
+      <w:r w:rsidR="001976CE">
+        <w:t xml:space="preserve">Indigenous methodologies, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">decolonizing methodologies, decolonial mapping, climate resilience, science and religion, </w:t>
+      </w:r>
+      <w:r w:rsidR="001976CE">
+        <w:t xml:space="preserve">Sonoran Desert, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">U.S. Southwest, agriculture, U.S.-Mexico Border, arid desert environments, ethnoecology, ethnobotany, multispecies relationships, intergenerational learning, rights of nature, agroecology, environmental quality and management, ecogastronomy, governance and transterritoriality, cosmologies, ecotheology, sociocultural anthropology, international Indigenous cooperation/movements, geographies of pain, memory, ethics, Latin American and American Indian liberation theologies, cosmogeneology, Indigenizing foodways, borderlands, debordering, food mobility, seed and land rematriation, Indigenous Latin America, ancestral trade networks, identity formation, storywork, data sovereignty, culturally sustaining/relevant pedagogy, culinary </w:t>
+      </w:r>
+      <w:r w:rsidR="00060D5C">
+        <w:t>traditions</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, ethnogastronomy, Indigenous archaeology, decolonizing education, meaning making, Indigenous futur</w:t>
+      </w:r>
+      <w:r w:rsidR="00096E61">
+        <w:t>es thinking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE1B65C" w14:textId="241C62B6" w:rsidR="00E91F27" w:rsidRPr="00F84320" w:rsidRDefault="00705265" w:rsidP="00F84320">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="557" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="3600" w:right="3330"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>MISCELLANEOUS </w:t>
       </w:r>
-      <w:r w:rsidR="00DB12AB">
+      <w:r w:rsidR="00361EE7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3562F3E8" w14:textId="1AF73DA6" w:rsidR="00E91F27" w:rsidRPr="00C94FEA" w:rsidRDefault="00E91F27" w:rsidP="00E91F27">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Website</w:t>
       </w:r>
       <w:r w:rsidR="00A43A5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73039A5E" w14:textId="3332DEDB" w:rsidR="001802DC" w:rsidRDefault="00000000" w:rsidP="00711341">
+    <w:p w14:paraId="73039A5E" w14:textId="3332DEDB" w:rsidR="001802DC" w:rsidRDefault="00327A2F" w:rsidP="00711341">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00327A2F" w:rsidRPr="00327A2F">
+        <w:r w:rsidRPr="00327A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>LinkedIn</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B215AFB" w14:textId="11CFC066" w:rsidR="009A277D" w:rsidRDefault="00000000" w:rsidP="00711341">
+    <w:p w14:paraId="3B215AFB" w14:textId="11CFC066" w:rsidR="009A277D" w:rsidRDefault="00327A2F" w:rsidP="00711341">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00327A2F" w:rsidRPr="00327A2F">
+        <w:r w:rsidRPr="00327A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Academia</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CDBF279" w14:textId="0A57E730" w:rsidR="00327A2F" w:rsidRDefault="00000000" w:rsidP="00711341">
+    <w:p w14:paraId="0CDBF279" w14:textId="3831157C" w:rsidR="00327A2F" w:rsidRDefault="00327A2F" w:rsidP="00711341">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00327A2F" w:rsidRPr="00327A2F">
+        <w:r w:rsidRPr="00327A2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ASU iSearch</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="068A3B03" w14:textId="77777777" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
+    <w:p w14:paraId="068A3B03" w14:textId="2B1B02FD" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="004D1531" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="24" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="38"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C94FEA">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00705265" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Technology:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B08298" w14:textId="2951F431" w:rsidR="00533A39" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="008677BF">
+    <w:p w14:paraId="0006A84D" w14:textId="16FCFC51" w:rsidR="00705265" w:rsidRPr="00C94FEA" w:rsidRDefault="00705265" w:rsidP="00705265">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="24" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="5" w:right="38"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Expert use of Microsoft Office, G Suite, </w:t>
       </w:r>
       <w:r w:rsidR="00EA7FBA" w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Canva,</w:t>
       </w:r>
       <w:r w:rsidR="0095332F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> YouTube,</w:t>
       </w:r>
       <w:r w:rsidR="00EA7FBA" w:rsidRPr="00C94FEA">
         <w:rPr>
@@ -7569,83 +7205,79 @@
         </w:rPr>
         <w:t>social media; facility with Prezi presentation software; facility with</w:t>
       </w:r>
       <w:r w:rsidR="00CB022D">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canvas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Blackboard, Moodle, and Sakai; familiarity with</w:t>
       </w:r>
       <w:r w:rsidR="006738D3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Adobe Creative suite</w:t>
       </w:r>
       <w:r w:rsidR="000A13E0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Audacity, </w:t>
-[...11 lines deleted...]
-        <w:t>and</w:t>
+        <w:t>, Audacity, and</w:t>
       </w:r>
       <w:r w:rsidRPr="00C94FEA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> video editing software</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="10B08298" w14:textId="77777777" w:rsidR="00533A39" w:rsidRPr="00C94FEA" w:rsidRDefault="00533A39" w:rsidP="00705265">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00533A39" w:rsidRPr="00C94FEA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7655,51 +7287,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="005A29F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3741EFA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9170,623 +8802,578 @@
   <w:num w:numId="7" w16cid:durableId="1554852825">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="471559749">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1271544802">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1248921669">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1784109003">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1734890504">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="347172591">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="104"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="57"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F5730"/>
     <w:rsid w:val="000016C7"/>
-    <w:rsid w:val="00001EBE"/>
     <w:rsid w:val="00016958"/>
     <w:rsid w:val="00027E2E"/>
     <w:rsid w:val="000469C4"/>
     <w:rsid w:val="00046E43"/>
     <w:rsid w:val="000477FB"/>
     <w:rsid w:val="00047EF1"/>
     <w:rsid w:val="000556E9"/>
     <w:rsid w:val="00057262"/>
     <w:rsid w:val="00057AB6"/>
-    <w:rsid w:val="0007600A"/>
+    <w:rsid w:val="00060D5C"/>
     <w:rsid w:val="0008270B"/>
     <w:rsid w:val="00090623"/>
-    <w:rsid w:val="00090803"/>
     <w:rsid w:val="00092573"/>
     <w:rsid w:val="00092F25"/>
-    <w:rsid w:val="00093E65"/>
-    <w:rsid w:val="00097BDD"/>
+    <w:rsid w:val="00096E61"/>
     <w:rsid w:val="000A13E0"/>
     <w:rsid w:val="000A51CA"/>
     <w:rsid w:val="000B3BA2"/>
     <w:rsid w:val="000B45E2"/>
     <w:rsid w:val="000B75EF"/>
     <w:rsid w:val="000C4975"/>
     <w:rsid w:val="000C779C"/>
     <w:rsid w:val="000D577E"/>
     <w:rsid w:val="000D662E"/>
     <w:rsid w:val="000D677C"/>
     <w:rsid w:val="000E156A"/>
     <w:rsid w:val="000E1C6B"/>
     <w:rsid w:val="000E21A4"/>
     <w:rsid w:val="000E6222"/>
     <w:rsid w:val="000E635A"/>
     <w:rsid w:val="000E7ECE"/>
     <w:rsid w:val="000F20DE"/>
     <w:rsid w:val="000F504C"/>
     <w:rsid w:val="000F60F1"/>
-    <w:rsid w:val="00106B49"/>
     <w:rsid w:val="0010741C"/>
     <w:rsid w:val="0011294D"/>
     <w:rsid w:val="00120814"/>
     <w:rsid w:val="00121F4D"/>
     <w:rsid w:val="001221EC"/>
+    <w:rsid w:val="00126222"/>
     <w:rsid w:val="001279BA"/>
     <w:rsid w:val="00127A88"/>
     <w:rsid w:val="00130866"/>
     <w:rsid w:val="00130B96"/>
-    <w:rsid w:val="00130BEB"/>
     <w:rsid w:val="0013230E"/>
     <w:rsid w:val="00147626"/>
-    <w:rsid w:val="001500B9"/>
     <w:rsid w:val="001529D8"/>
     <w:rsid w:val="0016253A"/>
     <w:rsid w:val="00162F9D"/>
     <w:rsid w:val="00163A40"/>
     <w:rsid w:val="001802DC"/>
     <w:rsid w:val="00185C23"/>
     <w:rsid w:val="0019220E"/>
+    <w:rsid w:val="00192E88"/>
     <w:rsid w:val="00196262"/>
-    <w:rsid w:val="001A13F8"/>
+    <w:rsid w:val="001976CE"/>
     <w:rsid w:val="001A1EDC"/>
     <w:rsid w:val="001A2195"/>
     <w:rsid w:val="001A3083"/>
     <w:rsid w:val="001B0329"/>
     <w:rsid w:val="001B1236"/>
     <w:rsid w:val="001C4C9A"/>
     <w:rsid w:val="001C6195"/>
     <w:rsid w:val="001D2A76"/>
     <w:rsid w:val="001D5E08"/>
-    <w:rsid w:val="001D6656"/>
     <w:rsid w:val="001D7447"/>
     <w:rsid w:val="001E39CB"/>
-    <w:rsid w:val="001E3A6D"/>
     <w:rsid w:val="001E7E8B"/>
     <w:rsid w:val="001F5730"/>
     <w:rsid w:val="001F6C8F"/>
     <w:rsid w:val="001F74D9"/>
     <w:rsid w:val="00200088"/>
     <w:rsid w:val="00203B17"/>
-    <w:rsid w:val="002079CD"/>
     <w:rsid w:val="002142F7"/>
     <w:rsid w:val="0021595B"/>
     <w:rsid w:val="00224A10"/>
-    <w:rsid w:val="00235643"/>
-    <w:rsid w:val="00235A91"/>
     <w:rsid w:val="002403A9"/>
+    <w:rsid w:val="00244DA1"/>
     <w:rsid w:val="00247298"/>
     <w:rsid w:val="00250764"/>
     <w:rsid w:val="002540E7"/>
-    <w:rsid w:val="002655F6"/>
     <w:rsid w:val="00275F3C"/>
-    <w:rsid w:val="00280404"/>
     <w:rsid w:val="002804A4"/>
     <w:rsid w:val="00282239"/>
-    <w:rsid w:val="00282D3D"/>
     <w:rsid w:val="00283DCE"/>
     <w:rsid w:val="00290320"/>
-    <w:rsid w:val="002B6BA2"/>
+    <w:rsid w:val="002A556B"/>
+    <w:rsid w:val="002B142F"/>
     <w:rsid w:val="002C0512"/>
-    <w:rsid w:val="002C0EC6"/>
+    <w:rsid w:val="002C0889"/>
     <w:rsid w:val="002D069C"/>
     <w:rsid w:val="002D1DE2"/>
-    <w:rsid w:val="002D68DF"/>
+    <w:rsid w:val="002E5325"/>
     <w:rsid w:val="002E6CAF"/>
     <w:rsid w:val="002E7F42"/>
     <w:rsid w:val="002F31A2"/>
-    <w:rsid w:val="00300492"/>
     <w:rsid w:val="0030053E"/>
-    <w:rsid w:val="00303160"/>
     <w:rsid w:val="0030525F"/>
     <w:rsid w:val="00327A2F"/>
     <w:rsid w:val="00331281"/>
-    <w:rsid w:val="00335E3C"/>
     <w:rsid w:val="003361AE"/>
     <w:rsid w:val="003460AC"/>
     <w:rsid w:val="00351CDA"/>
     <w:rsid w:val="00353488"/>
-    <w:rsid w:val="00357489"/>
     <w:rsid w:val="00361EE7"/>
     <w:rsid w:val="003758E9"/>
     <w:rsid w:val="0038262B"/>
     <w:rsid w:val="003957C1"/>
-    <w:rsid w:val="00395CBF"/>
     <w:rsid w:val="00395CDC"/>
     <w:rsid w:val="003A19D3"/>
     <w:rsid w:val="003A3254"/>
     <w:rsid w:val="003A367E"/>
     <w:rsid w:val="003A3EB9"/>
     <w:rsid w:val="003B4652"/>
-    <w:rsid w:val="003C5B66"/>
     <w:rsid w:val="003E11BE"/>
     <w:rsid w:val="003E55E6"/>
     <w:rsid w:val="003E5C53"/>
     <w:rsid w:val="003F029C"/>
     <w:rsid w:val="003F1CA7"/>
     <w:rsid w:val="003F2F26"/>
     <w:rsid w:val="003F49BE"/>
     <w:rsid w:val="004024F0"/>
     <w:rsid w:val="00402640"/>
+    <w:rsid w:val="00414B53"/>
     <w:rsid w:val="00414B6B"/>
     <w:rsid w:val="004162E4"/>
     <w:rsid w:val="004205D1"/>
     <w:rsid w:val="004221AE"/>
-    <w:rsid w:val="004241C0"/>
-    <w:rsid w:val="004264B0"/>
     <w:rsid w:val="00431FF9"/>
     <w:rsid w:val="00432890"/>
-    <w:rsid w:val="00434CA2"/>
     <w:rsid w:val="004351ED"/>
     <w:rsid w:val="0045602E"/>
-    <w:rsid w:val="004575C1"/>
-    <w:rsid w:val="00463048"/>
     <w:rsid w:val="00463E3C"/>
     <w:rsid w:val="00467C4A"/>
     <w:rsid w:val="00480C84"/>
     <w:rsid w:val="00480F50"/>
     <w:rsid w:val="00482331"/>
     <w:rsid w:val="0048539B"/>
     <w:rsid w:val="00490B78"/>
     <w:rsid w:val="00497A6A"/>
+    <w:rsid w:val="004A26D7"/>
     <w:rsid w:val="004B4F74"/>
     <w:rsid w:val="004B7123"/>
+    <w:rsid w:val="004B7D30"/>
     <w:rsid w:val="004C3145"/>
     <w:rsid w:val="004C388C"/>
     <w:rsid w:val="004C7BA3"/>
     <w:rsid w:val="004C7CBC"/>
     <w:rsid w:val="004D08BF"/>
+    <w:rsid w:val="004D1531"/>
     <w:rsid w:val="004D1DB0"/>
     <w:rsid w:val="004D3C6A"/>
     <w:rsid w:val="004D62E6"/>
+    <w:rsid w:val="004E0C95"/>
     <w:rsid w:val="004F3A70"/>
     <w:rsid w:val="00500091"/>
     <w:rsid w:val="00501E5B"/>
     <w:rsid w:val="00502168"/>
     <w:rsid w:val="005046EA"/>
     <w:rsid w:val="00504702"/>
     <w:rsid w:val="00514356"/>
     <w:rsid w:val="00514CFC"/>
     <w:rsid w:val="00514FAE"/>
     <w:rsid w:val="005166C0"/>
     <w:rsid w:val="00516C8F"/>
     <w:rsid w:val="00526337"/>
     <w:rsid w:val="00533A39"/>
     <w:rsid w:val="00537DB1"/>
-    <w:rsid w:val="00540FA6"/>
     <w:rsid w:val="005443F4"/>
     <w:rsid w:val="0055245A"/>
     <w:rsid w:val="0055697B"/>
-    <w:rsid w:val="00563046"/>
-    <w:rsid w:val="005654A7"/>
     <w:rsid w:val="00567F0F"/>
     <w:rsid w:val="00577B1E"/>
-    <w:rsid w:val="00592F31"/>
     <w:rsid w:val="00593581"/>
     <w:rsid w:val="00594801"/>
     <w:rsid w:val="00595008"/>
-    <w:rsid w:val="005A585A"/>
     <w:rsid w:val="005B7534"/>
     <w:rsid w:val="005C4D55"/>
-    <w:rsid w:val="005D1034"/>
     <w:rsid w:val="005D7DD2"/>
     <w:rsid w:val="005E3242"/>
+    <w:rsid w:val="005E5752"/>
     <w:rsid w:val="005E6270"/>
     <w:rsid w:val="005F16CA"/>
     <w:rsid w:val="005F4410"/>
     <w:rsid w:val="00607AD4"/>
     <w:rsid w:val="00607E89"/>
-    <w:rsid w:val="00611755"/>
-    <w:rsid w:val="0062178F"/>
     <w:rsid w:val="006243F4"/>
-    <w:rsid w:val="00626841"/>
-    <w:rsid w:val="00634FBF"/>
+    <w:rsid w:val="00624C33"/>
     <w:rsid w:val="00635AB3"/>
     <w:rsid w:val="00642279"/>
     <w:rsid w:val="006454F3"/>
     <w:rsid w:val="00645730"/>
     <w:rsid w:val="00661D4C"/>
-    <w:rsid w:val="00663515"/>
     <w:rsid w:val="006641AC"/>
     <w:rsid w:val="00666FBD"/>
     <w:rsid w:val="006672E5"/>
     <w:rsid w:val="00671BE5"/>
     <w:rsid w:val="0067272A"/>
     <w:rsid w:val="006738D3"/>
     <w:rsid w:val="00675A47"/>
     <w:rsid w:val="006771B8"/>
-    <w:rsid w:val="006771CC"/>
     <w:rsid w:val="00677401"/>
-    <w:rsid w:val="0068479B"/>
-    <w:rsid w:val="00690617"/>
     <w:rsid w:val="00690EA9"/>
     <w:rsid w:val="00694B01"/>
     <w:rsid w:val="00694D6B"/>
     <w:rsid w:val="006978FE"/>
     <w:rsid w:val="006A10A5"/>
+    <w:rsid w:val="006A517C"/>
     <w:rsid w:val="006B7ABB"/>
-    <w:rsid w:val="006C7727"/>
     <w:rsid w:val="006C7C0F"/>
+    <w:rsid w:val="006D2527"/>
     <w:rsid w:val="006D46DD"/>
     <w:rsid w:val="006D6F0A"/>
     <w:rsid w:val="006E0A6D"/>
     <w:rsid w:val="006F2E1B"/>
     <w:rsid w:val="00705265"/>
     <w:rsid w:val="00705B8A"/>
     <w:rsid w:val="00706603"/>
     <w:rsid w:val="00707DA4"/>
     <w:rsid w:val="00710062"/>
     <w:rsid w:val="00711341"/>
     <w:rsid w:val="00715D78"/>
-    <w:rsid w:val="00716553"/>
-    <w:rsid w:val="007201B3"/>
     <w:rsid w:val="00727E43"/>
     <w:rsid w:val="007337FC"/>
-    <w:rsid w:val="007338CA"/>
     <w:rsid w:val="007427DF"/>
     <w:rsid w:val="00745BC5"/>
-    <w:rsid w:val="00766515"/>
     <w:rsid w:val="007717ED"/>
-    <w:rsid w:val="007725B6"/>
     <w:rsid w:val="007726A1"/>
     <w:rsid w:val="00780BCA"/>
     <w:rsid w:val="00783ADE"/>
     <w:rsid w:val="00787347"/>
-    <w:rsid w:val="00790FAC"/>
+    <w:rsid w:val="00787CD7"/>
+    <w:rsid w:val="0079103D"/>
     <w:rsid w:val="007A42B0"/>
-    <w:rsid w:val="007A67FB"/>
     <w:rsid w:val="007B2031"/>
+    <w:rsid w:val="007B757D"/>
     <w:rsid w:val="007C0621"/>
-    <w:rsid w:val="007C297F"/>
     <w:rsid w:val="007C4161"/>
+    <w:rsid w:val="007C5FBD"/>
+    <w:rsid w:val="007D3A9D"/>
     <w:rsid w:val="007D525B"/>
     <w:rsid w:val="007D6C3E"/>
+    <w:rsid w:val="007D7B08"/>
     <w:rsid w:val="007E3066"/>
     <w:rsid w:val="007E7467"/>
-    <w:rsid w:val="007F433C"/>
     <w:rsid w:val="007F6066"/>
     <w:rsid w:val="00802B6B"/>
     <w:rsid w:val="008074F5"/>
     <w:rsid w:val="008132C4"/>
     <w:rsid w:val="00820347"/>
     <w:rsid w:val="00832964"/>
-    <w:rsid w:val="00836CE1"/>
+    <w:rsid w:val="0084636A"/>
     <w:rsid w:val="00847484"/>
     <w:rsid w:val="00853CDF"/>
     <w:rsid w:val="00854B68"/>
-    <w:rsid w:val="008607DD"/>
     <w:rsid w:val="0086098B"/>
     <w:rsid w:val="00864A09"/>
-    <w:rsid w:val="00866ED0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008726D6"/>
+    <w:rsid w:val="0087401C"/>
     <w:rsid w:val="0088423B"/>
     <w:rsid w:val="00885699"/>
     <w:rsid w:val="0089342D"/>
     <w:rsid w:val="008A0E95"/>
     <w:rsid w:val="008A4358"/>
     <w:rsid w:val="008A4BB8"/>
     <w:rsid w:val="008B05BC"/>
     <w:rsid w:val="008B6FF6"/>
     <w:rsid w:val="008B7CA3"/>
     <w:rsid w:val="008C2936"/>
     <w:rsid w:val="008C50D5"/>
     <w:rsid w:val="008C6913"/>
     <w:rsid w:val="008C6974"/>
     <w:rsid w:val="008C6A02"/>
+    <w:rsid w:val="008D6D1B"/>
     <w:rsid w:val="008F19D6"/>
     <w:rsid w:val="009035FF"/>
     <w:rsid w:val="00904C88"/>
     <w:rsid w:val="00907193"/>
+    <w:rsid w:val="00910DF3"/>
     <w:rsid w:val="00913531"/>
     <w:rsid w:val="00915B6C"/>
     <w:rsid w:val="00922BAD"/>
     <w:rsid w:val="00926215"/>
     <w:rsid w:val="0095332F"/>
     <w:rsid w:val="00955477"/>
     <w:rsid w:val="00960AE8"/>
     <w:rsid w:val="00962A87"/>
     <w:rsid w:val="0096713C"/>
     <w:rsid w:val="00967D08"/>
     <w:rsid w:val="00974DBF"/>
     <w:rsid w:val="009835E7"/>
+    <w:rsid w:val="00985C83"/>
     <w:rsid w:val="0099288B"/>
-    <w:rsid w:val="009A0385"/>
+    <w:rsid w:val="00997353"/>
     <w:rsid w:val="009A18B5"/>
     <w:rsid w:val="009A277D"/>
     <w:rsid w:val="009A2957"/>
     <w:rsid w:val="009A2C15"/>
-    <w:rsid w:val="009A56A1"/>
     <w:rsid w:val="009A618C"/>
-    <w:rsid w:val="009C3824"/>
     <w:rsid w:val="009C44F9"/>
-    <w:rsid w:val="009D38F6"/>
     <w:rsid w:val="009D6D9B"/>
     <w:rsid w:val="009E7BD3"/>
     <w:rsid w:val="009F7326"/>
+    <w:rsid w:val="00A04B5A"/>
     <w:rsid w:val="00A057F8"/>
     <w:rsid w:val="00A06FE6"/>
     <w:rsid w:val="00A14025"/>
     <w:rsid w:val="00A14437"/>
     <w:rsid w:val="00A1479D"/>
     <w:rsid w:val="00A17F86"/>
     <w:rsid w:val="00A23EB7"/>
     <w:rsid w:val="00A25947"/>
-    <w:rsid w:val="00A376F9"/>
     <w:rsid w:val="00A43A5D"/>
     <w:rsid w:val="00A543AD"/>
+    <w:rsid w:val="00A547A4"/>
+    <w:rsid w:val="00A54C4D"/>
     <w:rsid w:val="00A61275"/>
     <w:rsid w:val="00A62696"/>
     <w:rsid w:val="00A67328"/>
     <w:rsid w:val="00A67CE7"/>
-    <w:rsid w:val="00A76110"/>
     <w:rsid w:val="00A87815"/>
-    <w:rsid w:val="00A94EEC"/>
     <w:rsid w:val="00AA2619"/>
-    <w:rsid w:val="00AA4873"/>
     <w:rsid w:val="00AA5F11"/>
     <w:rsid w:val="00AB535B"/>
     <w:rsid w:val="00AB7476"/>
     <w:rsid w:val="00AC01D3"/>
     <w:rsid w:val="00AC0D47"/>
     <w:rsid w:val="00AC348B"/>
+    <w:rsid w:val="00AC6647"/>
     <w:rsid w:val="00AC6F83"/>
     <w:rsid w:val="00AD3B59"/>
     <w:rsid w:val="00AD3F69"/>
     <w:rsid w:val="00AD4C43"/>
     <w:rsid w:val="00AD5442"/>
     <w:rsid w:val="00AD54CA"/>
+    <w:rsid w:val="00AE491A"/>
     <w:rsid w:val="00AF7024"/>
     <w:rsid w:val="00AF7997"/>
     <w:rsid w:val="00B0018C"/>
     <w:rsid w:val="00B05F77"/>
-    <w:rsid w:val="00B24645"/>
+    <w:rsid w:val="00B16FF3"/>
     <w:rsid w:val="00B36F4C"/>
     <w:rsid w:val="00B408C6"/>
     <w:rsid w:val="00B44853"/>
     <w:rsid w:val="00B44B0D"/>
-    <w:rsid w:val="00B501E9"/>
+    <w:rsid w:val="00B4630A"/>
     <w:rsid w:val="00B539D9"/>
-    <w:rsid w:val="00B62D70"/>
+    <w:rsid w:val="00B62620"/>
     <w:rsid w:val="00B63430"/>
-    <w:rsid w:val="00B667AD"/>
-    <w:rsid w:val="00B71CA9"/>
+    <w:rsid w:val="00B709F5"/>
+    <w:rsid w:val="00B72316"/>
     <w:rsid w:val="00B81164"/>
     <w:rsid w:val="00B869BB"/>
     <w:rsid w:val="00B957EC"/>
     <w:rsid w:val="00BA25A1"/>
     <w:rsid w:val="00BB108D"/>
-    <w:rsid w:val="00BB68DC"/>
     <w:rsid w:val="00BC5ACE"/>
+    <w:rsid w:val="00BD07E5"/>
     <w:rsid w:val="00BD1E2B"/>
-    <w:rsid w:val="00BD6BCF"/>
     <w:rsid w:val="00BE2051"/>
+    <w:rsid w:val="00BE37F6"/>
     <w:rsid w:val="00BF70F5"/>
     <w:rsid w:val="00C0619F"/>
-    <w:rsid w:val="00C10B86"/>
     <w:rsid w:val="00C30AFB"/>
     <w:rsid w:val="00C32694"/>
     <w:rsid w:val="00C33C02"/>
     <w:rsid w:val="00C40F4A"/>
-    <w:rsid w:val="00C441E2"/>
     <w:rsid w:val="00C46DF1"/>
+    <w:rsid w:val="00C53208"/>
     <w:rsid w:val="00C53F02"/>
     <w:rsid w:val="00C568B2"/>
     <w:rsid w:val="00C712A2"/>
+    <w:rsid w:val="00C743BD"/>
     <w:rsid w:val="00C80123"/>
     <w:rsid w:val="00C83C97"/>
     <w:rsid w:val="00C86AFF"/>
     <w:rsid w:val="00C94FEA"/>
     <w:rsid w:val="00CA0075"/>
     <w:rsid w:val="00CA62D3"/>
     <w:rsid w:val="00CB022D"/>
-    <w:rsid w:val="00CC026A"/>
+    <w:rsid w:val="00CB099E"/>
     <w:rsid w:val="00CC20DF"/>
-    <w:rsid w:val="00CC2B51"/>
-    <w:rsid w:val="00CC2EC4"/>
     <w:rsid w:val="00CC435F"/>
-    <w:rsid w:val="00CD16A1"/>
     <w:rsid w:val="00CD5F90"/>
-    <w:rsid w:val="00CE282E"/>
-    <w:rsid w:val="00CE36C9"/>
     <w:rsid w:val="00CE4012"/>
     <w:rsid w:val="00CF7565"/>
     <w:rsid w:val="00D042F6"/>
     <w:rsid w:val="00D06D6F"/>
     <w:rsid w:val="00D12970"/>
-    <w:rsid w:val="00D22723"/>
     <w:rsid w:val="00D22DCA"/>
     <w:rsid w:val="00D24DC1"/>
     <w:rsid w:val="00D34993"/>
-    <w:rsid w:val="00D44241"/>
     <w:rsid w:val="00D503CA"/>
     <w:rsid w:val="00D50730"/>
     <w:rsid w:val="00D50993"/>
-    <w:rsid w:val="00D54C7F"/>
     <w:rsid w:val="00D601D7"/>
     <w:rsid w:val="00D61BB2"/>
     <w:rsid w:val="00D722DF"/>
     <w:rsid w:val="00D82C80"/>
     <w:rsid w:val="00D83882"/>
     <w:rsid w:val="00D84B46"/>
     <w:rsid w:val="00D91455"/>
     <w:rsid w:val="00D91851"/>
+    <w:rsid w:val="00D93095"/>
     <w:rsid w:val="00D9519F"/>
-    <w:rsid w:val="00DA011C"/>
     <w:rsid w:val="00DA0C40"/>
     <w:rsid w:val="00DA221F"/>
-    <w:rsid w:val="00DA64E2"/>
-    <w:rsid w:val="00DB12AB"/>
+    <w:rsid w:val="00DB0B02"/>
     <w:rsid w:val="00DB3049"/>
     <w:rsid w:val="00DB4125"/>
     <w:rsid w:val="00DB4171"/>
     <w:rsid w:val="00DC5D44"/>
     <w:rsid w:val="00DE1428"/>
     <w:rsid w:val="00DE467B"/>
     <w:rsid w:val="00DE496C"/>
+    <w:rsid w:val="00DE576F"/>
     <w:rsid w:val="00DE5FD4"/>
     <w:rsid w:val="00DF38EF"/>
     <w:rsid w:val="00DF6FC0"/>
     <w:rsid w:val="00E025B2"/>
     <w:rsid w:val="00E025D6"/>
     <w:rsid w:val="00E038A4"/>
     <w:rsid w:val="00E04637"/>
     <w:rsid w:val="00E0467F"/>
-    <w:rsid w:val="00E063F7"/>
     <w:rsid w:val="00E11501"/>
     <w:rsid w:val="00E1771D"/>
     <w:rsid w:val="00E21198"/>
+    <w:rsid w:val="00E228FC"/>
     <w:rsid w:val="00E24519"/>
     <w:rsid w:val="00E31187"/>
+    <w:rsid w:val="00E504E8"/>
+    <w:rsid w:val="00E60ACE"/>
     <w:rsid w:val="00E66C6F"/>
     <w:rsid w:val="00E71735"/>
     <w:rsid w:val="00E72A2C"/>
-    <w:rsid w:val="00E739AD"/>
     <w:rsid w:val="00E81E26"/>
-    <w:rsid w:val="00E845EE"/>
     <w:rsid w:val="00E919CE"/>
     <w:rsid w:val="00E91F27"/>
     <w:rsid w:val="00E95837"/>
     <w:rsid w:val="00EA21F0"/>
     <w:rsid w:val="00EA7FBA"/>
-    <w:rsid w:val="00EB2200"/>
     <w:rsid w:val="00EB65F8"/>
     <w:rsid w:val="00EC220D"/>
     <w:rsid w:val="00EC33F8"/>
     <w:rsid w:val="00EC37B4"/>
+    <w:rsid w:val="00EC3AC0"/>
+    <w:rsid w:val="00EC7D46"/>
     <w:rsid w:val="00ED28F4"/>
-    <w:rsid w:val="00ED433A"/>
-    <w:rsid w:val="00ED66AE"/>
     <w:rsid w:val="00ED7AA5"/>
     <w:rsid w:val="00EE2EA2"/>
     <w:rsid w:val="00EE3237"/>
     <w:rsid w:val="00EE7A34"/>
     <w:rsid w:val="00EE7E89"/>
-    <w:rsid w:val="00EF027A"/>
     <w:rsid w:val="00EF0492"/>
-    <w:rsid w:val="00EF1B51"/>
     <w:rsid w:val="00EF1B89"/>
     <w:rsid w:val="00EF3608"/>
     <w:rsid w:val="00EF3EE5"/>
-    <w:rsid w:val="00EF73BD"/>
     <w:rsid w:val="00F02F6F"/>
     <w:rsid w:val="00F072B9"/>
     <w:rsid w:val="00F17EEB"/>
     <w:rsid w:val="00F17F42"/>
     <w:rsid w:val="00F24403"/>
     <w:rsid w:val="00F2530D"/>
+    <w:rsid w:val="00F31C9E"/>
     <w:rsid w:val="00F359CC"/>
     <w:rsid w:val="00F37EDA"/>
     <w:rsid w:val="00F47650"/>
     <w:rsid w:val="00F51DBA"/>
     <w:rsid w:val="00F5428B"/>
-    <w:rsid w:val="00F544E1"/>
     <w:rsid w:val="00F54D79"/>
-    <w:rsid w:val="00F63F6E"/>
     <w:rsid w:val="00F678C2"/>
     <w:rsid w:val="00F84320"/>
+    <w:rsid w:val="00F85AC0"/>
     <w:rsid w:val="00F90A40"/>
     <w:rsid w:val="00F9241A"/>
-    <w:rsid w:val="00FA2820"/>
-    <w:rsid w:val="00FC0C22"/>
+    <w:rsid w:val="00FA01E7"/>
+    <w:rsid w:val="00FB717B"/>
     <w:rsid w:val="00FC2363"/>
-    <w:rsid w:val="00FD5C81"/>
+    <w:rsid w:val="00FE1BE0"/>
     <w:rsid w:val="00FF10CB"/>
     <w:rsid w:val="00FF2763"/>
     <w:rsid w:val="00FF6BCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="21F396A4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{21BAF531-0DCD-4581-BDE9-1BD12A831E60}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10386,51 +9973,51 @@
     <w:rsid w:val="00B957EC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="mbz-typography-inner-wrapper">
     <w:name w:val="mbz-typography-inner-wrapper"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="0030053E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cstmfldval">
     <w:name w:val="cstmfldval"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CC435F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="il">
     <w:name w:val="il"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00283DCE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="76751083">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="232355038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10441,63 +10028,50 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="354231391">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="441732355">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="525295372">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="555431404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -10816,63 +10390,50 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1404831747">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1506245175">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1550649080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1553075307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10992,51 +10553,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2121416657">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.globalfutures.asu.edu/essa/wp-content/uploads/sites/4/2023/10/ESSA-scholar-presentation-abstracts-.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindigenous.wordpress.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/in/tainadiazreyes/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustaininginjustice.substack.com/p/s1e6-power-and-privilege-in-food" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liminalliberation.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soundsofbelonging.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://humanities.lab.asu.edu/seize-the-moment/amplifier/2021/fall/seed-and-story" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="isearch.asu.edu/profile/2899759" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalfutures.asu.edu/essa/iiitse/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.elca.org/youngadults/272/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdiazrey@asu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/sonoransirena/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtubeeducation.com/watch?v=hUuAPiAPdxQ" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tainadiazreyes.academia.edu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buzzsprout.com/125676/13494672" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rss.com/podcasts/latindigenous/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustaininginjustice.substack.com/p/s1e6-power-and-privilege-in-food" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liminalliberation.com/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.linkedin.com/in/tainadiazreyes/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://issuu.com/indigedocscholars/docs/wcids_zine_issue_1_2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.elca.org/youngadults/272/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soundsofbelonging.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://humanities.lab.asu.edu/seize-the-moment/amplifier/2021/fall/seed-and-story" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\taina\Downloads\isearch.asu.edu\profile\2899759" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalfutures.asu.edu/essa/iiitse/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtubeeducation.com/watch?v=hUuAPiAPdxQ" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdiazrey@asu.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/sonoransirena/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buzzsprout.com/125676/13494672" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tainadiazreyes.academia.edu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.globalfutures.asu.edu/essa/wp-content/uploads/sites/4/2023/10/ESSA-scholar-presentation-abstracts-.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindigenous.wordpress.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11295,69 +10856,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3294</Words>
-  <Characters>18782</Characters>
+  <Words>2939</Words>
+  <Characters>19431</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>156</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>462</Lines>
+  <Paragraphs>223</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22032</CharactersWithSpaces>
+  <CharactersWithSpaces>22147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Taina Diaz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>