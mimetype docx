--- v0 (2026-01-19)
+++ v1 (2026-03-29)
@@ -8,3323 +8,3118 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00D7308E" w:rsidR="000947CB" w:rsidP="000947CB" w:rsidRDefault="000947CB" w14:paraId="248F15DB" w14:textId="77777777">
+    <w:p w14:paraId="248F15DB" w14:textId="77777777" w:rsidR="000947CB" w:rsidRPr="00D7308E" w:rsidRDefault="000947CB" w:rsidP="000947CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Sean A. Harrington</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D7308E" w:rsidR="000947CB" w:rsidP="000947CB" w:rsidRDefault="000947CB" w14:paraId="20463625" w14:textId="72BF4112">
+    <w:p w14:paraId="20463625" w14:textId="72BF4112" w:rsidR="000947CB" w:rsidRPr="00D7308E" w:rsidRDefault="7A056AE3" w:rsidP="000947CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="7A056AE3">
+      <w:r w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>111 E Taylor St, Phoenix, AZ 85004</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="000947CB">
-[...21 lines deleted...]
-        <w:t>325-6540</w:t>
+      <w:r w:rsidR="000947CB" w:rsidRPr="5F2EFC7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ▪ (405) 325-6540</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00D7308E" w:rsidR="000947CB" w:rsidP="000947CB" w:rsidRDefault="000947CB" w14:paraId="4097FD23" w14:textId="0F4498C3">
+    <w:p w14:paraId="4097FD23" w14:textId="0F4498C3" w:rsidR="000947CB" w:rsidRPr="00D7308E" w:rsidRDefault="253AB8D4" w:rsidP="000947CB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="253AB8D4">
+      <w:r w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>sean.harrington@asu.edu</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="000947CB">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> LinkedIn: seanharrington111</w:t>
+      <w:r w:rsidR="000947CB" w:rsidRPr="5F2EFC7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ▪ LinkedIn: seanharrington111</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008A1A5D" w:rsidR="003455D2" w:rsidP="003455D2" w:rsidRDefault="003455D2" w14:paraId="556961A3" w14:textId="77777777">
+    <w:p w14:paraId="556961A3" w14:textId="77777777" w:rsidR="003455D2" w:rsidRPr="008A1A5D" w:rsidRDefault="003455D2" w:rsidP="003455D2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A1A5D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:r w:rsidRPr="00740FE4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00740FE4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00740FE4">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004341C5" w:rsidP="004341C5" w:rsidRDefault="004341C5" w14:paraId="18493950" w14:textId="77777777">
+    <w:p w14:paraId="18493950" w14:textId="77777777" w:rsidR="004341C5" w:rsidRDefault="004341C5" w:rsidP="004341C5">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Arizona State University, Phoenix, AZ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004341C5" w:rsidR="004341C5" w:rsidP="00771123" w:rsidRDefault="004341C5" w14:paraId="7313BE26" w14:textId="2ED0B8AB">
+    <w:p w14:paraId="7313BE26" w14:textId="2ED0B8AB" w:rsidR="004341C5" w:rsidRPr="004341C5" w:rsidRDefault="004341C5" w:rsidP="00771123">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004341C5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>M.S. Data Analytics and Program Evaluation, 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004341C5" w:rsidP="004341C5" w:rsidRDefault="004341C5" w14:paraId="5E1A3784" w14:textId="77777777">
+    <w:p w14:paraId="5E1A3784" w14:textId="77777777" w:rsidR="004341C5" w:rsidRDefault="004341C5" w:rsidP="004341C5">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">University of Arizona, Tucson, AZ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004341C5" w:rsidR="004341C5" w:rsidP="00771123" w:rsidRDefault="004341C5" w14:paraId="088F139F" w14:textId="627E834B">
+    <w:p w14:paraId="088F139F" w14:textId="627E834B" w:rsidR="004341C5" w:rsidRPr="004341C5" w:rsidRDefault="004341C5" w:rsidP="00771123">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004341C5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Masters in Library and Information Science, 2018 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004341C5" w:rsidP="004341C5" w:rsidRDefault="004341C5" w14:paraId="27D50DEB" w14:textId="77777777">
+    <w:p w14:paraId="27D50DEB" w14:textId="77777777" w:rsidR="004341C5" w:rsidRDefault="004341C5" w:rsidP="004341C5">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Thomas Jefferson School of Law, San Diego, CA </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004341C5" w:rsidR="004341C5" w:rsidP="00771123" w:rsidRDefault="004341C5" w14:paraId="7ACF1505" w14:textId="6EC7AF0B">
+    <w:p w14:paraId="7ACF1505" w14:textId="6EC7AF0B" w:rsidR="004341C5" w:rsidRPr="004341C5" w:rsidRDefault="004341C5" w:rsidP="00771123">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Juris Doctorate, Emphasis in Civil Litigation</w:t>
       </w:r>
       <w:r w:rsidR="00771123">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DC7609">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="3E70588A">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>(ABA Accredited during the time of attendance/graduation)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004341C5" w:rsidP="004341C5" w:rsidRDefault="004341C5" w14:paraId="1098CCD5" w14:textId="77777777">
+    <w:p w14:paraId="1098CCD5" w14:textId="77777777" w:rsidR="004341C5" w:rsidRDefault="004341C5" w:rsidP="004341C5">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">University of California, Los Angeles, Los Angeles, CA </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004341C5" w:rsidR="003455D2" w:rsidP="004341C5" w:rsidRDefault="004341C5" w14:paraId="70EFB4F6" w14:textId="47A2D78B">
+    <w:p w14:paraId="70EFB4F6" w14:textId="47A2D78B" w:rsidR="003455D2" w:rsidRPr="004341C5" w:rsidRDefault="004341C5" w:rsidP="004341C5">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004341C5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">B.A. English Literature, 2005 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008A1A5D" w:rsidR="007B4833" w:rsidP="2A0131F3" w:rsidRDefault="00B27A74" w14:paraId="60AF1DD7" w14:textId="313AEF1D">
+    <w:p w14:paraId="60AF1DD7" w14:textId="313AEF1D" w:rsidR="007B4833" w:rsidRPr="008A1A5D" w:rsidRDefault="00B27A74" w:rsidP="2A0131F3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2A0131F3" w:rsidR="00B27A74">
+      <w:r w:rsidRPr="2A0131F3">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevant Professional </w:t>
       </w:r>
-      <w:r w:rsidRPr="2A0131F3" w:rsidR="004A3BE2">
+      <w:r w:rsidR="004A3BE2" w:rsidRPr="2A0131F3">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Experience</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FB5764">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FB5764">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FB5764">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="5450CBA1" w:rsidP="5F2EFC7D" w:rsidRDefault="5450CBA1" w14:paraId="1B758A13" w14:textId="5C7432AB">
+    <w:p w14:paraId="1B758A13" w14:textId="5C7432AB" w:rsidR="5450CBA1" w:rsidRDefault="5450CBA1" w:rsidP="5F2EFC7D">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:i w:val="1"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Arizona State Univ. - Sandra Day O'Connor College of Law, Phoenix, AZ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="7AAA5442">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Director AI &amp; Legal Tech Studio</w:t>
       </w:r>
-      <w:r w:rsidR="5450CBA1">
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="7F8B3F24">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">25 </w:t>
       </w:r>
-      <w:r w:rsidR="5450CBA1">
+      <w:r>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="051FB2AA">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Present</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007342D7" w:rsidP="00F933B1" w:rsidRDefault="0052198E" w14:paraId="0BCD2200" w14:textId="4FFECCE8">
+    <w:p w14:paraId="0BCD2200" w14:textId="4FFECCE8" w:rsidR="007342D7" w:rsidRDefault="0052198E" w:rsidP="00F933B1">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
-[...3 lines deleted...]
-        <w:rPr/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>University of Oklahoma College of Law,</w:t>
       </w:r>
-      <w:r w:rsidRPr="2A0131F3" w:rsidR="0052198E">
-[...11 lines deleted...]
-        <w:t>Norman, OK</w:t>
+      <w:r w:rsidRPr="2A0131F3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Norman, OK</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="2A0131F3" w:rsidR="00132442">
+      <w:r w:rsidR="00132442" w:rsidRPr="2A0131F3">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
-[...1 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Director of Technology Innovation</w:t>
       </w:r>
       <w:r w:rsidR="00132442">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0040327D">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">September 2023 - </w:t>
       </w:r>
       <w:r w:rsidR="362DD5A6">
         <w:rPr>
           <w:b w:val="0"/>
-          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040327D" w:rsidP="6CA1990B" w:rsidRDefault="0040327D" w14:paraId="335B8598" w14:textId="23AE6D82">
+    <w:p w14:paraId="335B8598" w14:textId="23AE6D82" w:rsidR="0040327D" w:rsidRDefault="0040327D" w:rsidP="6CA1990B">
       <w:pPr>
         <w:pStyle w:val="Entitytext"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Arizona State Univ. - Sandra Day O'Connor College of Law, Phoenix, AZ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="086783A1">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>Law &amp; Technology Law Librarian</w:t>
       </w:r>
       <w:r w:rsidR="00E94956">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>2019 - 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C45F7" w:rsidP="00F933B1" w:rsidRDefault="0040327D" w14:paraId="57B08148" w14:textId="43B864DA">
+    <w:p w14:paraId="57B08148" w14:textId="43B864DA" w:rsidR="001C45F7" w:rsidRDefault="0040327D" w:rsidP="00F933B1">
       <w:pPr>
         <w:pStyle w:val="Subtext"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040327D">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapman University - Fowler School of Law, Orange, CA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0040327D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Circulation Assistant II</w:t>
       </w:r>
       <w:r w:rsidRPr="0040327D">
         <w:rPr>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>, 2018 - 2019 MLIS Intern, 2017 - 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0040327D" w:rsidR="0040327D" w:rsidP="2CB10EF3" w:rsidRDefault="0040327D" w14:paraId="23273478" w14:textId="156F1AC1">
+    <w:p w14:paraId="23273478" w14:textId="156F1AC1" w:rsidR="0040327D" w:rsidRPr="0040327D" w:rsidRDefault="0040327D" w:rsidP="2CB10EF3">
       <w:pPr>
         <w:pStyle w:val="Subtext"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2CB10EF3" w:rsidR="0040327D">
-[...2 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="2CB10EF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>Ramey Litigation Grou</w:t>
-[...4 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t>Ramey Litigation Group, APC, San Diego, CA</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Law Clerk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2CB10EF3">
+        <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...4 lines deleted...]
-          <w:bCs w:val="1"/>
+        <w:t>, 2016</w:t>
+      </w:r>
+      <w:r w:rsidR="717EB6D5" w:rsidRPr="2CB10EF3">
+        <w:rPr>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>, APC, San Diego, CA</w:t>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2CB10EF3">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>2019</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="0040327D">
-[...26 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="008A1A5D" w:rsidR="00474C88" w:rsidP="00474C88" w:rsidRDefault="00474C88" w14:paraId="455A692D" w14:textId="5EDBF966">
+    <w:p w14:paraId="455A692D" w14:textId="5EDBF966" w:rsidR="00474C88" w:rsidRPr="008A1A5D" w:rsidRDefault="00474C88" w:rsidP="00474C88">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="00474C88">
+      <w:r w:rsidRPr="65BCBC37">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Professional/Community associations</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FB5764">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6A83A75A" w:rsidP="4A94B885" w:rsidRDefault="6A83A75A" w14:paraId="4A82B33C" w14:textId="2E13A7AB">
+    <w:p w14:paraId="4A82B33C" w14:textId="130866E6" w:rsidR="6A83A75A" w:rsidRDefault="6A83A75A" w:rsidP="4A94B885">
       <w:pPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="SimSun" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2025 </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb35cc672c833468a">
-        <w:r w:rsidRPr="4A94B885" w:rsidR="6A83A75A">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="4A94B885">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="SimSun" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-            <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+            <w:b/>
+            <w:bCs/>
           </w:rPr>
           <w:t>vLex Fastcase 50</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="6A83A75A">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="172BE081">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      <w:r w:rsidR="172BE081" w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Awardee</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0865157F" w:rsidP="4A94B885" w:rsidRDefault="0865157F" w14:paraId="7F7D3369" w14:textId="77F3A597">
+    <w:p w14:paraId="7F7D3369" w14:textId="77F3A597" w:rsidR="0865157F" w:rsidRDefault="0865157F" w:rsidP="4A94B885">
       <w:pPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="SimSun" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>OpenAI Education Forum Member</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0040327D" w:rsidR="00474C88" w:rsidP="2CB10EF3" w:rsidRDefault="01B64E9D" w14:paraId="3DB48632" w14:textId="125473BE">
+    <w:p w14:paraId="13C58001" w14:textId="189AABBD" w:rsidR="0013634E" w:rsidRPr="0013634E" w:rsidRDefault="0013634E" w:rsidP="2CB10EF3">
       <w:pPr>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Association of Attorneys General (NAAG) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>Exemplary Service Award (2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB48632" w14:textId="5CB12AD8" w:rsidR="00474C88" w:rsidRPr="0040327D" w:rsidRDefault="01B64E9D" w:rsidP="2CB10EF3">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2CB10EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>OU's AI Training and Teaching Working Group – Core Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="2CB10EF3" w:rsidR="4D1EF40E">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      <w:r w:rsidR="4D1EF40E" w:rsidRPr="2CB10EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>, University of Oklahoma</w:t>
       </w:r>
-      <w:r w:rsidRPr="2CB10EF3" w:rsidR="01B64E9D">
-[...7 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      <w:r w:rsidRPr="2CB10EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (2025) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0040327D" w:rsidR="00474C88" w:rsidP="2CB10EF3" w:rsidRDefault="01B64E9D" w14:paraId="3107B502" w14:textId="4E6F996A">
+    <w:p w14:paraId="3107B502" w14:textId="4E6F996A" w:rsidR="00474C88" w:rsidRPr="0040327D" w:rsidRDefault="01B64E9D" w:rsidP="2CB10EF3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b w:val="1"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2CB10EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>AI Operations Working Group, University of Oklahoma (2024)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0040327D" w:rsidR="00474C88" w:rsidP="4088F256" w:rsidRDefault="01B64E9D" w14:paraId="7266C614" w14:textId="06C441F8">
+    <w:p w14:paraId="7266C614" w14:textId="06C441F8" w:rsidR="00474C88" w:rsidRPr="0040327D" w:rsidRDefault="01B64E9D" w:rsidP="4088F256">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:right="2574"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="01B64E9D">
-[...76 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="65BCBC37">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...28 lines deleted...]
-        <w:t>2024-Present</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">This AI working group is a sub-group of the larger President’s AI task force chaired by Norman Provost Wright and HSC Provost Raskob. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0040327D" w:rsidR="00993F28" w:rsidP="4A94B885" w:rsidRDefault="002B67A8" w14:paraId="3037CAC3" w14:textId="65363B75">
-[...113 lines deleted...]
-    <w:p w:rsidRPr="00B23043" w:rsidR="00541ECA" w:rsidP="008A1A5D" w:rsidRDefault="00B23043" w14:paraId="3F638120" w14:textId="751A9718">
+    <w:p w14:paraId="3F638120" w14:textId="751A9718" w:rsidR="00541ECA" w:rsidRPr="00B23043" w:rsidRDefault="00B23043" w:rsidP="008A1A5D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="00B23043">
+      <w:r w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Publications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="462BF183" w:rsidP="2CB10EF3" w:rsidRDefault="462BF183" w14:paraId="0D30EC51" w14:textId="76795477">
+    <w:p w14:paraId="00A21671" w14:textId="02A02CA1" w:rsidR="00105025" w:rsidRDefault="005A234E" w:rsidP="00105025">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="462BF183">
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>Sean A. Harrington</w:t>
+      </w:r>
+      <w:r w:rsidR="00105025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00105025" w:rsidRPr="00622122">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          </w:rPr>
+          <w:t>The Wearable Revolution: How Glasses, Pendants, and Always-On AI Are Poised to Transform Legal Practice</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00105025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ABA 2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="00105025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00105025" w:rsidRPr="6CA1990B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>forthcoming 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6B74">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00105025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9540C5" w14:textId="637CD8B0" w:rsidR="002C3EB3" w:rsidRPr="00105025" w:rsidRDefault="002C3EB3" w:rsidP="00105025">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sean A. Harrington, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="002C3EB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          </w:rPr>
+          <w:t>How to Crash the Legal Tech Market</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>, 3 Geeks and a Law, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D30EC51" w14:textId="09579955" w:rsidR="462BF183" w:rsidRDefault="462BF183" w:rsidP="2CB10EF3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve">Sean A. Harrington </w:t>
       </w:r>
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="44D3C1FE">
+      <w:r w:rsidR="44D3C1FE" w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="462BF183">
+      <w:r w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve"> Andy Kim, </w:t>
       </w:r>
-      <w:hyperlink r:id="R640efafe58da4ab4">
-        <w:r w:rsidRPr="0DF874B2" w:rsidR="462BF183">
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="0DF874B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
           <w:t>Anatomy of a Prompt: Real Training for Using AI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="462BF183">
+      <w:r w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="3E96DD90">
+      <w:r w:rsidR="3E96DD90" w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>ALM 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="01D5AF5E" w:rsidP="65BCBC37" w:rsidRDefault="01D5AF5E" w14:paraId="6426AD26" w14:textId="2F9E63DF">
+    <w:p w14:paraId="6426AD26" w14:textId="2F9E63DF" w:rsidR="01D5AF5E" w:rsidRDefault="01D5AF5E" w:rsidP="65BCBC37">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="01D5AF5E">
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0DF874B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>OpenAI Global Affairs,</w:t>
+      </w:r>
+      <w:r w:rsidR="72D79F91" w:rsidRPr="0DF874B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Featuring Sean Harrington:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd37ed615cbb84ff2">
-        <w:r w:rsidRPr="0DF874B2" w:rsidR="6853E335">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidR="6853E335" w:rsidRPr="0DF874B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
           <w:t>Using ChatGPT in Law School</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0DF874B2" w:rsidR="6853E335">
+      <w:r w:rsidR="6853E335" w:rsidRPr="0DF874B2">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>, LinkedIn 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="404882BD" w:rsidP="3C2D831E" w:rsidRDefault="404882BD" w14:paraId="23676E9C" w14:textId="7A8BD910">
+    <w:p w14:paraId="23676E9C" w14:textId="7A8BD910" w:rsidR="404882BD" w:rsidRDefault="404882BD" w:rsidP="3C2D831E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="404882BD">
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65BCBC37">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve">Sean Harrington &amp; Hayley Stillwell, </w:t>
       </w:r>
-      <w:hyperlink r:id="R471a601f50bc444c">
-        <w:r w:rsidRPr="65BCBC37" w:rsidR="404882BD">
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="65BCBC37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
-          <w:t>M</w:t>
-[...6 lines deleted...]
-          <w:t>ichael Scott Is Not a Juror: The Limits of AI in Simulating Human Judgment</w:t>
+          <w:t>Michael Scott Is Not a Juror: The Limits of AI in Simulating Human Judgment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="404882BD">
+      <w:r w:rsidRPr="65BCBC37">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="374B12D9">
+      <w:r w:rsidR="374B12D9" w:rsidRPr="65BCBC37">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>UNT DALLAS L. REV. ON THE CUSP</w:t>
       </w:r>
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="404882BD">
+      <w:r w:rsidRPr="65BCBC37">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="65B007A5" w:rsidP="6CA1990B" w:rsidRDefault="65B007A5" w14:paraId="0B790148" w14:textId="1883000B">
+    <w:p w14:paraId="0B790148" w14:textId="2C724428" w:rsidR="65B007A5" w:rsidRDefault="65B007A5" w:rsidP="6CA1990B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6CA1990B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve">Elgar Concise Encyclopedia of Artificial Intelligence and the Law, Document Review Section </w:t>
       </w:r>
-      <w:r w:rsidR="00CE3CB8">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="14EAE9A9" w:rsidP="2CB10EF3" w:rsidRDefault="34E8144C" w14:paraId="4857C183" w14:textId="56FFBDAD">
+    <w:p w14:paraId="4857C183" w14:textId="56FFBDAD" w:rsidR="14EAE9A9" w:rsidRDefault="34E8144C" w:rsidP="2CB10EF3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="34E8144C">
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65BCBC37">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>Sean Harrington, Jonathan Franklin, Christine Park, “</w:t>
       </w:r>
-      <w:hyperlink r:id="R848860268a52452d">
-        <w:r w:rsidRPr="65BCBC37" w:rsidR="34E8144C">
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="65BCBC37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
           <w:t xml:space="preserve">Evaluating the Evaluators - </w:t>
         </w:r>
-        <w:r w:rsidRPr="65BCBC37" w:rsidR="34E8144C">
+        <w:r w:rsidRPr="65BCBC37">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="Palatino" w:cs="Palatino"/>
+            <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
           </w:rPr>
           <w:t>The Role of Benchmarks in Legal AI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="65BCBC37" w:rsidR="34E8144C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="Palatino" w:cs="Palatino"/>
+      <w:r w:rsidRPr="65BCBC37">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
         </w:rPr>
         <w:t>” AALL Spectrum, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6274D5A4" w:rsidP="6CA1990B" w:rsidRDefault="6274D5A4" w14:paraId="308766D0" w14:textId="18C43E5A">
+    <w:p w14:paraId="308766D0" w14:textId="18C43E5A" w:rsidR="6274D5A4" w:rsidRDefault="6274D5A4" w:rsidP="6CA1990B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="6CA1990B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
           <w:t>"Introducing QuizBot an Innovative AI-Assisted Assessment in Legal Education"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="6CA1990B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>, SSRN, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004341C5" w:rsidP="6CA1990B" w:rsidRDefault="0040327D" w14:paraId="7C7F4CD4" w14:textId="5DB12271">
+    <w:p w14:paraId="7C7F4CD4" w14:textId="5DB12271" w:rsidR="004341C5" w:rsidRDefault="0040327D" w:rsidP="6CA1990B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="6CA1990B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
           <w:t>"The Case for Large Language Model Optimism in Legal Research from a Law &amp; Technology Librarian"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="6CA1990B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>, SSRN, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="76EA6DA6" w:rsidP="3C2D831E" w:rsidRDefault="0040327D" w14:paraId="241C6DA2" w14:textId="4D214A08">
+    <w:p w14:paraId="241C6DA2" w14:textId="754608C3" w:rsidR="76EA6DA6" w:rsidRDefault="0040327D" w:rsidP="3C2D831E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:beforeAutospacing="on" w:after="100" w:afterAutospacing="on"/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="3C2D831E" w:rsidR="0040327D">
+        <w:spacing w:before="120" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="3C2D831E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           </w:rPr>
-          <w:t>"The Ultimate Study Partner: Using A Custom Chatbot To Optimize Student Studying During Law School"</w:t>
+          <w:t xml:space="preserve">"The Ultimate Study Partner: Using A Custom Chatbot </w:t>
+        </w:r>
+        <w:r w:rsidR="00CF4548" w:rsidRPr="3C2D831E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          </w:rPr>
+          <w:t>to</w:t>
+        </w:r>
+        <w:r w:rsidRPr="3C2D831E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Optimize Student Studying During Law School"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="3C2D831E" w:rsidR="0040327D">
+      <w:r w:rsidRPr="3C2D831E">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>, SSRN, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="3C2D831E" w:rsidP="3C2D831E" w:rsidRDefault="3C2D831E" w14:paraId="6A268FDA" w14:textId="3027D83C">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="00B23043" w:rsidR="004B7381" w:rsidP="5F2EFC7D" w:rsidRDefault="00D33CB7" w14:paraId="41C61CF7" w14:textId="125CE557">
+    <w:p w14:paraId="6A268FDA" w14:textId="3027D83C" w:rsidR="3C2D831E" w:rsidRDefault="3C2D831E" w:rsidP="3C2D831E"/>
+    <w:p w14:paraId="41C61CF7" w14:textId="125CE557" w:rsidR="004B7381" w:rsidRPr="00B23043" w:rsidRDefault="00D33CB7" w:rsidP="5F2EFC7D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="00D33CB7">
+      <w:r w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Courses</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="52869741">
+      <w:r w:rsidR="52869741" w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>, Patents</w:t>
       </w:r>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="00223CFB">
+      <w:r w:rsidR="00223CFB" w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Projects</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="099B0FBD" w:rsidP="5F2EFC7D" w:rsidRDefault="099B0FBD" w14:paraId="24EE9D4D" w14:textId="736DFE9D">
+    <w:p w14:paraId="463DE9CC" w14:textId="4FE597D1" w:rsidR="002D627B" w:rsidRDefault="002D627B" w:rsidP="5F2EFC7D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:beforeAutospacing="on" w:afterAutospacing="on"/>
-[...8 lines deleted...]
-        <w:t>Practice-Ready AI: Legal Applications and Innovation (2026)</w:t>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>ASU Law Student AI Workshop with assessment and certification (2026)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7381" w:rsidP="6CA1990B" w:rsidRDefault="004B7381" w14:paraId="5AA9C8CA" w14:textId="76831569">
+    <w:p w14:paraId="24EE9D4D" w14:textId="06F6D45F" w:rsidR="099B0FBD" w:rsidRDefault="099B0FBD" w:rsidP="5F2EFC7D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F2EFC7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>Practice-Ready AI: Legal Applications and Innovation (2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA9C8CA" w14:textId="41FCACF4" w:rsidR="004B7381" w:rsidRDefault="004B7381" w:rsidP="6CA1990B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="120" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6CA1990B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>AI &amp; the Practice of Law, Fall 2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="6CA1990B" w:rsidR="008554AA">
+      <w:r w:rsidR="008554AA" w:rsidRPr="6CA1990B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6CA1990B" w:rsidR="008554AA">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="1DF7B2E6" w:rsidP="6CA1990B" w:rsidRDefault="1DF7B2E6" w14:paraId="3D4EF2D9" w14:textId="0C5F8FC4">
+    <w:p w14:paraId="3D4EF2D9" w14:textId="0C5F8FC4" w:rsidR="1DF7B2E6" w:rsidRDefault="1DF7B2E6" w:rsidP="6CA1990B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="1DF7B2E6">
+      <w:r w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>OU Law Digital Initiative Artificial Intelligence Workshop (June 2025) - full day workshop teaching local attorneys how to use AI for the practice of law.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004B7381" w:rsidR="001E2817" w:rsidP="5F2EFC7D" w:rsidRDefault="001E2817" w14:paraId="06A2A946" w14:textId="09BC211D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="06A2A946" w14:textId="196CC675" w:rsidR="001E2817" w:rsidRDefault="31A184BC" w:rsidP="5F2EFC7D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:suppressLineNumbers w:val="0"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="5F2EFC7D" w:rsidR="31A184BC">
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F2EFC7D">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
         </w:rPr>
         <w:t>Juror Simulation with Professor Hayley Stillwell [Patent Pending]</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidRPr="008A1A5D" w:rsidR="00AA0678" w:rsidP="008A1A5D" w:rsidRDefault="00775DC0" w14:paraId="373E90C9" w14:textId="35CDE0E6">
+    <w:p w14:paraId="2FDB339A" w14:textId="3D921CAE" w:rsidR="000C5235" w:rsidRPr="00B23043" w:rsidRDefault="000C5235" w:rsidP="000C5235">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="4A94B885" w:rsidR="00775DC0">
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Selected </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="4A94B885" w:rsidR="00B47572">
+        <w:t>Technical Skills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E84CE9" w14:textId="54F69134" w:rsidR="000C5235" w:rsidRPr="000C5235" w:rsidRDefault="000C5235" w:rsidP="000C5235">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5235">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>LLMs (fine-tuning, evaluation, and deployment), prompt engineering, RAG pipelines, Python, SQL, API integration, AI web app development, custom GPT systems, AI-assisted legal research platforms (Westlaw, Lexis, vLex), end-to-end legal tech product development</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373E90C9" w14:textId="35CDE0E6" w:rsidR="00AA0678" w:rsidRPr="008A1A5D" w:rsidRDefault="00775DC0" w:rsidP="008A1A5D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
         <w:rPr>
           <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
+        <w:t xml:space="preserve">Selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00B47572" w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Presentations</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="45EBA4AA" w14:textId="43AADCE0">
-[...10 lines deleted...]
-          <w:noProof w:val="0"/>
+    <w:p w14:paraId="1FCB1ABC" w14:textId="78ED5383" w:rsidR="005858D8" w:rsidRDefault="005858D8" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>2025</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="1E3DE916" w:rsidP="5F2EFC7D" w:rsidRDefault="1E3DE916" w14:paraId="0D74404C" w14:textId="5E13220D">
+    <w:p w14:paraId="18730E17" w14:textId="272B5941" w:rsidR="0032250E" w:rsidRPr="0032250E" w:rsidRDefault="0032250E" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> – Northwestern University, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0032250E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AI4U Podcast</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, AI in Law Schools, Brian Piper, 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="64C1B158" w:rsidP="660AC0E4" w:rsidRDefault="64C1B158" w14:paraId="2EEBFA3A" w14:textId="1A4B4974">
+    <w:p w14:paraId="110724CE" w14:textId="2F818FB6" w:rsidR="00B76FD7" w:rsidRDefault="00B76FD7" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> Training Workshop, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABA Techshow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wired for Justice: Wearable and Augmented Tech for a Law Practice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Chicago, 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="67795BE5" w:rsidP="5CCA0948" w:rsidRDefault="67795BE5" w14:paraId="739F766F" w14:textId="04733F52">
+    <w:p w14:paraId="2FF5D48F" w14:textId="6C668AA9" w:rsidR="00B76FD7" w:rsidRPr="00B76FD7" w:rsidRDefault="00B76FD7" w:rsidP="00B76FD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> (Online), 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABA Techshow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Anatomy of a Prompt: Real Training for Using AI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Chicago, 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="10C9F92E" w14:textId="10F48B97">
+    <w:p w14:paraId="710F25B9" w14:textId="5D4A9370" w:rsidR="00B76FD7" w:rsidRDefault="00B76FD7" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> (2-hour workshop), Rehoboth Beach, DE, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Legal Week NYC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Prompting Workshop, NYC 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="5C702636" w14:textId="21C85CF6">
+    <w:p w14:paraId="6E3A04FE" w14:textId="699707FF" w:rsidR="00FB105F" w:rsidRDefault="00FB105F" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...50 lines deleted...]
-        <w:t>, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clio, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AI Foundations for </w:t>
+      </w:r>
+      <w:r w:rsidR="002D627B" w:rsidRPr="00FB105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lawyers,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D627B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D627B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB105F">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spring Training Camp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="1B1BDEB8" w14:textId="1DD7CD1F">
+    <w:p w14:paraId="62BDA2CB" w14:textId="1FB8011B" w:rsidR="00B76FD7" w:rsidRPr="00B76FD7" w:rsidRDefault="00B76FD7" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...50 lines deleted...]
-        <w:t>, Washington, DC, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABA Communications Law Conference</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, AI "How To" Lunch, Litchfield, AZ, 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="0E285870" w14:textId="4C48CF6B">
+    <w:p w14:paraId="146612C9" w14:textId="73C1894F" w:rsidR="005858D8" w:rsidRDefault="005858D8" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...72 lines deleted...]
-        <w:t>, Portland, OR, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>National Association of Attorneys General</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B76FD7" w:rsidRPr="00B76FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Local AI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lunch Workshop 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="1099EC34" w14:textId="0C1C116E">
+    <w:p w14:paraId="782BD299" w14:textId="6DDBAEBC" w:rsidR="005858D8" w:rsidRPr="00105025" w:rsidRDefault="005858D8" w:rsidP="005858D8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> (Full-day workshop), Portland, OR, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="005858D8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+            <w:b/>
+            <w:bCs/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>Law Librarians are at the Forefront of Using and Educating on Artificial Intelligence</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, ABA Journal 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="6651FE94" w14:textId="75B91E95">
+    <w:p w14:paraId="45EBA4AA" w14:textId="4DCD65A1" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5F2EFC7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749E84A6" w14:textId="3765C2D8" w:rsidR="00105025" w:rsidRPr="00105025" w:rsidRDefault="00105025" w:rsidP="5F2EFC7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>National Association of Attorneys General</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...29 lines deleted...]
-        <w:t>, The Oaklander, Pittsburgh, PA, 2025</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lunch Workshop 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="1EBB739B" w14:textId="06B69F97">
+    <w:p w14:paraId="0D74404C" w14:textId="7D064553" w:rsidR="1E3DE916" w:rsidRDefault="1E3DE916" w:rsidP="5F2EFC7D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...50 lines deleted...]
-        <w:t>, Salt Lake City, UT, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="660AC0E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AI in Education Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="660AC0E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Northwestern University, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="32EA257E" w14:textId="3F45823F">
+    <w:p w14:paraId="2EEBFA3A" w14:textId="1A4B4974" w:rsidR="64C1B158" w:rsidRDefault="64C1B158" w:rsidP="660AC0E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> (Online), 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5764">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>State Bar of Texas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41103E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Annual Technology Training Workshop, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="495EFB10" w14:textId="50D20563">
+    <w:p w14:paraId="739F766F" w14:textId="04733F52" w:rsidR="67795BE5" w:rsidRDefault="67795BE5" w:rsidP="5CCA0948">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...72 lines deleted...]
-        <w:t>, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5CCA0948">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oklahoma Access to Justice Summit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5CCA0948">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - AI + ATJ Summit Panel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5CCA0948">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Online), 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="5E2A473A" w14:textId="564A01F7">
+    <w:p w14:paraId="10C9F92E" w14:textId="19F52361" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...72 lines deleted...]
-        <w:t>, Arizona State University College of Law, 2025</w:t>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Delaware Attorneys General </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5764">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Department of Justice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5764" w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Retreat</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5764">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Practically Using AI for Government</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2-hour workshop), Rehoboth Beach, DE, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="68E40CE0" w14:textId="3381D697">
+    <w:p w14:paraId="5C702636" w14:textId="21C85CF6" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Texas Association of Appellate Court Attorneys (TAACA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...17 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Using AI for the Practice of Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="6ABDD3F2" w14:textId="4855634A">
+    <w:p w14:paraId="1B1BDEB8" w14:textId="1DD7CD1F" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ILTACon 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...19 lines deleted...]
-        <w:t>, 2025</w:t>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Prompting Workshop</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Washington, DC, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="6C6F5948" w14:textId="78EE1E7F">
+    <w:p w14:paraId="0E285870" w14:textId="4C48CF6B" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AALL Annual Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...19 lines deleted...]
-        <w:t>, 2025</w:t>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Benchmarking Legal AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Practical Uses of AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Portland, OR, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="7BB14660" w14:textId="7878C711">
+    <w:p w14:paraId="1099EC34" w14:textId="0C1C116E" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AALL Annual Conference (Pre-Conference Workshop)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Panel Moderator), 2025</w:t>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching the Teachers AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Full-day workshop), Portland, OR, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="1C3F1B34" w14:textId="6F5E18C9">
+    <w:p w14:paraId="6651FE94" w14:textId="75B91E95" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>National Association of Attorneys General</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Agentic AI &amp; Law: AI and State Legal Practice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, The Oaklander, Pittsburgh, PA, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBB739B" w14:textId="06B69F97" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>National Association of Appellate Attorneys Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Using AI for the Practice of Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Salt Lake City, UT, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EA257E" w14:textId="3F45823F" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>National Association of Attorneys General Tech Bootcamp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Generative AI: Unleashing the Potential While Minimizing the Risks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Online), 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495EFB10" w14:textId="50D20563" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CALICON 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Problems with Benchmarking Legal AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vibe Coding &amp; Beyond</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2A473A" w14:textId="564A01F7" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Governance of Emerging Technologies and Science Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Quizbot and the Future of Legal Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fabricating the Reasonable Juror</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Arizona State University College of Law, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E40CE0" w14:textId="3381D697" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Southwest Association of Law Libraries Annual Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What Does the Future of AI in Law Look Like?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABDD3F2" w14:textId="4855634A" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABA Techshow 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Importance of Private Partnerships for Law Schools</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6F5948" w14:textId="78EE1E7F" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABA Techshow 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Evaluating AI for Law Practice: Benefits, Risks, and Practical Ethics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB14660" w14:textId="7878C711" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>LawDroid Annual Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AI &amp; Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Panel Moderator), 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3F1B34" w14:textId="6F5E18C9" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>North Carolina Bar Association</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beyond the Basics: AI in Law and Emerging Industry Trends</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="1BB7389C" w14:textId="0977DC67">
+    <w:p w14:paraId="1BB7389C" w14:textId="0977DC67" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="281" w:beforeAutospacing="off" w:after="281" w:afterAutospacing="off"/>
+        <w:spacing w:before="281" w:after="281"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="Palatino" w:cs="Palatino"/>
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="76B99FC0" w14:textId="684E36DE">
+    <w:p w14:paraId="76B99FC0" w14:textId="684E36DE" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Criminal Law Section Forensic Academy</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Artificial Intelligence in Legal Research and Writing</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="6D1BAEEA" w14:textId="01710E03">
+    <w:p w14:paraId="6D1BAEEA" w14:textId="01710E03" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>National Association of Attorneys General IT Summit</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AI and the Practice of Law</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Oklahoma City, OK, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="1F9F734E" w14:textId="609253A6">
+    <w:p w14:paraId="1F9F734E" w14:textId="609253A6" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oklahoma Bar Association (OBA) Luncheon</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AI and the Practice of Law</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Norman, OK, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="40420D78" w14:textId="79D7C0D8">
+    <w:p w14:paraId="40420D78" w14:textId="79D7C0D8" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oklahoma Bar Association</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Future of Law Practice</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Norman, OK, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="33BA55D9" w14:textId="4FD5897F">
+    <w:p w14:paraId="33BA55D9" w14:textId="4FD5897F" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LIT-SIS Coffee Chat</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AI Tools for Law School</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="5EFD41B9" w14:textId="150D1A3B">
+    <w:p w14:paraId="5EFD41B9" w14:textId="150D1A3B" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="281" w:beforeAutospacing="off" w:after="281" w:afterAutospacing="off"/>
+        <w:spacing w:before="281" w:after="281"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino" w:eastAsia="Palatino" w:cs="Palatino"/>
-[...2 lines deleted...]
-          <w:noProof w:val="0"/>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="002E5F21" w14:textId="7202B6AD">
+    <w:p w14:paraId="002E5F21" w14:textId="7202B6AD" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Oklahoma Bar Association (OBA) Luncheon</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>AI and the Practice of Law</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Norman, OK, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="5C21E5F2" w14:textId="0832480E">
+    <w:p w14:paraId="5C21E5F2" w14:textId="0832480E" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Arizona State University Webinar (Hosted on YouTube)</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Practical Considerations for AI in the Legal Writing Classroom</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="7F53AE7F" w:rsidP="4A94B885" w:rsidRDefault="7F53AE7F" w14:paraId="796E32C4" w14:textId="2267C1A6">
+    <w:p w14:paraId="796E32C4" w14:textId="2267C1A6" w:rsidR="7F53AE7F" w:rsidRDefault="7F53AE7F" w:rsidP="4A94B885">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
-[...38 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hawai‘i Office of the Attorney General Speaker Series</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Practical Considerations for AI in Legal Research and Writing</w:t>
       </w:r>
-      <w:r w:rsidRPr="4A94B885" w:rsidR="7F53AE7F">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4A94B885">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino" w:eastAsia="Palatino" w:hAnsi="Palatino" w:cs="Palatino"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, 2023</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00271943" w:rsidR="00F82632" w:rsidSect="00B47572">
-      <w:footerReference w:type="default" r:id="rId16"/>
+    <w:sectPr w:rsidR="7F53AE7F" w:rsidSect="00B47572">
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1008" w:bottom="720" w:left="1008" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C53845" w:rsidP="00FA2F7F" w:rsidRDefault="00C53845" w14:paraId="622A4FA4" w14:textId="77777777">
+    <w:p w14:paraId="774038AA" w14:textId="77777777" w:rsidR="000C04BC" w:rsidRDefault="000C04BC" w:rsidP="00FA2F7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C53845" w:rsidP="00FA2F7F" w:rsidRDefault="00C53845" w14:paraId="4BD51C56" w14:textId="77777777">
+    <w:p w14:paraId="00FC9B15" w14:textId="77777777" w:rsidR="000C04BC" w:rsidRDefault="000C04BC" w:rsidP="00FA2F7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00C53845" w:rsidRDefault="00C53845" w14:paraId="0B4B2739" w14:textId="77777777"/>
+    <w:p w14:paraId="359950CA" w14:textId="77777777" w:rsidR="000C04BC" w:rsidRDefault="000C04BC"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3351,77 +3146,68 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
     <w:altName w:val="Segoe UI Historic"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="7800205A" w:usb2="14600000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Palatino Linotype">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00FA2F7F" w:rsidR="00FA2F7F" w:rsidP="008A1A5D" w:rsidRDefault="00FA2F7F" w14:paraId="5A509203" w14:textId="63855F23">
+  <w:p w14:paraId="5A509203" w14:textId="63855F23" w:rsidR="00FA2F7F" w:rsidRPr="00FA2F7F" w:rsidRDefault="00FA2F7F" w:rsidP="008A1A5D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10170"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00FA2F7F">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00FA2F7F">
       <w:tab/>
-    </w:r>
-    <w:r w:rsidRPr="00FA2F7F">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00FA2F7F">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FA2F7F">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FA2F7F">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00854174">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
@@ -3452,1113 +3238,329 @@
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00854174">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00FA2F7F">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C53845" w:rsidP="00FA2F7F" w:rsidRDefault="00C53845" w14:paraId="61C7E7C8" w14:textId="77777777">
+    <w:p w14:paraId="521FD4EC" w14:textId="77777777" w:rsidR="000C04BC" w:rsidRDefault="000C04BC" w:rsidP="00FA2F7F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C53845" w:rsidP="00FA2F7F" w:rsidRDefault="00C53845" w14:paraId="0C789EDC" w14:textId="77777777">
+    <w:p w14:paraId="4AF90093" w14:textId="77777777" w:rsidR="000C04BC" w:rsidRDefault="000C04BC" w:rsidP="00FA2F7F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00C53845" w:rsidRDefault="00C53845" w14:paraId="7C273F72" w14:textId="77777777"/>
+    <w:p w14:paraId="5544693B" w14:textId="77777777" w:rsidR="000C04BC" w:rsidRDefault="000C04BC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="25">
-[...782 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013A3BC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44F4D902"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06E53B59"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0DFCDE06"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0718647D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D9A977A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4621,2306 +3623,3122 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08874312"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B8C63B40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="188BB212"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85D0DC74"/>
+    <w:lvl w:ilvl="0" w:tplc="F07C5782">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="68BC8ADC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="ADEA5A88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="72B2785C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F26A5A02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8E5E4338">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08667404">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2188B832">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F21A8050">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ED575F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F822B77A"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25D3AC14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A47A708C"/>
+    <w:lvl w:ilvl="0" w:tplc="1180C98C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9F169CF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5A4C675E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1E169072">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FF866850">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="490E289A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0EB231DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="CF0CB44A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="083E7944">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AE41B72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2EEF27E"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BBC7756"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDBEAB32"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33C07711"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88603BA6"/>
+    <w:lvl w:ilvl="0" w:tplc="AA8A1D58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34527966">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D67601D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DDBE7166">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BC20B3A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1A405088">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D00CD498">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="829E4612">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A1A49018">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34277712"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="815418CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AC2C0C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="918AD1B2"/>
     <w:lvl w:ilvl="0" w:tplc="3F9CC458">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0A2EE086">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="16505154">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6C9C22CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="F196B74E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="C898F2EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="96C455B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="479A593C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EB50FE76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BAD1429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A7EFF78"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D7DF116"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A25A0702"/>
+    <w:lvl w:ilvl="0" w:tplc="47FA8FB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6536330E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0130E746">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2AC8A520">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4246F874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4738BF4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C4B4D218">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6534E9E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D312DC78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48F21E34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E76C9D3C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49D406C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E258E374"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AC648F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93A009F2"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CFD3CC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="812852D0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="543963D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D25A713C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E339056"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28D6F6B4"/>
+    <w:lvl w:ilvl="0" w:tplc="FBD26F8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C2D26420">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9B98827A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E4065C40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7EB68904">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C52CB930">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0D166572">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20B29A08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BB4AA050">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F1DB890"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B798F288"/>
+    <w:lvl w:ilvl="0" w:tplc="D97E6102">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ED301402">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0D26C8AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CD944FE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="ABA8E1B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="98B6029C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5E14A270">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4D52AB48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="901027C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D64D46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74F66290"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="754A6001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E9EBDAA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B356A9F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="676E7320"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CC09480"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EB12CB2C"/>
+    <w:lvl w:ilvl="0" w:tplc="D1F436AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E8BC1F56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="8A741A58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E1C83C62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E2903A1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9214A00C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6226D74A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E4E496C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D5DE1D68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EE90249"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AE27026"/>
     <w:lvl w:ilvl="0" w:tplc="BEF653E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ResumeBullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="26">
+  <w:num w:numId="1" w16cid:durableId="1587616557">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1473909467">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1721591228">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1712802380">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1996060784">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1064722059">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="682433809">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1864323056">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="405803875">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="25">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="10" w16cid:durableId="1267888451">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="11" w16cid:durableId="652493740">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="147135001">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1529561339">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="138503032">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="618024931">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2042392048">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1551377507">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1731533731">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="899554295">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="645210746">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="744690891">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1391996512">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="23" w16cid:durableId="623390191">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22">
-[...26 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="138503032">
+  <w:num w:numId="24" w16cid:durableId="1075543127">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="618024931">
+  <w:num w:numId="25" w16cid:durableId="881987519">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2042392048">
-[...29 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="965695394">
+  <w:num w:numId="26" w16cid:durableId="965695394">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B4833"/>
     <w:rsid w:val="00001AF9"/>
     <w:rsid w:val="00027A51"/>
     <w:rsid w:val="000302CA"/>
     <w:rsid w:val="00030FD2"/>
     <w:rsid w:val="0003220E"/>
     <w:rsid w:val="00032C1A"/>
     <w:rsid w:val="000417E1"/>
     <w:rsid w:val="00051186"/>
     <w:rsid w:val="00054FE4"/>
     <w:rsid w:val="00057B15"/>
     <w:rsid w:val="00062C42"/>
     <w:rsid w:val="00065BA4"/>
+    <w:rsid w:val="00072F1A"/>
     <w:rsid w:val="00074D0C"/>
     <w:rsid w:val="00084EF1"/>
     <w:rsid w:val="00091AFD"/>
     <w:rsid w:val="00093051"/>
     <w:rsid w:val="00093228"/>
     <w:rsid w:val="000947CB"/>
     <w:rsid w:val="000A058B"/>
     <w:rsid w:val="000A099E"/>
     <w:rsid w:val="000B0A68"/>
+    <w:rsid w:val="000B68B4"/>
+    <w:rsid w:val="000C04BC"/>
     <w:rsid w:val="000C3285"/>
     <w:rsid w:val="000C38C0"/>
     <w:rsid w:val="000C44D5"/>
+    <w:rsid w:val="000C5235"/>
+    <w:rsid w:val="000D0482"/>
     <w:rsid w:val="000D4699"/>
     <w:rsid w:val="000E54A9"/>
     <w:rsid w:val="000E56A6"/>
     <w:rsid w:val="000E7182"/>
     <w:rsid w:val="000F2EC3"/>
     <w:rsid w:val="000F5B26"/>
+    <w:rsid w:val="00105025"/>
     <w:rsid w:val="0010775D"/>
     <w:rsid w:val="0011020D"/>
     <w:rsid w:val="00113CF1"/>
     <w:rsid w:val="001232DC"/>
     <w:rsid w:val="001240B7"/>
     <w:rsid w:val="00132442"/>
     <w:rsid w:val="001341B8"/>
     <w:rsid w:val="00135F17"/>
+    <w:rsid w:val="0013634E"/>
     <w:rsid w:val="00137F76"/>
     <w:rsid w:val="001421CE"/>
     <w:rsid w:val="00143625"/>
     <w:rsid w:val="00152129"/>
     <w:rsid w:val="00152EE8"/>
+    <w:rsid w:val="001535C4"/>
     <w:rsid w:val="00154F20"/>
     <w:rsid w:val="00164887"/>
     <w:rsid w:val="001679DF"/>
     <w:rsid w:val="00171CCF"/>
     <w:rsid w:val="00181113"/>
     <w:rsid w:val="00184BA6"/>
     <w:rsid w:val="0018548C"/>
     <w:rsid w:val="00191B32"/>
     <w:rsid w:val="001977BD"/>
     <w:rsid w:val="001A1F03"/>
+    <w:rsid w:val="001B38BD"/>
     <w:rsid w:val="001B3A11"/>
+    <w:rsid w:val="001B4641"/>
     <w:rsid w:val="001B58C7"/>
     <w:rsid w:val="001B65E9"/>
     <w:rsid w:val="001C1A60"/>
     <w:rsid w:val="001C3B32"/>
     <w:rsid w:val="001C403F"/>
     <w:rsid w:val="001C45F7"/>
     <w:rsid w:val="001E04F7"/>
     <w:rsid w:val="001E2817"/>
     <w:rsid w:val="001F12C4"/>
     <w:rsid w:val="002042B6"/>
     <w:rsid w:val="0020472F"/>
     <w:rsid w:val="00207854"/>
     <w:rsid w:val="00211A9E"/>
     <w:rsid w:val="002154DC"/>
     <w:rsid w:val="00223CFB"/>
     <w:rsid w:val="0023435B"/>
     <w:rsid w:val="00236587"/>
     <w:rsid w:val="002413A5"/>
     <w:rsid w:val="00244B07"/>
     <w:rsid w:val="002570A0"/>
     <w:rsid w:val="00262A1E"/>
     <w:rsid w:val="00271943"/>
     <w:rsid w:val="00271BAF"/>
     <w:rsid w:val="00271D2F"/>
     <w:rsid w:val="00282927"/>
+    <w:rsid w:val="00284464"/>
     <w:rsid w:val="0029392D"/>
     <w:rsid w:val="00297A84"/>
     <w:rsid w:val="002A56BE"/>
     <w:rsid w:val="002B45E0"/>
     <w:rsid w:val="002B67A8"/>
     <w:rsid w:val="002C0A70"/>
+    <w:rsid w:val="002C3EB3"/>
     <w:rsid w:val="002C7DF6"/>
+    <w:rsid w:val="002D627B"/>
     <w:rsid w:val="002F273E"/>
     <w:rsid w:val="002F6255"/>
     <w:rsid w:val="002F790B"/>
     <w:rsid w:val="003035D7"/>
     <w:rsid w:val="0031785F"/>
+    <w:rsid w:val="0032250E"/>
     <w:rsid w:val="00330718"/>
+    <w:rsid w:val="003341AA"/>
     <w:rsid w:val="0033466F"/>
     <w:rsid w:val="003405D9"/>
     <w:rsid w:val="003455D2"/>
     <w:rsid w:val="00346F96"/>
     <w:rsid w:val="0035079E"/>
     <w:rsid w:val="00365F7D"/>
     <w:rsid w:val="00370FAB"/>
     <w:rsid w:val="00373BF2"/>
     <w:rsid w:val="00374313"/>
+    <w:rsid w:val="0037471A"/>
     <w:rsid w:val="00377F9A"/>
     <w:rsid w:val="00380ED4"/>
     <w:rsid w:val="00385D57"/>
     <w:rsid w:val="00387CF3"/>
     <w:rsid w:val="003B46E7"/>
     <w:rsid w:val="003B6CA3"/>
     <w:rsid w:val="003B765A"/>
     <w:rsid w:val="003C2E2D"/>
     <w:rsid w:val="003C3127"/>
+    <w:rsid w:val="003C467C"/>
+    <w:rsid w:val="003E0F99"/>
     <w:rsid w:val="0040327D"/>
     <w:rsid w:val="004059F8"/>
     <w:rsid w:val="0041262D"/>
     <w:rsid w:val="00414AD2"/>
     <w:rsid w:val="0042306D"/>
     <w:rsid w:val="004273AE"/>
     <w:rsid w:val="00430738"/>
     <w:rsid w:val="004341C5"/>
     <w:rsid w:val="00436823"/>
     <w:rsid w:val="004372EB"/>
+    <w:rsid w:val="00450D99"/>
     <w:rsid w:val="00452427"/>
     <w:rsid w:val="0045254B"/>
     <w:rsid w:val="00454B63"/>
     <w:rsid w:val="00455E9C"/>
+    <w:rsid w:val="00461D84"/>
     <w:rsid w:val="00463A3E"/>
     <w:rsid w:val="00470B0B"/>
     <w:rsid w:val="00472B16"/>
     <w:rsid w:val="00472B62"/>
     <w:rsid w:val="00473831"/>
     <w:rsid w:val="00473B99"/>
     <w:rsid w:val="00474C88"/>
     <w:rsid w:val="004751ED"/>
     <w:rsid w:val="00475D04"/>
     <w:rsid w:val="00477E97"/>
     <w:rsid w:val="0048049C"/>
     <w:rsid w:val="00484B34"/>
     <w:rsid w:val="004860FF"/>
     <w:rsid w:val="00487964"/>
     <w:rsid w:val="00487C68"/>
     <w:rsid w:val="00493BA2"/>
     <w:rsid w:val="004A23C2"/>
     <w:rsid w:val="004A3BE2"/>
     <w:rsid w:val="004B28FD"/>
     <w:rsid w:val="004B5784"/>
     <w:rsid w:val="004B7381"/>
     <w:rsid w:val="004C40B0"/>
     <w:rsid w:val="004C7280"/>
     <w:rsid w:val="004D049D"/>
     <w:rsid w:val="004E5935"/>
     <w:rsid w:val="004E5FE4"/>
     <w:rsid w:val="004E6C5B"/>
+    <w:rsid w:val="004F215A"/>
     <w:rsid w:val="0052198E"/>
     <w:rsid w:val="005241F0"/>
     <w:rsid w:val="00526BA5"/>
     <w:rsid w:val="00541A4A"/>
     <w:rsid w:val="00541ECA"/>
     <w:rsid w:val="00545252"/>
     <w:rsid w:val="00547544"/>
     <w:rsid w:val="00547762"/>
     <w:rsid w:val="00553784"/>
     <w:rsid w:val="00565CAD"/>
     <w:rsid w:val="00566331"/>
     <w:rsid w:val="00566B98"/>
     <w:rsid w:val="0058327E"/>
+    <w:rsid w:val="005858D8"/>
     <w:rsid w:val="0058784E"/>
     <w:rsid w:val="00592D9A"/>
+    <w:rsid w:val="005A234E"/>
     <w:rsid w:val="005B62E2"/>
     <w:rsid w:val="005C0BAD"/>
     <w:rsid w:val="005D0A55"/>
     <w:rsid w:val="005D5559"/>
     <w:rsid w:val="005F206B"/>
     <w:rsid w:val="00601FD4"/>
     <w:rsid w:val="006113ED"/>
     <w:rsid w:val="00617271"/>
     <w:rsid w:val="006209AF"/>
+    <w:rsid w:val="00622122"/>
     <w:rsid w:val="00623C35"/>
     <w:rsid w:val="00626C5B"/>
     <w:rsid w:val="00630AA9"/>
     <w:rsid w:val="00631DF5"/>
     <w:rsid w:val="00632E6F"/>
     <w:rsid w:val="00637508"/>
     <w:rsid w:val="00640C60"/>
     <w:rsid w:val="00642677"/>
     <w:rsid w:val="00656696"/>
     <w:rsid w:val="00660273"/>
+    <w:rsid w:val="00662DE4"/>
     <w:rsid w:val="00664326"/>
     <w:rsid w:val="00666E64"/>
     <w:rsid w:val="00682FE4"/>
     <w:rsid w:val="00686F62"/>
     <w:rsid w:val="006935B6"/>
     <w:rsid w:val="0069745D"/>
     <w:rsid w:val="006A6149"/>
     <w:rsid w:val="006C67AD"/>
     <w:rsid w:val="006C7EF7"/>
     <w:rsid w:val="006D6AC0"/>
     <w:rsid w:val="006F43A5"/>
     <w:rsid w:val="006F4905"/>
     <w:rsid w:val="006F7EC9"/>
     <w:rsid w:val="00700A4A"/>
     <w:rsid w:val="00702E54"/>
     <w:rsid w:val="007071FF"/>
     <w:rsid w:val="0071377A"/>
     <w:rsid w:val="007147D4"/>
     <w:rsid w:val="007173E6"/>
     <w:rsid w:val="00720A25"/>
     <w:rsid w:val="00722B99"/>
     <w:rsid w:val="00730DF3"/>
     <w:rsid w:val="0073326C"/>
     <w:rsid w:val="007342D7"/>
+    <w:rsid w:val="0073701D"/>
     <w:rsid w:val="00740FE4"/>
     <w:rsid w:val="0074654E"/>
     <w:rsid w:val="007502D6"/>
     <w:rsid w:val="007532FB"/>
     <w:rsid w:val="00762B50"/>
     <w:rsid w:val="00762D42"/>
     <w:rsid w:val="00763DE6"/>
     <w:rsid w:val="00771123"/>
     <w:rsid w:val="007754F0"/>
     <w:rsid w:val="00775DC0"/>
     <w:rsid w:val="00781EAE"/>
     <w:rsid w:val="00786488"/>
     <w:rsid w:val="00790984"/>
     <w:rsid w:val="00793B19"/>
     <w:rsid w:val="007974CC"/>
     <w:rsid w:val="007A21A4"/>
     <w:rsid w:val="007B3AA4"/>
     <w:rsid w:val="007B4833"/>
     <w:rsid w:val="007B72DA"/>
     <w:rsid w:val="007C6B27"/>
     <w:rsid w:val="007D300E"/>
     <w:rsid w:val="007D50D6"/>
     <w:rsid w:val="007E58F5"/>
     <w:rsid w:val="007F0EAF"/>
     <w:rsid w:val="007F1749"/>
@@ -6934,275 +6752,292 @@
     <w:rsid w:val="00811651"/>
     <w:rsid w:val="00817BF0"/>
     <w:rsid w:val="00821126"/>
     <w:rsid w:val="00824C6F"/>
     <w:rsid w:val="00825F7C"/>
     <w:rsid w:val="00843068"/>
     <w:rsid w:val="008432B1"/>
     <w:rsid w:val="00845269"/>
     <w:rsid w:val="0085155F"/>
     <w:rsid w:val="00854174"/>
     <w:rsid w:val="008554AA"/>
     <w:rsid w:val="00873C11"/>
     <w:rsid w:val="00877A0C"/>
     <w:rsid w:val="008804A1"/>
     <w:rsid w:val="00880C95"/>
     <w:rsid w:val="008A1A5D"/>
     <w:rsid w:val="008A703C"/>
     <w:rsid w:val="008B48F4"/>
     <w:rsid w:val="008B53C2"/>
     <w:rsid w:val="008C6AF4"/>
     <w:rsid w:val="008C7A4F"/>
     <w:rsid w:val="008D1151"/>
     <w:rsid w:val="008E09A4"/>
     <w:rsid w:val="008F352E"/>
     <w:rsid w:val="009078AF"/>
+    <w:rsid w:val="009163C1"/>
+    <w:rsid w:val="0091645D"/>
+    <w:rsid w:val="00917089"/>
     <w:rsid w:val="00923614"/>
     <w:rsid w:val="00933DDE"/>
     <w:rsid w:val="00935D94"/>
     <w:rsid w:val="0094064F"/>
     <w:rsid w:val="009421CD"/>
     <w:rsid w:val="009549D9"/>
     <w:rsid w:val="00954D49"/>
     <w:rsid w:val="0097632C"/>
     <w:rsid w:val="00982705"/>
     <w:rsid w:val="00984D9B"/>
     <w:rsid w:val="00991620"/>
     <w:rsid w:val="00993B27"/>
     <w:rsid w:val="00993F28"/>
     <w:rsid w:val="009A0F88"/>
     <w:rsid w:val="009B3A3E"/>
     <w:rsid w:val="009B4E16"/>
     <w:rsid w:val="009B60E6"/>
     <w:rsid w:val="009C38FE"/>
     <w:rsid w:val="009D0EC9"/>
     <w:rsid w:val="009D4F7B"/>
     <w:rsid w:val="009E3D82"/>
     <w:rsid w:val="009E6E4E"/>
     <w:rsid w:val="009E7775"/>
     <w:rsid w:val="009F1888"/>
     <w:rsid w:val="00A0593E"/>
     <w:rsid w:val="00A05A4E"/>
     <w:rsid w:val="00A1110E"/>
     <w:rsid w:val="00A12535"/>
     <w:rsid w:val="00A1260A"/>
     <w:rsid w:val="00A226C2"/>
     <w:rsid w:val="00A30F90"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A36168"/>
     <w:rsid w:val="00A41D84"/>
     <w:rsid w:val="00A46DB2"/>
     <w:rsid w:val="00A501C4"/>
     <w:rsid w:val="00A51235"/>
     <w:rsid w:val="00A52BC2"/>
     <w:rsid w:val="00A56D9A"/>
     <w:rsid w:val="00A6517D"/>
     <w:rsid w:val="00A7096E"/>
     <w:rsid w:val="00A723EC"/>
     <w:rsid w:val="00A96149"/>
     <w:rsid w:val="00AA0678"/>
     <w:rsid w:val="00AB26FF"/>
     <w:rsid w:val="00AB6053"/>
     <w:rsid w:val="00AB6F17"/>
+    <w:rsid w:val="00AC4F9F"/>
     <w:rsid w:val="00AC6EDE"/>
     <w:rsid w:val="00AC749A"/>
     <w:rsid w:val="00AC7855"/>
     <w:rsid w:val="00AE106F"/>
     <w:rsid w:val="00AE1BB4"/>
     <w:rsid w:val="00AE6DCB"/>
     <w:rsid w:val="00AF2873"/>
     <w:rsid w:val="00AF2ED7"/>
     <w:rsid w:val="00AF53E9"/>
     <w:rsid w:val="00AF5ECD"/>
     <w:rsid w:val="00AF784E"/>
     <w:rsid w:val="00B00DE9"/>
     <w:rsid w:val="00B04036"/>
     <w:rsid w:val="00B07984"/>
     <w:rsid w:val="00B12DD3"/>
     <w:rsid w:val="00B13DD6"/>
     <w:rsid w:val="00B15683"/>
     <w:rsid w:val="00B23043"/>
     <w:rsid w:val="00B27A74"/>
     <w:rsid w:val="00B3044F"/>
     <w:rsid w:val="00B42E8E"/>
     <w:rsid w:val="00B47572"/>
     <w:rsid w:val="00B608A2"/>
     <w:rsid w:val="00B651E9"/>
     <w:rsid w:val="00B65B48"/>
+    <w:rsid w:val="00B67712"/>
+    <w:rsid w:val="00B76FD7"/>
     <w:rsid w:val="00B82BC7"/>
     <w:rsid w:val="00B86119"/>
     <w:rsid w:val="00B945D2"/>
     <w:rsid w:val="00BA2C79"/>
     <w:rsid w:val="00BA7BB2"/>
     <w:rsid w:val="00BB0454"/>
     <w:rsid w:val="00BB388C"/>
     <w:rsid w:val="00BB418F"/>
     <w:rsid w:val="00BD1BF6"/>
     <w:rsid w:val="00BD4C10"/>
     <w:rsid w:val="00BD5095"/>
     <w:rsid w:val="00BD641F"/>
     <w:rsid w:val="00BE0FCD"/>
     <w:rsid w:val="00BE1B28"/>
     <w:rsid w:val="00BE26F4"/>
+    <w:rsid w:val="00BE2C6F"/>
     <w:rsid w:val="00BE48DA"/>
     <w:rsid w:val="00BF2052"/>
     <w:rsid w:val="00BF4624"/>
     <w:rsid w:val="00BF4E5C"/>
     <w:rsid w:val="00C058F2"/>
     <w:rsid w:val="00C1091A"/>
     <w:rsid w:val="00C13361"/>
     <w:rsid w:val="00C16C82"/>
     <w:rsid w:val="00C17285"/>
     <w:rsid w:val="00C20711"/>
     <w:rsid w:val="00C21DA7"/>
     <w:rsid w:val="00C254CF"/>
     <w:rsid w:val="00C26418"/>
     <w:rsid w:val="00C35443"/>
     <w:rsid w:val="00C3642C"/>
     <w:rsid w:val="00C40C13"/>
     <w:rsid w:val="00C4391C"/>
     <w:rsid w:val="00C508BF"/>
     <w:rsid w:val="00C51767"/>
     <w:rsid w:val="00C526B6"/>
     <w:rsid w:val="00C53845"/>
     <w:rsid w:val="00C550EC"/>
     <w:rsid w:val="00C55957"/>
     <w:rsid w:val="00C6393E"/>
     <w:rsid w:val="00C6419A"/>
     <w:rsid w:val="00C81532"/>
     <w:rsid w:val="00CA3922"/>
     <w:rsid w:val="00CA6EB4"/>
+    <w:rsid w:val="00CB6B74"/>
     <w:rsid w:val="00CC63D3"/>
     <w:rsid w:val="00CD1471"/>
+    <w:rsid w:val="00CD4284"/>
     <w:rsid w:val="00CD76AE"/>
     <w:rsid w:val="00CE3CB8"/>
     <w:rsid w:val="00CF1701"/>
+    <w:rsid w:val="00CF4548"/>
     <w:rsid w:val="00CF6625"/>
     <w:rsid w:val="00D07081"/>
     <w:rsid w:val="00D10BD2"/>
     <w:rsid w:val="00D33CB7"/>
     <w:rsid w:val="00D4235F"/>
     <w:rsid w:val="00D43CF8"/>
     <w:rsid w:val="00D46456"/>
     <w:rsid w:val="00D50F46"/>
     <w:rsid w:val="00D51E43"/>
     <w:rsid w:val="00D55160"/>
     <w:rsid w:val="00D57349"/>
+    <w:rsid w:val="00D61F71"/>
     <w:rsid w:val="00D65405"/>
     <w:rsid w:val="00D65E71"/>
     <w:rsid w:val="00D6710C"/>
     <w:rsid w:val="00D673AF"/>
+    <w:rsid w:val="00D67D67"/>
     <w:rsid w:val="00D67E56"/>
     <w:rsid w:val="00D7006D"/>
     <w:rsid w:val="00D71E63"/>
     <w:rsid w:val="00D7308E"/>
     <w:rsid w:val="00D73E60"/>
     <w:rsid w:val="00D77B42"/>
     <w:rsid w:val="00D974A9"/>
     <w:rsid w:val="00DA553E"/>
     <w:rsid w:val="00DA6551"/>
     <w:rsid w:val="00DA6E7E"/>
     <w:rsid w:val="00DB0531"/>
     <w:rsid w:val="00DB46B1"/>
     <w:rsid w:val="00DC3D8F"/>
     <w:rsid w:val="00DC7609"/>
     <w:rsid w:val="00DD25A7"/>
     <w:rsid w:val="00DD5BB6"/>
     <w:rsid w:val="00DD5C65"/>
     <w:rsid w:val="00DE40C5"/>
     <w:rsid w:val="00DE4BFD"/>
     <w:rsid w:val="00DE6FE9"/>
     <w:rsid w:val="00DF1343"/>
     <w:rsid w:val="00DF2803"/>
     <w:rsid w:val="00DF5EDF"/>
     <w:rsid w:val="00DF77B5"/>
     <w:rsid w:val="00E06C0E"/>
     <w:rsid w:val="00E132AD"/>
     <w:rsid w:val="00E141AD"/>
     <w:rsid w:val="00E15E20"/>
     <w:rsid w:val="00E17725"/>
     <w:rsid w:val="00E27764"/>
     <w:rsid w:val="00E30461"/>
     <w:rsid w:val="00E345FC"/>
     <w:rsid w:val="00E40751"/>
     <w:rsid w:val="00E40E77"/>
     <w:rsid w:val="00E40F0F"/>
+    <w:rsid w:val="00E416BE"/>
     <w:rsid w:val="00E41AB7"/>
     <w:rsid w:val="00E42E52"/>
     <w:rsid w:val="00E5424F"/>
     <w:rsid w:val="00E750DF"/>
     <w:rsid w:val="00E75EEC"/>
     <w:rsid w:val="00E9382C"/>
     <w:rsid w:val="00E94956"/>
     <w:rsid w:val="00EA0C90"/>
     <w:rsid w:val="00EA3F42"/>
     <w:rsid w:val="00EA4614"/>
     <w:rsid w:val="00EA563D"/>
     <w:rsid w:val="00EA586A"/>
     <w:rsid w:val="00EA7F7A"/>
     <w:rsid w:val="00EB3355"/>
     <w:rsid w:val="00EB3C06"/>
     <w:rsid w:val="00EC0664"/>
     <w:rsid w:val="00EC08FA"/>
     <w:rsid w:val="00EC3C9F"/>
     <w:rsid w:val="00EC631A"/>
     <w:rsid w:val="00ED3111"/>
     <w:rsid w:val="00ED60E6"/>
     <w:rsid w:val="00EE0909"/>
     <w:rsid w:val="00EF38F0"/>
     <w:rsid w:val="00F015F5"/>
     <w:rsid w:val="00F016B5"/>
     <w:rsid w:val="00F01BB9"/>
     <w:rsid w:val="00F24455"/>
     <w:rsid w:val="00F26E3C"/>
     <w:rsid w:val="00F2708F"/>
     <w:rsid w:val="00F3636B"/>
     <w:rsid w:val="00F42DE0"/>
     <w:rsid w:val="00F4653D"/>
     <w:rsid w:val="00F46897"/>
     <w:rsid w:val="00F46C3B"/>
     <w:rsid w:val="00F6096B"/>
     <w:rsid w:val="00F60BBF"/>
     <w:rsid w:val="00F736DF"/>
     <w:rsid w:val="00F75E97"/>
     <w:rsid w:val="00F76157"/>
     <w:rsid w:val="00F82632"/>
     <w:rsid w:val="00F84D4F"/>
     <w:rsid w:val="00F86395"/>
     <w:rsid w:val="00F90318"/>
     <w:rsid w:val="00F933B1"/>
     <w:rsid w:val="00F93F5F"/>
     <w:rsid w:val="00F95DFD"/>
     <w:rsid w:val="00FA2F7F"/>
+    <w:rsid w:val="00FB105F"/>
     <w:rsid w:val="00FB4E3D"/>
+    <w:rsid w:val="00FB5764"/>
+    <w:rsid w:val="00FB63B0"/>
     <w:rsid w:val="00FC1EF5"/>
     <w:rsid w:val="00FC2723"/>
     <w:rsid w:val="00FC5BC3"/>
     <w:rsid w:val="00FD01BC"/>
     <w:rsid w:val="00FD2C5F"/>
     <w:rsid w:val="00FD406F"/>
     <w:rsid w:val="00FD7397"/>
+    <w:rsid w:val="00FE046D"/>
     <w:rsid w:val="00FE1E15"/>
     <w:rsid w:val="00FE77F9"/>
     <w:rsid w:val="01B64E9D"/>
     <w:rsid w:val="01D5AF5E"/>
     <w:rsid w:val="0245FD2D"/>
     <w:rsid w:val="038D69D8"/>
     <w:rsid w:val="04AE6FBE"/>
     <w:rsid w:val="051FB2AA"/>
     <w:rsid w:val="06073A79"/>
     <w:rsid w:val="0702956E"/>
     <w:rsid w:val="07BA647F"/>
     <w:rsid w:val="07F76B76"/>
     <w:rsid w:val="0865157F"/>
     <w:rsid w:val="086783A1"/>
     <w:rsid w:val="089A54F5"/>
     <w:rsid w:val="099B0FBD"/>
     <w:rsid w:val="0DF874B2"/>
     <w:rsid w:val="11EE1363"/>
     <w:rsid w:val="139EB33D"/>
     <w:rsid w:val="140B4516"/>
     <w:rsid w:val="14EAE9A9"/>
     <w:rsid w:val="172BE081"/>
     <w:rsid w:val="173A5C91"/>
     <w:rsid w:val="1836944E"/>
     <w:rsid w:val="18412A99"/>
@@ -7327,132 +7162,132 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5AF3B220"/>
-  <w15:docId w15:val="{4E02B67C-710E-4EF9-929E-83D44A705414}"/>
+  <w15:docId w15:val="{0B937E0C-8C41-4201-9FB9-BC4B502CE183}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7608,52 +7443,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7720,54 +7555,54 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00271943"/>
+    <w:rsid w:val="000C5235"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00AA0678"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
@@ -7804,340 +7639,339 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A1260A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="LegalPaper" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="LegalPaper">
     <w:name w:val="Legal Paper"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BD4C10"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00AA0678"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D07081"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D07081"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00470B0B"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C21DA7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF2052"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BF2052"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C45F7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001C45F7"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA2F7F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FA2F7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ResumeBullets" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ResumeBullets">
     <w:name w:val="Resume Bullets"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="0071377A"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subtext">
     <w:name w:val="Subtext"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007F0EAF"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Entitytext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Entitytext">
     <w:name w:val="Entitytext"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007F0EAF"/>
     <w:pPr>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Palatino" w:hAnsi="Palatino"/>
       <w:b/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A96149"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Acheivementtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Acheivementtext">
     <w:name w:val="Acheivementtext"/>
     <w:basedOn w:val="Entitytext"/>
     <w:qFormat/>
     <w:rsid w:val="007173E6"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Publications" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Publications">
     <w:name w:val="Publications"/>
     <w:basedOn w:val="Acheivementtext"/>
     <w:qFormat/>
     <w:rsid w:val="005C0BAD"/>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A1260A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="55590778">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -8231,51 +8065,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1945267311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4492121" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4975804" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4457287" TargetMode="External" Id="Rd5f7c895c8114c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=5400737" TargetMode="External" Id="R471a601f50bc444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aallspectrum.aallnet.org/html5/reader/production/default.aspx?pnum=25&amp;edid=228a9792-bc63-43e3-ab92-573fcda83e59&amp;isshared=true" TargetMode="External" Id="R848860268a52452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vlex.com/news/2025-vLex-Fastcase-50" TargetMode="External" Id="Rb35cc672c833468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lawjournalnewsletters.com/2025/10/01/anatomy-of-a-prompt-providing-real-training-for-using-ai-in-law-firms?LikelyCookieIssue=true&amp;slreturn=20251008121821" TargetMode="External" Id="R640efafe58da4ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/open-ai-linked-in-post" TargetMode="External" Id="Rd37ed615cbb84ff2" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geeklawblog.com/2026/02/how-to-crash-the-legal-tech-market.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4975804" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aallnet.org/wp-content/uploads/2026/01/ABA-Journal-Article_Law-Librarians-Are-22At-the-Forefront22-of-Using-and-Educating-on-Artificial-Intelligence.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.americanbar.org/groups/law_practice/resources/law-practice-magazine/2026/march-april-2026/wearable-ai-transform-legal-practices/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aallspectrum.aallnet.org/html5/reader/production/default.aspx?pnum=25&amp;edid=228a9792-bc63-43e3-ab92-573fcda83e59&amp;isshared=true" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=5400737" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4457287" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vlex.com/news/2025-vLex-Fastcase-50" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.org/details/open-ai-linked-in-post" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://papers.ssrn.com/sol3/papers.cfm?abstract_id=4492121" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lawjournalnewsletters.com/2025/10/01/anatomy-of-a-prompt-providing-real-training-for-using-ai-in-law-firms?LikelyCookieIssue=true&amp;slreturn=20251008121821" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8534,77 +8369,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...25 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBBC514DE96990458A42EF3999A0A349" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a4cd45d4c7a83579e732820d6fcb38be">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4" xmlns:ns3="2f694fc5-e1fa-4263-9cf6-5da03dbc77aa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f7d8d6d1d7d6878a33cca5c12a30012" ns2:_="" ns3:_="">
     <xsd:import namespace="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4"/>
     <xsd:import namespace="2f694fc5-e1fa-4263-9cf6-5da03dbc77aa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:Degree_x0028_s_x0029_" minOccurs="0"/>
                 <xsd:element ref="ns2:ResumeIncluded_x003f_" minOccurs="0"/>
@@ -8814,94 +8622,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <CoverLetterIncluded_x003f_ xmlns="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4">true</CoverLetterIncluded_x003f_>
+    <Interview_x003f_ xmlns="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4" xsi:nil="true"/>
+    <ResumeIncluded_x003f_ xmlns="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4">true</ResumeIncluded_x003f_>
+    <Degree_x0028_s_x0029_ xmlns="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5678405-12F9-40F6-B26A-D2A6B138C3A3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA4A760A-024E-43B3-ABF1-3B242BA8D6DE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4"/>
+    <ds:schemaRef ds:uri="2f694fc5-e1fa-4263-9cf6-5da03dbc77aa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CBE810D-FFBD-9F4D-A262-3D861070EE7A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3593656D-4E31-46DE-BD6F-D34265E0FF32}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="f2a8ffeb-4471-4f26-8a27-36a4cea4fad4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CBE810D-FFBD-9F4D-A262-3D861070EE7A}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5678405-12F9-40F6-B26A-D2A6B138C3A3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>1161</Words>
+  <Characters>6680</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>130</Lines>
+  <Paragraphs>113</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>KENTON BRICE</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Oklahoma City University</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7728</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>KENTON BRICE</dc:title>
+  <dc:subject/>
   <dc:creator>Kenton</dc:creator>
-  <lastModifiedBy>Harrington, Sean A.</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2025-01-18T18:53:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBBC514DE96990458A42EF3999A0A349</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
     <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>