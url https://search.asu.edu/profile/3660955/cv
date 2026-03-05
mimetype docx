--- v0 (2026-01-02)
+++ v1 (2026-03-05)
@@ -1,5161 +1,1820 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6830655F" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...140 lines deleted...]
-          <w:sz w:val="56"/>
+    <w:p w14:paraId="434BCE3A" w14:textId="7C3CD55F" w:rsidR="00D15F29" w:rsidRDefault="00D15F29" w:rsidP="00D15F29">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44C53907" w14:textId="77777777" w:rsidR="00D15F29" w:rsidRDefault="00000000" w:rsidP="00D15F29">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
         </w:rPr>
         <w:t>Jessica L. Button</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="531C6500" w14:textId="5D2999F5" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00D15F29" w:rsidP="00D15F29">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:tab/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="200432BC" wp14:editId="5C1B0AE5">
+            <wp:extent cx="581025" cy="581025"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="444695626" name="Picture 3" descr="Purple Button graphic by Janet Kemp ..."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Purple Button graphic by Janet Kemp ..."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="581025" cy="581025"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00000000" w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Curriculum Vitae</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23ADE673" w14:textId="720FFD63" w:rsidR="0063398B" w:rsidRDefault="00E64C53">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">602-799-5257 </w:t>
+    <w:p w14:paraId="035B970E" w14:textId="14FE38A5" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: jlbutton@asu.edu </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E56E8A4" w14:textId="6E93AD46" w:rsidR="00E64C53" w:rsidRDefault="00E64C53" w:rsidP="00E64C53">
+    <w:p w14:paraId="6BBEB6B2" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-        <w:t>PERSONAL STATEMENT</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Personal Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2828FDA0" w14:textId="6E9F0AA5" w:rsidR="00E64C53" w:rsidRPr="00E64C53" w:rsidRDefault="00E64C53" w:rsidP="00E64C53">
-[...1 lines deleted...]
-        <w:t>Educational leader with over 15 years of experience in K–12 and higher education. Proven track record in managing educational programs, leading professional development, and fostering partnerships across school systems. Adept at using data to drive instructional improvement and managing large-scale initiatives. Skilled in cross-sector collaboration, mentorship, and innovation in teacher preparation.</w:t>
+    <w:p w14:paraId="0E73B6DD" w14:textId="702A609C" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational leader with over </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15F29" w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years of experience in K–12 and higher education. Proven record in teacher preparation, clinical supervision, literacy instruction, and cross-sector collaboration. Skilled in instructional leadership, data-informed decision-making, mentorship, and innovation in educator development.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52BC6D99" w14:textId="77777777" w:rsidR="00E64C53" w:rsidRDefault="00E64C53">
+    <w:p w14:paraId="083AFADB" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:after="0"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">EDUCATION AND EXPERIENCE </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D15C95" w14:textId="77777777" w:rsidR="001B7E4B" w:rsidRPr="001B7E4B" w:rsidRDefault="00E64C53" w:rsidP="001B7E4B">
-[...36 lines deleted...]
-        <w:t>4.0</w:t>
+    <w:p w14:paraId="59B64A5F" w14:textId="5CCFF619" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Doctor of Education, Leadership and Innovation May 2026, Arizona State University, GPA 4.0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01954D60" w14:textId="77777777" w:rsidR="001B7E4B" w:rsidRPr="001B7E4B" w:rsidRDefault="00000000" w:rsidP="001B7E4B">
-[...24 lines deleted...]
-        <w:t>97</w:t>
+    <w:p w14:paraId="414FFBCC" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Master of Education, Reading Concentration (Reading Endorsement), December 2010, Arizona State University, GPA 3.97</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2A2036" w14:textId="4B54718F" w:rsidR="0063398B" w:rsidRDefault="00000000" w:rsidP="001B7E4B">
-[...30 lines deleted...]
-        <w:br/>
+    <w:p w14:paraId="347BA06B" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Bachelor of Arts in Education, December 2006, Arizona State University, GPA 3.62</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2280C0" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
+    <w:p w14:paraId="05C60483" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">TEACHING AND LEADERSHIP EXPERIENCE </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Academic Appointments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB20405" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Clinical Assistant Professor | Arizona State University | July 2020-present </w:t>
+    <w:p w14:paraId="18A7CEB0" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Clinical Assistant Professor, Arizona State University (July 2020–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B22580" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Lead and support senior-year undergraduates during yearlong student teaching residencies in K–6 classrooms</w:t>
+    <w:p w14:paraId="78B0F925" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lead and support senior-year undergraduates during yearlong student teaching residencies; conduct formal observations; provide standards-based feedback; collaborate with districts; design mentor training; instruct and revise student teaching seminar curriculum.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05555BAC" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Collaborate with district and school leadership to ensure high-quality placements and resolve residency challenges</w:t>
+    <w:p w14:paraId="3852FE06" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Associate Faculty, Arizona State University (May 2019–June 2020)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36AA837E" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Design and deliver training for mentor teachers to build coaching capacity and support candidate growth</w:t>
+    <w:p w14:paraId="62E7F023" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Taught graduate and undergraduate courses in literacy and clinical practice; supported candidate supervision and collaborated on curriculum alignment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4683407B" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Conduct formal observations and provide timely, standards-based feedback to teacher candidates</w:t>
+    <w:p w14:paraId="76F46540" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>K–12 Teaching and Leadership Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344D8201" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Instruct and revise curriculum for EED/SPE/ECS/ECT 488 student teaching seminar courses</w:t>
+    <w:p w14:paraId="18DD2FBB" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Classroom Teacher, Solano Elementary, Osborn School District (2007–2020)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D1272FC" w14:textId="5F7EB6D3" w:rsidR="00E64C53" w:rsidRPr="00E64C53" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="787CC690" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Lead Teacher (Next Education Workforce Pilot), Solano School (2019–2020)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F69E224" w14:textId="3A3E1F6B" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00000000" w:rsidP="00CE34E7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Classroom Teacher | Solano Elementary, Osborn School District | July 2007 – June 2020 </w:t>
+    <w:p w14:paraId="65DA73E7" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>READ180 Content &amp; Implementation Expert Blogger, HMH (2019–2020)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CB2DF6" w14:textId="77611F47" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Recognized as Highly Proficient Educator based on TAP evaluations and student performance data</w:t>
+    <w:p w14:paraId="089D4CD9" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>After School Administrator, Solano Elementary (2017–2020)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D38611" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...9 lines deleted...]
-        <w:t>Taught 4th–6th grades across departmentalized and self-contained models, including English Language Learner (ELL) settings</w:t>
+    <w:p w14:paraId="1599D1D7" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TAP Mentor (2015–2019)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CB16DC" w14:textId="4EC69943" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...9 lines deleted...]
-        <w:t>Served as Reading Interventionist using READ180 for grades 4–6, with additional targeted support for 3rd grade</w:t>
+    <w:p w14:paraId="4913D0A3" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Student Intervention Team Coordinator (2017–2019)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E38EA36" w14:textId="7F6E018B" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...9 lines deleted...]
-        <w:t>Implemented data-driven instructional strategies to improve reading proficiency and close learning gaps</w:t>
+    <w:p w14:paraId="1837EB83" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Mentor to Preservice Teachers (2011–2019)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E03EBC" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...41 lines deleted...]
-        <w:t>Taught graduate and undergraduate education courses in clinical experience and literacy</w:t>
+    <w:p w14:paraId="3452C274" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>University Teaching – Arizona State University (Selected Recent Courses)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FDFB40" w14:textId="0A1B35C1" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Taught graduate and undergraduate education courses in clinical experience and literacy</w:t>
+    <w:p w14:paraId="65FAA904" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TEL 310 – Instructional Design &amp; Planning (Hybrid &amp; In-Person)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3925BDD6" w14:textId="44E7D418" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...11 lines deleted...]
-        <w:t>candidate development through structured field supervision and academic instruction</w:t>
+    <w:p w14:paraId="5C32E63A" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TEL 370 – Building Professional Networks (Online)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7217D15B" w14:textId="4213E8D7" w:rsidR="00CE34E7" w:rsidRPr="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Collab</w:t>
+    <w:p w14:paraId="33F64071" w14:textId="3030F174" w:rsidR="00D15F29" w:rsidRPr="00D15F29" w:rsidRDefault="00D15F29" w:rsidP="00D15F29">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TEL 37</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE34E7">
-        <w:t>orated with full-time faculty on curriculum alignment and candidate assessment</w:t>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Educational Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Online)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCD1166" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="27B72EDD" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TEL 471 – Principled Educator (Online Seminar)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2135D2" w14:textId="2E5DBC1D" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="398DAE6D" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TEL 488 – Student Teaching Practicum (Online)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2338F094" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> grade ELA setting</w:t>
+    <w:p w14:paraId="0B6952C8" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>EED 532 – Literacy Methods, Instruction &amp; Assessment for Diverse Learners (Online)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128C97F3" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Piloted and refined implementation of the Next Education Workforce model to promote distributed expertise and personalized learning</w:t>
+    <w:p w14:paraId="62998B8F" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>TEL 331 – Literacy: Science of Reading (Online)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081A82DF" w14:textId="17A744E2" w:rsidR="0063398B" w:rsidRDefault="00CE34E7">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="378BE309" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>EED 557 – Internship I (Online)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4240AC83" w14:textId="070A5458" w:rsidR="0063398B" w:rsidRDefault="0063398B">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">)| April 2019 – June 2020 </w:t>
+    <w:p w14:paraId="0C91B44D" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>EED 571 – Apprentice Teaching I (Online Practicum)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D822491" w14:textId="736FC1AF" w:rsidR="0063398B" w:rsidRDefault="001B7E4B">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> for successful implementation of the READ180 intervention program</w:t>
+    <w:p w14:paraId="4CBEB441" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Curriculum Development</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C1AFDB" w14:textId="59EB2E4C" w:rsidR="0063398B" w:rsidRPr="001B7E4B" w:rsidRDefault="001B7E4B">
-[...20 lines deleted...]
-        <w:t>professional blogs sharing best practices and instructional strategies with a national audience of educators</w:t>
+    <w:p w14:paraId="4B1609FD" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Redesigned EED/SPE 576 and EED 567 for online internship transition during COVID-19 (2020).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299F2677" w14:textId="148581D1" w:rsidR="00CE34E7" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...14 lines deleted...]
-        <w:t>Elevated program visibility by contributing practitioner insights to the HMH Educator Community</w:t>
+    <w:p w14:paraId="278A09BA" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Developed internship curriculum for Mesa Achievement Centers (EED 396; EED/SPE 397).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D99778F" w14:textId="60E877BF" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="75A3DDBD" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Revised RDG 413 (Literacy &amp; Critical Inquiry).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038CAE67" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">After School Administrator | Solano Elementary, Osborn School District | April 2017 – May 2020 </w:t>
+    <w:p w14:paraId="2A7E8C34" w14:textId="37CB08D5" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designed and adapted TEL </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15F29" w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">370 and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>371 for online delivery (2025–Ongoing).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1683FBB7" w14:textId="517CC1B8" w:rsidR="0063398B" w:rsidRDefault="001B7E4B">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> planning and implementation of classes  </w:t>
+    <w:p w14:paraId="53D57A23" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Scholarship &amp; Creative Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E04C92" w14:textId="2E59FAF3" w:rsidR="0063398B" w:rsidRDefault="001B7E4B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="3FBB62FD" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Button, J. (2024). Photo-based reflection: An arts-based approach to promote educator collaboration. American Educational Research Association (AERA).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71993C0D" w14:textId="19FD8844" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...14 lines deleted...]
-        <w:t>Supported teachers in designing engaging and standards-aligned instructional content for extended learning time</w:t>
+    <w:p w14:paraId="12D14853" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Coordinator &amp; Interviewer: Q&amp;A with Sharon M. Draper (2020).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E654EF" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="01D0456A" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Content Area Blogger, HMH READ180 (2019).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33550AC6" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">TAP Mentor | Solano Elementary, Osborn School District | July 2015-June 2019 </w:t>
+    <w:p w14:paraId="2E039BE5" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>University Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173E7DC7" w14:textId="77777777" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="5B80765C" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Curriculum TAG (2025–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0E4629" w14:textId="77777777" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="6A4993EA" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Golden Apple Recipient Team (2025–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="512F2C86" w14:textId="31A644A6" w:rsidR="00E64C53" w:rsidRPr="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="23BC78D0" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Professional Educator Series (2025–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE444DB" w14:textId="77777777" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Student Intervention Team (SIT) Coordinator | Solano Elementary, Osborn School District | August 2017 – May 2019 </w:t>
+    <w:p w14:paraId="10738042" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Affinity Group – Next Education Workforce (2025–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E90714" w14:textId="276CAD86" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> appropriate interventions were implemented and students received timely psychological support</w:t>
+    <w:p w14:paraId="3A0C1C66" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Awards &amp; Recognition Committee (2025–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1261AF61" w14:textId="77777777" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="7DAA4646" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ASU Literacy Conference Project Team (2024–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A07C51" w14:textId="4D52CF1C" w:rsidR="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...8 lines deleted...]
-        <w:t>Fostered collaboration between teachers, administration, and specialists to promote student success</w:t>
+    <w:p w14:paraId="0856E7BD" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>PI Faculty Champions Community of Practice (2024–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0766212E" w14:textId="77777777" w:rsidR="00E64C53" w:rsidRDefault="00E64C53" w:rsidP="001B7E4B">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Mentor to Preservice Teachers | Osborn School District in Partnership with Arizona State University | February 2011-May 2019 </w:t>
+    <w:p w14:paraId="0904FE54" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>AEPA/NES Working Group (2023–2024)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FD9B1B" w14:textId="6040529D" w:rsidR="00E64C53" w:rsidRPr="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="00E64C53">
-[...17 lines deleted...]
-        <w:t>undergraduate and graduate teacher candidates in practicum and internship experiences</w:t>
+    <w:p w14:paraId="1F9D86A1" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Project ECHO (2023–2024)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5712DA11" w14:textId="0944A030" w:rsidR="001B7E4B" w:rsidRPr="001B7E4B" w:rsidRDefault="001B7E4B" w:rsidP="00E64C53">
-[...14 lines deleted...]
-        <w:t>Provided actionable feedback aligned with program rubrics and supported candidates in goal setting and growth</w:t>
+    <w:p w14:paraId="7942851C" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>EED Program Committee (2022–Present)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2D19E4" w14:textId="0651E85D" w:rsidR="00E64C53" w:rsidRDefault="001B7E4B" w:rsidP="001B7E4B">
-[...14 lines deleted...]
-        <w:t>Liaised with ASU faculty and participated in mentor development sessions to ensure alignment with clinical frameworks</w:t>
+    <w:p w14:paraId="07F96CF9" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Awards &amp; Honors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159F858A" w14:textId="77777777" w:rsidR="00E64C53" w:rsidRDefault="00E64C53" w:rsidP="00CE34E7"/>
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="06D65238" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>Omicron Delta Kappa Honor Society Inductee (2025)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329BDAC1" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="671CE5F0" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>ASU Sun Awards for Leadership &amp; Service (2022)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2023E440" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-        <w:t>Multiple Grants Awarded: OSDEF (2018), Phoenix Bookstorm (2017), Donors Choose (2015), Kind Campaign (2014)</w:t>
+    <w:p w14:paraId="5AAE1FD9" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Multiple Educational Grants Awarded (2014–2018)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8DEEB1" w14:textId="28C965C8" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6508A4BE" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>2nd Place Winner, AZSEC/GCU Essay Contest (2015)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6232D759" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...5 lines deleted...]
-    <w:p w14:paraId="1A4583E7" w14:textId="77777777" w:rsidR="0063398B" w:rsidRDefault="00000000" w:rsidP="00E64C53">
+    <w:p w14:paraId="17A4EFDB" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">CERTIFICATIONS </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Certifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF2FC60" w14:textId="68E3A834" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...9 lines deleted...]
-        <w:t>Arizona Teacher Certification | Reading &amp; ELL/SEI Endorsements</w:t>
+    <w:p w14:paraId="2D926E70" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Arizona Teacher Certification – Reading &amp; ELL/SEI Endorsements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C8ED94" w14:textId="485CCCE1" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...9 lines deleted...]
-        <w:t>Highly Qualified in Literacy | Spalding 1 &amp; 2 Certified</w:t>
+    <w:p w14:paraId="65A39C45" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Spalding 1 &amp; 2 Certified (Literacy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4F2699" w14:textId="6E5C0942" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50AEFE3F" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>TAP/ATR Evaluator Certified</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1787A774" w14:textId="26221289" w:rsidR="0063398B" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="645CA867" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
         <w:t>AZ Fingerprint Clearance Card Holder</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1481A07E" w14:textId="77777777" w:rsidR="00CE34E7" w:rsidRDefault="00CE34E7" w:rsidP="00CE34E7">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="51B55860" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:color w:val="8064A2" w:themeColor="accent4"/>
+        </w:rPr>
+        <w:t>Professional Development (Selected)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0063398B">
+    <w:p w14:paraId="350C365D" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>ASU Online Master Class for Teaching Online (2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308E5F4F" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Principled Innovation Data Use Workshop (2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60EB2526" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Arizona HLP Community of Practice Book Study (2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FD1FA3" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>Strategic School Staffing Summit (2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B37B39" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>AI in Education Statewide Summit (2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748AE65D" w14:textId="77777777" w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D15F29">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        </w:rPr>
+        <w:t>NIET Aspiring Rubric Training (2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001A6169" w:rsidRPr="00D15F29" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1049" w:right="1021" w:bottom="573" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...32 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Picture 3" o:spid="_x0000_i1025" type="#_x0000_t75" alt="Purple Button graphic by Janet Kemp ..." style="width:168.75pt;height:168.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="Purple Button graphic by Janet Kemp .."/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0006216C"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="AB72C390"/>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C310EC42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FB12693A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="38441652"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="171AC3A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F3EAFDEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3D1EFFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D0A62B40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52984A9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="29B8F6F0"/>
+    <w:lvl w:ilvl="0" w:tplc="EEC6E03E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3E92D850" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="2CAE92DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33B2B4FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0A0A5F8E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26FC16AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="DE481DB2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="986AA468" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92DC89BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="01C800F2"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B415041"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CD2C8506"/>
-    <w:lvl w:ilvl="0" w:tplc="BB5646FC">
+    <w:tmpl w:val="42F28C58"/>
+    <w:lvl w:ilvl="0" w:tplc="AEAA5C6C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440"/>
-[...13 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9A3C94B4">
-[...612 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="1" w:tplc="136096C8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="705" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0D864758" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2865" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="6416F748" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5025" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-[...2162 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="4" w:tplc="374A8E86" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="4A3C60FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64CE8ACE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-[...28 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="7" w:tplc="60EEF872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-[...23 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="B0AE792C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...58 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...423 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1305507855">
+  <w:num w:numId="1" w16cid:durableId="1857302919">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="817382660">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="2" w16cid:durableId="178081563">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2084375894">
+  <w:num w:numId="3" w16cid:durableId="479420163">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1933540272">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1289967331">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="958222119">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="763114038">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="563831020">
+  <w:num w:numId="8" w16cid:durableId="1116634535">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="697850903">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="9" w16cid:durableId="2092461526">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="856624094">
-[...23 lines deleted...]
-  <w:num w:numId="14" w16cid:durableId="851988793">
+  <w:num w:numId="10" w16cid:durableId="226576765">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="919339495">
-[...2 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="351616176">
+  <w:num w:numId="11" w16cid:durableId="1878277648">
     <w:abstractNumId w:val="9"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0063398B"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E64C53"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="001A6169"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="007F6096"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00D15F29"/>
+    <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="16C3C00F"/>
-  <w15:docId w15:val="{16D84CF1-5490-453D-946D-E513057BFDAA}"/>
+  <w14:docId w14:val="63A7B661"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{326872AB-90B4-4921-A26F-7245327457C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5270,51 +1929,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5383,59 +2042,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -5496,752 +2146,11443 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00FC693F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="32" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="10" w:hanging="10"/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="7030A0"/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="34" w:line="249" w:lineRule="auto"/>
-      <w:ind w:left="10" w:hanging="10"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="000000"/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="000000"/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...1 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="7030A0"/>
-      <w:sz w:val="28"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="243F60" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="622423" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4E6128" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3F3151" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="205867" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="974706" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2C4C74" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="772C2A" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5E7530" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4C3B62" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="276A7C" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B65608" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="664E82" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="664E82" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7E9C40" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="7E9C40" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2730A" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2730A" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="348DA5" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="348DA5" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E64C53"/>
+    <w:rsid w:val="00D15F29"/>
     <w:rPr>
-      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E64C53"/>
+    <w:rsid w:val="00D15F29"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...221 lines deleted...]
-  </w:divs>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jlbutton@asu.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>834</Words>
-  <Characters>4755</Characters>
+  <Words>592</Words>
+  <Characters>3378</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5578</CharactersWithSpaces>
+  <CharactersWithSpaces>3963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Jessica B</dc:creator>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
+  <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>