--- v0 (2025-12-24)
+++ v1 (2026-02-24)
@@ -1,3731 +1,5152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...13 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
-[...1 lines deleted...]
-        <w:keepNext w:val="0"/>
+    <w:p w14:paraId="182B13C1" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000" w:rsidP="00A57B61">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:keepLines w:val="0"/>
-        <w:pageBreakBefore w:val="0"/>
-[...107 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="240" w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_lfy3c5ir2zwz" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>EDUCATION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="8310"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="25E704BB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47A18504" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>B.S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A78C33F" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>Healthcare Entrepreneurship and Innovation, Arizona State University, 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="2DFAF5C4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AAD404B" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>Minor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5388463A" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>Social and Behavioral Sciences, Arizona State University, 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="580FF7A2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FB319C0" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:r>
+              <w:t>GPA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64EFA168" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.0/4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="779BEE6B" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">EDUCATION</w:t>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_339c3mf21s3z" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>MANUSCRIPTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Healthcare Entrepreneurship and Innovation, Arizona State University, 2026</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="8280"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="074420C1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="341686A4" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F382083" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Schuchardt-Vogt, C., Lee, R. E., Stevenson, M., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nelson, R. F.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, Anand, R., Atluri, H., &amp; Esquerra, S. Parent knowledge, attitudes, and beliefs with regards to physical activity in their preschool children: An integrative review of the literature. In preparation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="5DC3F325" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BA93373" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0527AA7B" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Michalec, B., Gray, K., &amp; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nelson, R. F.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Before the white coat: How premedical students conceptualize empathy. Manuscript submitted. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="42AA60F4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4153B0B4" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42AEB033" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Lee, R. E., Hernandez, A. B., Ashok, N., Atluri, H., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nelson, R. F.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, Brown, D., Baum, M., Fonseca, H. R., Todd, M., Gonzalez, E., Lydon, B., &amp; Wruck, L. Racial/ethnic group differences in challenges to accessing healthcare and COVID-19 testing during the pandemic. Manuscript submitted.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1D5654F9" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_pm226t8ha5q1" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>PRESENTATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
-[...32 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a1"/>
+        <w:tblW w:w="9360" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="8310"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="4829A464" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="14069041" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5AD8BF24" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Poster submitted – R.E. Lee, M. Santiago, M. Montserrat Ganderats-Fuentes, S. Marino, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>R.F. Nelson</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, M. Stevenson, M. Breuning, C.S. Hollenbeak, M. Todd, C.M. Whisner, &amp; J. Szeszulski (2026, May 27-30). Implementing Sustainability via Active Garden Education (SAGE) in early care and education: Policy alignment and enforcement [Poster presentation]. International Society of Behavioral Nutrition and Physical Activity (ISBNPA) Annual Meeting, Cádiz, Spain.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="2B0453E2" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="009461C8" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5777D3C7" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Accepted; to be presented – Erikson, J. A., Mercado Ramos, Danieli M., &amp; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nelson, R. F.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, Nair, Rajni L., Delgado, Melissa Y. (2026, April 15-18). Caregiver descriptions of involvement in Latinx middle schoolers’ relationships with peers and teachers [Poster presentation]. Society for Research on Adolescence (SRA) Annual Meeting, Toronto, ON, Canada.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="344BD690" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6012DB31" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E6FDBB0" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nelson, R. F.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, Timmons, I. A., Walker, N.M., Goel, A., Nair, R. L., &amp; Delgado, M. Y. (2025, May 1-3). Effects of acculturative stress and family conflict on academic and sleep outcomes in Latinx adolescents [Poster presentation]. Society for Research in Child Development (SRCD) Biennial Meeting, Minneapolis, Minnesota, USA. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C73342B" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
-[...528 lines deleted...]
-        </w:rPr>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_n7jrvwpjifnv" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">RESEARCH EXPERIENCE </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
-[...1 lines deleted...]
-        <w:keepNext w:val="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a2"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1065"/>
+        <w:gridCol w:w="8325"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="3CE158A8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4AA53800" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F6244CC" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_az5vlyks2vor" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:t>Undergraduate Research Assistant, Arizona State University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37F6160F" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>PI: DeAnnah Byrd, PhD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76B91004" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Co-developed initial study design, pilot data collection, and exploratory investigation into effects of risk (chronic conditions, biological and psychosocial stressors) and protective (coping, social support, etc.) factors on memory and cognitive changes in older African American adults </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34A8701A" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Completed various research tasks related to study (e.g., literature reviews, material creation and consolidation for social behavioral IRB submission)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="0BCA6996" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C12FC40" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F63E735" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="_rfaeoioyaxyi" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:t>Undergraduate Research Assistant, BhEAT Lab, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A9D2CA" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>PI: Barret Michalec, PhD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C087703" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Prepared data visualization and final manuscript to explore premedical students’ perceptions of emotions and their empathy experience in healthcare (manuscript: Michalec et al., 2025)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="6FDDAFEE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F415B82" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39607706" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="_71agzd29q6gy" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:t>Data Abstractor, AZ-SUDORS and AZ-VDRS, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C2F121" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Director: Charles M. Katz, PhD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A95190" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Transferred and abstracted 350+ public health vital records, medical examiner reports, and toxicology reports into an anonymous CDC database to track Arizona drug overdoses, homicides, and suicides</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAABB3B" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Transferred and abstracted 75+ law enforcement reports regarding domestic violence crimes in Jamaica to inform pilot violence prevention and intervention program</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="2382C324" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26B33413" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43E1850F" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="_vgmcfboz64jg" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r>
+              <w:t>Senior Undergraduate Research Assistant, NEXUS Lab, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DBA6737" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIs: Rajni L. Nair, PhD (Arizona State University), Melissa Delgado, PhD (University of Arizona)     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33168FDC" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Postdoctoral research mentor: Jessie Erikson, PhD (University of Arizona) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0399AD76" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Led quantitative investigation as first author regarding acculturative stress, family conflict, and academic/sleep outcomes among Latinx adolescents (presentation: Nelson et al., 2025)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A046BC" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Analyzed 6 focus group transcripts relating to caregiver involvement of Latinx middle school students via a hybrid coding approach (presentation: Erikson et al., 2026)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C65CFB" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Completed various research tasks (e.g., de-identification of 6 transcripts, 2+ literature reviews, quantitative data cleaning of SPSS data files)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58E9FC59" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Developed social media and website protocols in alignment with university guidelines</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="026D02DE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1065" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A8509A0" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8325" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CCF3F41" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_ea044lds54w" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:t>Undergraduate Research Assistant, SAGE Lab, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05BA6B52" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>PI: Rebecca E. Lee, PhD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BB3DFEF" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Assisted in study recruitment, data collection, analysis, and dissemination for implementation of lab-designed curriculum to improve physical activity, healthy eating, and child safety in 20+ early care and education centers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EA2C80A" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Developed social media and website protocols in alignment with university guidelines</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65E0F6E8" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="6"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Assisted doctoral student in preparation for systematic review through screening 4000+ articles, extracting data, assessing quality of articles, and conducting thematic analyses of findings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B13B74C" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:keepLines w:val="0"/>
-        <w:pageBreakBefore w:val="0"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Edson College of Nursing and Health Innovation, Arizona State University:</w:t>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_oepgr3qx9oqq" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>HONORS &amp; AWARDS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
-[...62 lines deleted...]
-        <w:t xml:space="preserve">, PhD</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="8310"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="481CCC83" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E6B9E61" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71A7A974" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>Academic Recognition, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="0B937E50" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13DEA3B8" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F3B936C" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>NAMU President Scholarship, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="75E9CA7E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34618201" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8310" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BC52A05" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Segal Education Award, AmeriCorps VISTA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="250A4B52" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_1dzfe752jv57" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>SCHOLARLY MEMBERSHIPS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Study recruitment, data collection, analysis, and dissemination for:</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1095"/>
+        <w:gridCol w:w="8295"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="0506FD40" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16F852E5" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F90E751" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:r>
+              <w:t>Society for Research on Adolescence (SRA)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="10489DC8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="782E2629" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8295" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D7AEFA7" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Society for Research in Child Development (SRCD)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CD9B967" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_fnt1q3hqhfgu" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>SERVICE &amp; OUTREACH</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
-[...25 lines deleted...]
-        </w:rPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a5"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="8025"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="5501D17D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57AA83A7" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43897256" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:ind w:left="90"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="_xstblyvm7g99" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r>
+              <w:t xml:space="preserve">AmeriCorps VISTA Program </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF430D3" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Completed 1000+ service hours through implementing nutrition and activity interventions for enrolled preschool children across Arizona</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="41CE8326" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_sjgy794q9aev" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>TEACHING &amp; MENTORING EXPERIENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
-[...18 lines deleted...]
-        <w:t xml:space="preserve">implementation of lab-designed curriculum to improve physical activity, healthy eating, and child safety in 20+ early care and education centers.</w:t>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="9390" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="7950"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D429F2" w14:paraId="1D7CAD36" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A8A215F" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Spring 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="102F07D1" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="_azcozczbnbly" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:t>Guest Lecturer, University of Arizona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="774B8948" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Course: HECL 202–Introduction to Research Methods</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27DE7D61" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Invited to develop and deliver a 90-minute lecture on qualitative research methodology to 50+ undergraduate students </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="6F2A284B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="530DA238" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Spring 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D1521A0" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="_qsjkvtv1ypho" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:t>Senior Undergraduate Teaching Assistant, Arizona State University, University of Arizona</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB7C474" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Courses: SOC 499–Individualized Instruction (Arizona State University)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF85B00" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>HDFS 699–Independent Study (University of Arizona)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C7E612" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Develop curriculum and course schedule with lead faculty Drs. Rajni Nair and Melissa Delgado to 5+ undergraduate and graduate students</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D1F690" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Teach month-long weekly lectures on qualitative research methodology with specific focus on coding processes using existing lab data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38ECCABB" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Guide and supervise students in developing independent research ideas for end-of-semester symposium presentations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="65F4CECD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F58C693" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Spring 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BC6BCA9" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="_pel1lwyfqkeh" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:t>Undergraduate Mentor, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22406F45" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Program: SCENE High School Program at Arizona State University </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF975AC" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Trained SCENE high school student Aanvi Goel (now an undergraduate student majoring in Biological Sciences at Arizona State University) on social science research methodology, project development, and scientific communication</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29240587" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Supervised contributions to academic conference submission and preparation of poster presentation (presentation: Nelson et al., 2025); met biweekly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="7E8AA5D5" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7BAE889A" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Spring 2025 Fall 2025 Spring 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71BB7EFE" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="_qdclgn4d6y1t" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:t>Undergraduate Mentor, Arizona State University</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4103CAA3" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Course: HCR 480–Advanced Team-Based Research Practicum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4981AC80" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Taught overview of social science research, qualitative, and quantitative data methodologies to 5+ undergraduate students while orienting students to research projects and roles within lab environment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EC389D0" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Taught and supervised undergraduate students on variety of research tasks, including quantitative survey creation, outreach material development, and qualitative data analysis via a deductive coding approach; met weekly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D429F2" w14:paraId="2D2DD02A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2808E234" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Fall 2023 Spring 2024 Fall 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77DAA840" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="_2obhu59pwvv8" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="18"/>
+            <w:r>
+              <w:t xml:space="preserve">Undergraduate Teaching Assistant, Arizona State University </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A758468" w14:textId="4EE422BA" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="150"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course: </w:t>
+            </w:r>
+            <w:r w:rsidR="00663AF6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>MAT 142</w:t>
+            </w:r>
+            <w:r w:rsidR="00663AF6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>College Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="296545A7" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="150"/>
+              <w:ind w:left="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Offered one-on-one assistance during designated office hours to 150+ undergraduate students requiring individualized attention; monitored student progress by grading 1000+ assignments over course of teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5197B373" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:keepLines w:val="0"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_401btheefe68" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>SKILLS &amp; CERTIFICATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
-[...6 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:p w14:paraId="43CC1499" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(c)</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">comparison of how three different implementation strategies impact the measures of implementation, sustainability, cost, and child health outcomes.</w:t>
+        <w:t>Software:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> SPSS 31, Enterprise and HIPAA REDCap, MAXQDA, NVivo 15, ATLAS.ti, Microsoft Office, Google Suite, Rayyan.AI, Zotero</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
-[...5 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:p w14:paraId="073F18E9" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">2025-</w:t>
-        <w:tab/>
+        <w:t>Certifications:</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">PI: DeAnnah Byrd, PhD</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> CITI Program (Valid through December 2028)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Initial study design, pilot data collection, and exploratory investigation into effects of risk (chronic conditions, biological and psychosocial stressors) and protective (coping, social support, etc.) factors on memory and cognitive changes in older African American adults; various research tasks (e.g., literature reviews).</w:t>
+    <w:p w14:paraId="1AAB68A1" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>IRB Social and Behavioral Research (Group 2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">PI: Barret Michalec, PhD</w:t>
+    <w:p w14:paraId="3CD9B4FE" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>RCR–Graduate Student and Postdoctoral Researcher Responsible Conduct of Research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Data visualization and manuscript preparation to explore premedical students’ perceptions of and experiences with emotions and the empathy experience in healthcare (manuscript: Michalec et al., 2025).</w:t>
+    <w:p w14:paraId="07013936" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Conflicts of Interest</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
-[...49 lines deleted...]
-        <w:t xml:space="preserve">College of Integrative Sciences and Arts, Arizona State University:</w:t>
+    <w:p w14:paraId="54FC844A" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">IRB Biomedical Research (Group 1) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Undergraduate student researcher, NEXUS Lab</w:t>
+    <w:p w14:paraId="766BE325" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="150"/>
+      </w:pPr>
+      <w:r>
+        <w:t>GCP Social and Behavioral Research–Best Practices for Clinical Research</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
-[...5 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:p w14:paraId="23F60199" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="150"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">PIs: Rajni L. Nair, PhD, Arizona State University (primary mentor); Melissa Delgado, PhD, University of Arizona </w:t>
-        <w:tab/>
+        <w:t>Languages:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> English (native), Spanish (conversational)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
-[...1541 lines deleted...]
-      <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
+    <w:sectPr w:rsidR="00D429F2">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:titlePg w:val="1"/>
+      <w:cols w:space="720"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2F639FEF" w14:textId="77777777" w:rsidR="00FB15B5" w:rsidRDefault="00FB15B5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="176E8726" w14:textId="77777777" w:rsidR="00FB15B5" w:rsidRDefault="00FB15B5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...6 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{9B65DBEF-7CDF-4F35-BF58-5054D7BAE5DD}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{6516DB65-271C-4A40-AE8D-8014B7D01C8F}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1365E9A6" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
-[...1 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...17 lines deleted...]
-      </w:tabs>
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+  <w:p w14:paraId="47C13B41" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00D429F2">
     <w:pPr>
-      <w:rPr/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
-[...28 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="5B0AFE0F" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00D429F2"/>
+  <w:p w14:paraId="4FC1704C" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00D429F2"/>
+  <w:p w14:paraId="4AFDEE33" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00D429F2"/>
+  <w:p w14:paraId="0AA7E529" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00D429F2"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6968D8DF" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Last updated January 31st, 2026</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve">Last updated November </w:t>
+      </w:rPr>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
-[...2 lines deleted...]
-      <w:tab/>
+      </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
-[...1 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="006F53D2">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4ADA9509" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve">Last updated November </w:t>
+      </w:rPr>
+      <w:t xml:space="preserve">Last updated </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve">26</w:t>
+      </w:rPr>
+      <w:t>January 31st</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
-[...3 lines deleted...]
-      <w:tab/>
+      </w:rPr>
+      <w:t>, 202</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="006F53D2">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
-    </w:r>
-[...3 lines deleted...]
-      </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="681828FC" w14:textId="77777777" w:rsidR="00FB15B5" w:rsidRDefault="00FB15B5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6B87F363" w14:textId="77777777" w:rsidR="00FB15B5" w:rsidRDefault="00FB15B5">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="135857F2" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="10080"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
-        <w:rtl w:val="0"/>
-[...3 lines deleted...]
-      <w:tab/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Curriculum Vitae</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      <w:t xml:space="preserve">Rebecca F. Nelson</w:t>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Rebecca F. Nelson</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FF9D989" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="10080"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-      <w:t xml:space="preserve">Curriculum Vitae</w:t>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Rebecca F. Nelson</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+  <w:p w14:paraId="1F1B2A06" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
-        <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-        <w:between w:space="0" w:sz="0" w:val="nil"/>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
-[...2 lines deleted...]
-        <w:tab w:val="right" w:leader="none" w:pos="10080"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-      <w:t xml:space="preserve">Rebecca F. Nelson</w:t>
+    <w:r>
+      <w:t>Curriculum Vitae</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-      </w:rPr>
+  </w:p>
+  <w:p w14:paraId="7027E611" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="10080"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Arizona State University </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Email: rebeccanelson2904@gmail.com</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="45B21BBA" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="10080"/>
+      </w:tabs>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Edson College of Nursing &amp; Health Innovation </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Phone: 480-810-2408</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5CDE8AA8" w14:textId="77777777" w:rsidR="00D429F2" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="10080"/>
+      </w:tabs>
+      <w:spacing w:after="200"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>550 N 3rd St, Phoenix, AZ 85004</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CDF31D8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C96007E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="32687BC5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EBDCEF48"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="378C36A5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="43349D1C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%3)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="49516864"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2C4E2502"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%4)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A362C72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A22E6E22"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DC41EA3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FEA83476"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EB835DD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="31A4AE66"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51B26759"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="17FA410E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...3 lines deleted...]
-        <w:ind w:left="7920" w:hanging="360"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="538E3226"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1716E76A"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="2024"/>
-[...9 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="2025"/>
-[...11 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...8 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72AF6F5A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="323C8148"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E28236C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="299A854E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F966F78"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1D2C858C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%3)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4)"/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-[...3 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-[...2 lines deleted...]
-      <w:lvlText w:val="%6)"/>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-[...22 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...109 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1685325009">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="989138210">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="815951255">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="617030496">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="332530224">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6" w16cid:durableId="1478839474">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="7" w16cid:durableId="1960405172">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1832677415">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1488403316">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2009400672">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2094231401">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="278992402">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:embedTrueTypeFonts w:val="1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
   <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D429F2"/>
+    <w:rsid w:val="003D6FBD"/>
+    <w:rsid w:val="00663AF6"/>
+    <w:rsid w:val="006A7A53"/>
+    <w:rsid w:val="006F53D2"/>
+    <w:rsid w:val="00737619"/>
+    <w:rsid w:val="00760F8A"/>
+    <w:rsid w:val="00A57B61"/>
+    <w:rsid w:val="00AD17CA"/>
+    <w:rsid w:val="00D429F2"/>
+    <w:rsid w:val="00FB15B5"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="035F2F23"/>
+  <w15:docId w15:val="{91CDFF3B-09CC-46BA-B242-F32DBC819D9C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en"/>
+        <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...11 lines deleted...]
-    <w:name w:val="normal"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:pBdr>
-        <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
+        <w:bottom w:val="single" w:sz="8" w:space="2" w:color="434343"/>
       </w:pBdr>
-      <w:spacing w:before="240" w:lineRule="auto"/>
+      <w:spacing w:after="100"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...1 lines deleted...]
-      <w:smallCaps w:val="1"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:cs="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
-[...2 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...8 lines deleted...]
-      <w:ind w:left="1170" w:hanging="1170"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="320" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Aptos" w:cs="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
-[...4 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:color w:val="434343"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:pPr/>
-    <w:rPr/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="288"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
-    <w:rPr/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:before="40" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="80"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="202f69"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:pPr/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="60"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Corbel" w:cs="Corbel" w:eastAsia="Corbel" w:hAnsi="Corbel"/>
-[...1 lines deleted...]
-      <w:szCs w:val="56"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="160" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="320"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="5a5a5a"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A57B61"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A57B61"/>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Corbel-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Corbel-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Corbel-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Corbel-boldItalic.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4003,25 +5424,55 @@
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1202</Words>
+  <Characters>6855</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>8041</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>