--- v0 (2025-12-28)
+++ v1 (2026-02-24)
@@ -5,297 +5,297 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="19CC5BC4" w14:textId="77777777" w:rsidR="00FD7A57" w:rsidRPr="00507500" w:rsidRDefault="00B954B9" w:rsidP="001F5175">
+    <w:p w:rsidRPr="00507500" w:rsidR="00FD7A57" w:rsidP="001F5175" w:rsidRDefault="00B954B9" w14:paraId="19CC5BC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561BF72A" w14:textId="5A045A79" w:rsidR="00A54EC4" w:rsidRDefault="00A54EC4" w:rsidP="00B954B9">
+    <w:p w:rsidR="00A54EC4" w:rsidP="00B954B9" w:rsidRDefault="00A54EC4" w14:paraId="561BF72A" w14:textId="5A045A79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Assistant Research Scientist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE93FCD" w14:textId="01DA3EF3" w:rsidR="00B954B9" w:rsidRDefault="00B954B9" w:rsidP="00B954B9">
+    <w:p w:rsidR="00B954B9" w:rsidP="00B954B9" w:rsidRDefault="00B954B9" w14:paraId="4FE93FCD" w14:textId="01DA3EF3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5175">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arizona State Unive</w:t>
       </w:r>
       <w:r w:rsidR="00A54EC4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rsity · </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDF0332" w14:textId="3BA55022" w:rsidR="00A54EC4" w:rsidRPr="001F5175" w:rsidRDefault="00A54EC4" w:rsidP="00A54EC4">
+    <w:p w:rsidRPr="001F5175" w:rsidR="00A54EC4" w:rsidP="00A54EC4" w:rsidRDefault="00A54EC4" w14:paraId="3DDF0332" w14:textId="3BA55022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Biodesign Institute · Center of Fundamental and Applied Microbiomics</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6321BC89" w14:textId="6A4AAB3D" w:rsidR="00B954B9" w:rsidRPr="001F5175" w:rsidRDefault="00B954B9" w:rsidP="00B954B9">
+    <w:p w:rsidRPr="001F5175" w:rsidR="00B954B9" w:rsidP="00B954B9" w:rsidRDefault="00B954B9" w14:paraId="6321BC89" w14:textId="6A4AAB3D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5175">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phone 602-550-0273 · Email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00507500" w:rsidRPr="002D16BA">
+      <w:hyperlink w:history="1" r:id="rId7">
+        <w:r w:rsidRPr="002D16BA" w:rsidR="00507500">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emily.Higgins@asu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204AC583" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="204AC583" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DD7FBD" w14:textId="3F4964D4" w:rsidR="00AE73EE" w:rsidRPr="00507500" w:rsidRDefault="00507500" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00507500" w:rsidR="00AE73EE" w:rsidP="006C7531" w:rsidRDefault="00507500" w14:paraId="30DD7FBD" w14:textId="3F4964D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2017 - 2023</w:t>
       </w:r>
       <w:r w:rsidR="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Doctor of Philosophy in </w:t>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00507500">
+      <w:r w:rsidRPr="00507500" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Microbiology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC4FB7B" w14:textId="01CA8DB7" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="4FC4FB7B" w14:textId="01CA8DB7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University, Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D122DC4" w14:textId="78CFA912" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00D55E12">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00D55E12" w:rsidRDefault="006C7531" w14:paraId="6D122DC4" w14:textId="78CFA912">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
@@ -310,441 +310,505 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dissertation: </w:t>
       </w:r>
       <w:r w:rsidR="00214DC2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00D55E12">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>olatile biomarkers for a Valley fever breath test</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D729D94" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00507500">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00507500" w:rsidRDefault="006C7531" w14:paraId="6D729D94" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advisor: </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heather D. Bean, PhD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61142DD3" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="61142DD3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E2EE99E" w14:textId="10795B6A" w:rsidR="006C7531" w:rsidRPr="00507500" w:rsidRDefault="00507500" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00507500" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="00507500" w14:paraId="5E2EE99E" w14:textId="10795B6A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2012 - 2015</w:t>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00507500">
+      <w:r w:rsidRPr="00507500" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00507500">
+      <w:r w:rsidRPr="00507500" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bachelor of Science in Microbiology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C536CD" w14:textId="76D8FDF9" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="48C536CD" w14:textId="76D8FDF9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University, Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D43F99" w14:textId="00EAFC4F" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="50D43F99" w14:textId="00EAFC4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cum Laude</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7998A459" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="7998A459" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FE5ED61" w14:textId="0EE3AFA7" w:rsidR="006C7531" w:rsidRPr="00507500" w:rsidRDefault="00507500" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00507500" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="00507500" w14:paraId="6FE5ED61" w14:textId="0EE3AFA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2000 - 2004</w:t>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00507500">
+      <w:r w:rsidRPr="00507500" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00507500">
+      <w:r w:rsidRPr="00507500" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bachelor of Arts in </w:t>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00507500">
+      <w:r w:rsidRPr="00507500" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Anthropology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D0969A" w14:textId="7BD137EF" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="62D0969A" w14:textId="7BD137EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University, Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="772E6F3A" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="772E6F3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Employment Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5B41A3" w14:textId="32CEC8EE" w:rsidR="00A54EC4" w:rsidRDefault="00A54EC4" w:rsidP="006C7531">
+    <w:p w:rsidR="006E4BC9" w:rsidP="006C7531" w:rsidRDefault="006E4BC9" w14:paraId="671B8449" w14:textId="6D89ADE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2023 – Present</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00507500">
+        <w:t>2025 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="77F49AB6" w14:textId="3507E579" w:rsidR="00A54EC4" w:rsidRPr="00A54EC4" w:rsidRDefault="00A54EC4" w:rsidP="006C7531">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior Research Technologist, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mayo Clinic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4BC9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="006E4BC9" w:rsidR="006E4BC9" w:rsidP="271B1157" w:rsidRDefault="006E4BC9" w14:paraId="1E1D793D" w14:textId="4A860E27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Mayo Clinic Arizona, Phoenix, AZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A54EC4" w:rsidP="006C7531" w:rsidRDefault="00A54EC4" w14:paraId="4E5B41A3" w14:textId="2051399A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>2023 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A54EC4">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assistant Research Scientist,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> School of Life Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00A54EC4" w:rsidR="00A54EC4" w:rsidP="271B1157" w:rsidRDefault="00A54EC4" w14:paraId="77F49AB6" w14:textId="3507E579">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:hanging="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               Arizona State University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48ABC7DA" w14:textId="4FB8A531" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="48ABC7DA" w14:textId="4FB8A531">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2018 – </w:t>
       </w:r>
       <w:r w:rsidR="00A54EC4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
@@ -778,95 +842,95 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduate Research Assistant</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">School of Life Sciences, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011EDFC6" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00507500">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00507500" w:rsidRDefault="006C7531" w14:paraId="011EDFC6" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Arizona State University, Tempe, AZ; </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advisor: </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heather D. Bean, PhD</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187B5FC9" w14:textId="7B7DB647" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="187B5FC9" w14:textId="7B7DB647">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2017 – </w:t>
       </w:r>
       <w:r w:rsidR="0011524E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
@@ -874,70 +938,70 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00507500">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduate Teaching Assistant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501665FB" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00507500">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00507500" w:rsidRDefault="006C7531" w14:paraId="501665FB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University, Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065329DD" w14:textId="4F6F2E7F" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="065329DD" w14:textId="4F6F2E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2013 – 2015</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -955,70 +1019,70 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Undergraduate Teaching Assistant</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>General Biology II Lab,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F79ACA5" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00507500">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00507500" w:rsidRDefault="006C7531" w14:paraId="3F79ACA5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University, Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E119F9" w14:textId="0C1B95C7" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="39E119F9" w14:textId="0C1B95C7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2005 – 2017</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1028,805 +1092,1081 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supervisory Archaeologist/Lab Manager</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAE2BBE" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00507500">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00507500" w:rsidRDefault="006C7531" w14:paraId="0BAE2BBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archaeological Consulting </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ltd., Tempe, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C3905B" w14:textId="1E992D07" w:rsidR="000E2809" w:rsidRDefault="000E2809" w:rsidP="000E2809">
+    <w:p w:rsidR="000E2809" w:rsidP="000E2809" w:rsidRDefault="000E2809" w14:paraId="73C3905B" w14:textId="1E992D07">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Selected Honors, Positions</w:t>
       </w:r>
       <w:r w:rsidR="006350E3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Awards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1161215F" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="007771AB" w:rsidP="00D45AC6" w:rsidRDefault="007771AB" w14:paraId="2CA4AA16" w14:textId="391EB74C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r>
-        <w:t>2023 – present</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Future Leaders Mentorship Fellowship </w:t>
+        <w:t>2025 – 2027</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Clinical Research Loan Repayment Program Award, NIH NIAID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="1161215F" w14:textId="45E99277">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2023 – </w:t>
+      </w:r>
+      <w:r w:rsidR="00807DD7">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk190854806" w:id="0"/>
+      <w:r w:rsidR="00807DD7">
+        <w:t xml:space="preserve">Fellow, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Future Leaders Mentorship Fellowship</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:t xml:space="preserve">Fellow, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:t>American Society for Microbiology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478B9A59" w14:textId="427116ED" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="000E2809" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="000E2809" w14:paraId="478B9A59" w14:textId="427116ED">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:t>2022 – 2024</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
         <w:t>Young Ambassador to Arizona</w:t>
       </w:r>
-      <w:r w:rsidR="006350E3" w:rsidRPr="006350E3">
+      <w:r w:rsidRPr="006350E3" w:rsidR="006350E3">
         <w:t>, American Society for Microbiology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BAE5C34" w14:textId="0D2D5B72" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="7BAE5C34" w14:textId="0D2D5B72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Aristotle Poster Award – Most Transdisciplinary Approach, FUSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6275B98F" w14:textId="54A87B57" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="6275B98F" w14:textId="54A87B57">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate College Completion Fellowship, Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC6CC43" w14:textId="44366751" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="2DC6CC43" w14:textId="44366751">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate College University Grant, Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5436DFF3" w14:textId="290286C2" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="5436DFF3" w14:textId="290286C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Place, Best Poster Presentation, ASM AZ/S. NV Branch Meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14774EC7" w14:textId="66CC1681" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="14774EC7" w14:textId="66CC1681">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>GPSA Outstanding Researcher Award, Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E855731" w14:textId="78B793C3" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="4E855731" w14:textId="78B793C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">LoBrutto Family Fund Fellowship </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB62E39" w14:textId="30979FC2" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="3CB62E39" w14:textId="30979FC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>The College’s Graduate Excellence Award, Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BFDE10" w14:textId="327A104E" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="73BFDE10" w14:textId="327A104E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Multidimensional Gas Chromatography Poster Prize, MCW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BE644D" w14:textId="77777777" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="71BE644D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Harry Lowell Swift Advancing Health Scholarship</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7899D374" w14:textId="0962B053" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="7899D374" w14:textId="0962B053">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Life &amp; Physical Sciences Best Presenter Award, GRSP Lightning Talk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0B168B" w14:textId="0A73077E" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="1B0B168B" w14:textId="0A73077E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Runner up: Best Graduate Presentation, ASM AZ/S. NV Branch Meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370882D3" w14:textId="13C20B6A" w:rsidR="006350E3" w:rsidRPr="006350E3" w:rsidRDefault="006350E3" w:rsidP="006350E3">
+    <w:p w:rsidRPr="006350E3" w:rsidR="006350E3" w:rsidP="006350E3" w:rsidRDefault="006350E3" w14:paraId="370882D3" w14:textId="13C20B6A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006350E3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006350E3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Marie Curie Poster Award – Best Use of Chemistry, FUSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0420623F" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="0420623F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Publications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6965C2EE" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="6965C2EE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FF41F91" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7FF41F91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(*Authors contributed </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>equally;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Corresponding author</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536BE839" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="536BE839" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2809">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Peer-Reviewed Publications </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB8B7EF" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="006C6DB5" w:rsidR="006C6DB5" w:rsidP="006C6DB5" w:rsidRDefault="006C6DB5" w14:paraId="288B42F4" w14:textId="3F3EACDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Danial R. Kollath, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4118">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Katherine McAulay,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4118">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Emily</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4118">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Higgins Keppler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4118">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Kenta S. Reilly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Kenneth K. Sakata, Bridget M. Barker, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00242E96">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Thomas E. Grys</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8380D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8380D" w:rsidR="00C8380D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) Active fungal infections alter the respiratory microbiome profiles of Mayo Clinic Arizona patients</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4118">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6DB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Frontiers in Microbiomes</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8380D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 4. </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="rId8">
+        <w:r w:rsidRPr="00B40D3A" w:rsidR="00B40D3A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.3389/frmbi.2025.1699912</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00CA0A1F" w:rsidP="006C6DB5" w:rsidRDefault="00CA0A1F" w14:paraId="6DB8B7EF" w14:textId="1534E03D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Marley C. Cabellero Van Dyke, Heather L. Mead, Douglas F. Lake, D. Mitchell Magee, Bridget M. Barker, </w:t>
       </w:r>
       <w:r w:rsidRPr="000E2809">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
@@ -1868,51 +2208,51 @@
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 115. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId9">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.3390/jof9010115</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1921,51 +2261,51 @@
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Impact Factor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2022): 4.7; Citations: 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627534DF" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="627534DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trenton J. Davis*, Tarek R. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2046,79 +2386,79 @@
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) Addressing missing data in GC×GC metabolomics: Identifying missingness type and evaluating the impact of imputation methods on experimental replication. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Analytical Chemistry</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94, 10912-10920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId10">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1021/acs.analchem.1c04093</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Impact Factor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2022): 7.4; Citations: 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457A4254" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="457A4254" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2177,79 +2517,79 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6:e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">00040-21. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId11">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1128/mSphere.00040-21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Impact Factor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021): 4.447; Citations: 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4F58E5" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7E4F58E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ghazal Ebadzadsahrai, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -2303,89 +2643,89 @@
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frontiers in Microbiology</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11:1035, pp 1-17.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId12">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.3389/fmicb.2020.01035</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Impact Factor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020): 4.076; Citations: 69</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451234DD" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="451234DD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">H.L. Mead, C.C. Roe, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -2440,97 +2780,97 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Frontiers in Genetics</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11:483, pp 1-18.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId13">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://doi.org/10.3389/fgene.2020.00483</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Impact Factor (2020): 8.789; Citations: 27</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6682DCDF" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="6682DCDF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Peer Reviewed Book Chapters &amp; Review Articles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45604801" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="45604801" w14:textId="04874A8D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jenna Diefenderfer, Heather D. Bean, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -2543,106 +2883,134 @@
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2024) New breath diagnostics for fungal disease. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Current Clinical Microbiology Reports</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId14">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>https://doi.org/10.1007/s40588-024-00216-x</w:t>
+          <w:t>https://doi.or</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CA4118">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>g</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00CA4118">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>/10.1007/s40588-024-00216-x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Impact Factor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2024)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: 5.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>; Citation: 2</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="19B724E8" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t xml:space="preserve">; Citation: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B40D3A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="19B724E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2698,51 +3066,51 @@
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 109,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pp 275-286. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.trac.</w:t>
         </w:r>
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>2018</w:t>
         </w:r>
         <w:r w:rsidRPr="00CA4118">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
@@ -2761,518 +3129,493 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA4118">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8.428; Citations: 141</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220FAA41" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="220FAA41" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manuscripts in prep or Under Review</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E034E83" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00B917DC" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00914F88" w:rsidR="00613631" w:rsidP="271B1157" w:rsidRDefault="00613631" w14:paraId="203869AB" w14:textId="7F0A5257">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="54"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...31 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Emily Higgins Keppler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Daniel R. Kollath, Kenta S. Reilly,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Katherine McAulay, Bridget M. Barker, Thomas E. Grys, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w14:paraId="6FE7DBB1" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00507500" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Volatile molecules in human bronchoalveolar lavage fluid can discriminate Valley fever from other lung infections. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anticipated submission March 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B917DC" w:rsidR="00613631" w:rsidP="006C6DB5" w:rsidRDefault="00613631" w14:paraId="2F3A81E4" w14:textId="20F04DC2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="45"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA4118">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emily M. Hirsch, Jenna Diefenderfer, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Emily Higgins Keppler</w:t>
-[...43 lines deleted...]
-      <w:r w:rsidRPr="000E2809">
+        <w:t>Emily A. Higgins Keppler</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Jane E. Sykes, </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">. Volatile analysis of nasal lavage specimens for non-invasive diagnosis of canine sinonasal aspergillosis. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anticipated </w:t>
+      </w:r>
+      <w:r w:rsidR="000D21B8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>March</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000D21B8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA4118">
-[...25 lines deleted...]
-    <w:p w14:paraId="2CE408EB" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00507500" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    </w:p>
+    <w:p w:rsidRPr="00507500" w:rsidR="00613631" w:rsidP="271B1157" w:rsidRDefault="00613631" w14:paraId="77087C71" w14:textId="7720CB4D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daniela F. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gutiérrez-Muñoz</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507500">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Emily A. Higgins Keppler</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507500">
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Brandie D. Wagner, Lucas R. Hoffman, Daniel F. Wolter, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507500">
-[...10 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in vitro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>volatilome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of cystic fibrosis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Staphylococcus aureus</w:t>
       </w:r>
-      <w:r w:rsidRPr="00507500">
-[...46 lines deleted...]
-    <w:p w14:paraId="4336DD56" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00CA4118" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> isolates and putative biomarkers of methicillin resistance and small colony variant subtypes. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anticipated submission February 2026. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CA4118" w:rsidR="00613631" w:rsidP="271B1157" w:rsidRDefault="00613631" w14:paraId="1B9AF7CF" w14:textId="0538A878">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...41 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jake A. Drewes*, Jenna Diefenderfer*, Diana Ramirez, Trenton J. Davis, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Emily A. Higgins Keppler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E2809">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:p w14:paraId="2AD60E66" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chromobacterium</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>volatilome</w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is strongly influenced by growth on liquid versus solid media. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="271B1157" w:rsidR="271B1157">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anticipated submission February 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2AD60E66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Selected Contract Reports (36)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70F336F1" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="70F336F1" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bastin, Kerri A. and </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -3300,51 +3643,51 @@
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>edited by Andrea Gregory and Lourdes Aquila, pp 323-406, Project No. 14-313.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Archaeological Consulting Services, Tempe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8FBE3A" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3D8FBE3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Normal10pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gregory, Andrea, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
@@ -3363,51 +3706,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Gary Huckleberry, and Thomas Jones 2015, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Preliminary Report of Findings of Eligibility Testing for the Flood Control District of Maricopa County Cave Buttes Dam Phase II Final Alignment Project, Maricopa County, Arizona. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACS Project No. 13-231. Archaeological Consulting Services, Tempe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E818884" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="4E818884" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Normal10pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gregory, Andrea, Joanne C. Tactikos, Kerri Bastin, Katy Copeland, Thomas Jones, Alanna Ossa, and </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
@@ -3426,51 +3769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Class III Cultural Resources Survey for the Flood Control District of Maricopa County Vineyard Road and Rittenhouse Flood Retarding Structures Project, Pinal County, Arizona. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ACS Project No. 12-332. Archaeological Consulting Services, Tempe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A5F1ACD" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5A5F1ACD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Normal10pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Higgins, Emily</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
@@ -3480,51 +3823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A Class III Cultural Resources Assessment of Approximately 3.8 Miles of Proposed Trails in the McDowell Sonoran Preserve Near Rock Knob in Scottsdale, Maricopa County, Arizona.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Project No. 12-106-02. Archaeological Consulting Services, Tempe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D940510" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="0D940510" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Normal10pt"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
@@ -3561,51 +3904,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Maricopa  County</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Arizona.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACS Project No. 11-095. Archaeological Consulting Services, Tempe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02930172" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="02930172" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3624,62 +3967,102 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cultural Resources Survey of 129 Acres </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The Proposed Buckeye Hills Expansion Area on Bureau of Land Management Property For Kilauea Crushers, Maricopa County, Arizona.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Proposed Buckeye Hills Expansion Area on Bureau of Land Management Property </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kilauea Crushers, Maricopa County, Arizona.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Project No. 09-144-02. ACS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAB2297" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5CAB2297" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Higgins, Emily</w:t>
@@ -3688,510 +4071,597 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2008, </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cultural Resources Survey of 10 Acres Near Bruce Church Road and Cattle Drive, Yuma, Yuma County, Arizona.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Project No. 08-086-02. ACS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5AF332" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2C5AF332" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Patents &amp; Copyrights </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383084B4" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="383084B4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2809">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Patents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385FC86E" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="385FC86E" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Volatile biomarkers for </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>discriminating</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Valley fever from other lung infections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D98F209" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="4D98F209" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>U.S. Provisional Patent Application Serial No. 63/604,469</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8A2772" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7F8A2772" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Filing Date: 30 November 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72183AFE" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="72183AFE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="269C28C6" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
-[...21 lines deleted...]
-    <w:p w14:paraId="4FD4E934" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00894738" w:rsidP="00894738" w:rsidRDefault="00894738" w14:paraId="6E6C9766" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Volatile Biomarkers for Discriminating Valley Fever – Source Code for M23-284</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="36034F5A" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t xml:space="preserve">Volatile biomarkers for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>discriminating</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley fever from other lung infections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00894738" w:rsidP="00894738" w:rsidRDefault="00894738" w14:paraId="56F91DBD" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Invention ID: D24-078</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3807F2E8" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Worldwide applications International Publication No. WO 2025/117806 A1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00894738" w:rsidP="00894738" w:rsidRDefault="00894738" w14:paraId="2DF6B4E7" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Technology ID: M24-105L</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="23FE8580" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Filing Date: 27 November 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00894738" w:rsidP="00894738" w:rsidRDefault="00894738" w14:paraId="42706F5A" w14:textId="6C86C234">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Publication Date: 05 June 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00894738" w:rsidP="00894738" w:rsidRDefault="00894738" w14:paraId="57946905" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="269C28C6" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2809">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Copyrights</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="4FD4E934" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Submitted: 16 October 2023</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="76544375" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Volatile Biomarkers for Discriminating Valley Fever – Source Code for M23-284</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="36034F5A" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Status: Pending, Under Review at </w:t>
-[...92 lines deleted...]
-    <w:p w14:paraId="769A6BC2" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Invention ID: D24-078</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3807F2E8" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...41 lines deleted...]
-    <w:p w14:paraId="1D24DE5A" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00E84852" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technology ID: M24-105L</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="23FE8580" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submitted: 16 October 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="76544375" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Status: Pending, Under Review at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Skysong</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Innovations  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="169C2543" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Computer Code &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data Sets </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7F4E36D4" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E2809">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="769A6BC2" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E84852">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MetabImpute</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E84852">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E84852">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An R package to explore various aspects of metabolomics data sets, especially those with technical or biological replicates. Included in the package are tools to evaluate the mechanisms of data missingness and variable distributions, tools to impute missing values using several methods, and to evaluate the effects of imputation on data reproducibility, measured by intra-class correlation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E84852" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1D24DE5A" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00E84852">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://github.com/BeanLabASU/metabimpute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A72D353" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2A72D353" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1221EC93" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1221EC93" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E2809">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Publicly Available Data Sets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7D7993" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3A7D7993" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="140" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Study Title:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> Identify putative volatile biomarkers of Coccidioides spp. grown in vitro</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
@@ -4201,108 +4671,108 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Description:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> GC</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F0B4"/>
+        <w:t>´</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GC-TOFMS untargeted metabolomics analysis of </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in vitro</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> headspace volatiles from 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coccidioides posadasii </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and 6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coccidioides immitis </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">strains grown in triplicate under conditions to induce two growth phases (spherule and mycelia). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84852">
@@ -4311,63 +4781,63 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Study ID:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ST001659</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="00E84852">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.21228/M85H6W</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AADE2C0" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00E84852" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00E84852" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7AADE2C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="140" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Study Title:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4383,89 +4853,89 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Description:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> GC</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F0B4"/>
+        <w:t>´</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GC-TOFMS untargeted metabolomics analysis of headspace volatiles from the bronchoalveolar lavage fluid of 6 mice infected with </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coccidioides posadasii,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> 6 mice infected with </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coccidioides immitis, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and 4 PBS controls. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84852">
@@ -4474,72 +4944,72 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Study ID:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ST002350</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="00E84852">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.21228/M85H6W</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE0E498" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7BE0E498" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="140" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Study Title:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,56 +5034,56 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Description:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> GC</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F0B4"/>
+        <w:t>´</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GC-TOFMS untargeted metabolomics analysis of headspace volatiles from the bronchoalveolar lavage fluid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or sputum of patients treated for community-acquired pneumonia at Mayo Clinic in Scottsdale, Arizona</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4635,72 +5105,72 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Study ID:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> ST002449</w:t>
       </w:r>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="00E84852">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://dx.doi.org/10.21228/M85H6W</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E84852">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C138B6E" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5C138B6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Invited</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4721,51 +5191,51 @@
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>presenter</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D8D40C" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00132DCC" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00132DCC" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="74D8D40C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
@@ -4779,87 +5249,95 @@
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Kenta Reilly, Katherine McAulay, Thomas Grys, Heather D. Bean.</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Volatile molecules in human bronchoalveolar lavage fluid can discriminate Valley fever from other lung infections. 20</w:t>
+        <w:t xml:space="preserve">Volatile molecules in human bronchoalveolar lavage fluid can discriminate Valley fever from </w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other lung infections. 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132DCC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International GC×GC Symposium. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Canmore, Alberta, Canada</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. May 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4BCF70" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000D130E" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000D130E" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3D4BCF70" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00744C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="00744C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -4946,51 +5424,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00744C9F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International GC×GC Symposium. Virtual Teleconference. May 2022</w:t>
       </w:r>
       <w:r w:rsidRPr="000D130E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2061D7ED" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2061D7ED" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -5169,87 +5647,86 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>June</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId20">
         <w:r w:rsidRPr="00FD101B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://youtu.be/jjCqnZtZEMg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A56993" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="008321E3" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="008321E3" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="64A56993" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Emily</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -5376,51 +5853,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>April</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*Life &amp; Physical Sciences Best Presenter Award</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D01B5F" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="38D01B5F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contributing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5447,51 +5924,51 @@
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>presenter</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B6E5BA" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="22B6E5BA" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
@@ -5599,51 +6076,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024 ASM Microbe. Atlanta, GA</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>June 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D97DEB8" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="007364B7" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="007364B7" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5D97DEB8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007364B7">
@@ -5710,51 +6187,51 @@
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> methicillin-resistant and small-colony variant subtypes. International Association for Breath Research Summit. Indianapolis, IN</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. June 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="264823FE" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="264823FE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
@@ -5870,51 +6347,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lined</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3899975F" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00BA7738" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00BA7738" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3899975F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -5967,51 +6444,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*S</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elected for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>poster spotlight presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7750F804" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="004B40CA" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="004B40CA" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7750F804" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -6096,51 +6573,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*S</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elected for rapid fire presentation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from poster abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7847AFDB" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7847AFDB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
@@ -6206,51 +6683,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Study Group. Tucson</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. April </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71324EE1" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00AE1C6A" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00AE1C6A" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="71324EE1" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
@@ -6283,193 +6760,202 @@
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bridget M. Barker, Heather D. Bean.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Development of a breath-based diagnostic for Valley fever, an endemic fungal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>pneumonia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. 2022 21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Congress of the International Society of Human and Animal Mycology (ISHAM). New Delhi, India, September 2022 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dec</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B8709F" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3209045A" w14:textId="77777777">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Emily A. Higgins Keppler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Heather L. Mead, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Marley C. Van Dyke,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bridget M. Barker, Heather D. Bean.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B8709F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Development of a breath-based diagnostic for Valley fever, an endemic fungal pneumonia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1C6A">
-[...59 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00B8709F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2022</w:t>
-[...68 lines deleted...]
-        </w:rPr>
         <w:t>. 2022 ASM Microbe. Washington D.C., June 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF8B8DB" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1EF8B8DB" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D130E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="000D130E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -6590,51 +7076,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">raphy Workshop. </w:t>
       </w:r>
       <w:r w:rsidRPr="000D130E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Virtual Teleconference. February 2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D859F6" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="46D859F6" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -6780,67 +7266,66 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>October</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7500193E" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7500193E" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6904,51 +7389,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in vivo </w:t>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>volatile metabolome for a Valley fever breath test. Center for Fundamental &amp; Applied Microbiomics Summer Seminar Series. Virtual Teleconference. July 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD5486D" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1FD5486D" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843981">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00843981">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7060,51 +7545,51 @@
       <w:r w:rsidRPr="00843981">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Center for Fundamental &amp; Applied Microbiomics </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summer Seminar Series. </w:t>
       </w:r>
       <w:r w:rsidRPr="00843981">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Virtual Teleconference. July 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54483C76" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="54483C76" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C35F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00C35F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7179,51 +7664,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. 18</w:t>
       </w:r>
       <w:r w:rsidRPr="00C35F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00C35F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International GC×GC Symposium. Virtual Teleconference. June 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724463EA" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00454C68" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00454C68" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="724463EA" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843981">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00843981">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7344,51 +7829,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00C35F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00C35F75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> International GC×GC Symposium. Virtual Teleconference. June 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B9FB2C" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00AE3AFD" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00AE3AFD" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="44B9FB2C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7564,71 +8049,71 @@
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="009D3445">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Virtual Teleconference. April 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId21">
         <w:r w:rsidRPr="00342FFE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://youtu.be/DUYKT5ht5cQ?t=5466</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE5A7DE" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00840AB4" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00840AB4" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2DE5A7DE" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7733,51 +8218,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>biomarkers for a Valley fever breath test. ASM AZ/S. NV Branch Meeting. Henderson, NV: Virtual Teleconference. April 2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*Runner up – Best Graduate Presentation</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E65C42B" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00DE4D4F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00DE4D4F" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5E65C42B" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7921,51 +8406,51 @@
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01237B45" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00DE4D4F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00DE4D4F" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="01237B45" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -7991,51 +8476,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chromobacterium vaccinii</w:t>
       </w:r>
       <w:r w:rsidRPr="001B3C89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> volatile organic compounds. Center for Fundamental &amp; Applied Microbiomics Summer Seminar Series. Virtual Teleconference. July 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493CAAC8" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000157E8" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000157E8" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="493CAAC8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000157E8">
@@ -8084,51 +8569,51 @@
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">using GC×GC-TOF-MS. </w:t>
       </w:r>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Experimental Biology 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Virtual Teleconference. April 2020 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377094A6" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00677AF1" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00677AF1" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="377094A6" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D55E12">
@@ -8187,51 +8672,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>using GC×GC-TOF-MS. 29</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2177C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Statewide Arizona/NASA Space Grant Undergraduate Research Symposium. Tucson, AZ: Virtual Teleconference. April 2020 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75036903" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00677AF1" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00677AF1" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="75036903" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D55E12">
@@ -8290,66 +8775,65 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>using GC×GC-TOF-MS. 27</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2177C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual School of Life Sciences Undergraduate Research Symposium. Virtual Teleconference. April 2020 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EE08796" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00677AF1" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00677AF1" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1EE08796" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Emily</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -8461,51 +8945,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group Tucson. AZ. April 2020 (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cancelled</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BE43C2" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="26BE43C2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F239D1">
@@ -8578,51 +9062,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identifying volatile biomarkers for a Valley fever breath test. International Association for Breath Research Summit. Loughborough, England. September 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C3A4124" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="6C3A4124" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -8700,51 +9184,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heather D.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bean. Identifying inter-kingdom volatilome interactions in wetland bog soil microbiomes using GC×GC-TOFMS. AZ Symposium on Virology, Immunology, Microbiomes, and Infectious Disease. Phoenix, AZ. June 2019 </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*selected for rapid fire presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E1EFDA" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="11E1EFDA" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F239D1">
@@ -8834,51 +9318,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identifying volatile biomarkers for a Valley fever breath test. 4</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual ABRC Research Conference. Phoenix, AZ. May 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BB35B8" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="23BB35B8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F239D1">
@@ -8951,182 +9435,284 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Identifying volatile biomarkers for a Valley fever breath test. 63</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group. Sacramento, CA. April 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60089E2C" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="60089E2C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contributing Poster Presentations (</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>presenter</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A8DF04" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00807DD7" w:rsidP="00CA0A1F" w:rsidRDefault="00807DD7" w14:paraId="7F1F53BF" w14:textId="1AC78E37">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jenna Diefenderfer, Jake A. Drewes, Diana Ramirex, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emily A. Higgins </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807DD7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Keppler</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Heather D. Bean. Elucidation of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chromobacterium </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">volatilome differences in liquid and solid media using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000157E8">
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>GC×GC–TOFMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807DD7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ASM Microbe. Los Angeles, CA, June 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="45A8DF04" w14:textId="40C5A362">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="007364B7">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="007364B7">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Jenna Diefenderfer</w:t>
       </w:r>
-      <w:r w:rsidRPr="007364B7">
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007364B7">
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
-      <w:r w:rsidRPr="007364B7">
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Janis E. Blair, Heather D. Bean. Launching a breath analysis study to identify volatile biomarkers for Valley Fever. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, Janis E. Blair, Heather D. Bean. Launching a breath analysis study to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>FUSION</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007364B7">
+        <w:t>identify</w:t>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007364B7">
+        <w:t xml:space="preserve"> volatile biomarkers for Valley Fever. FUSION. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Phoenix, AZ</w:t>
       </w:r>
-      <w:r w:rsidRPr="007364B7">
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. April 2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="007364B7">
-[...8 lines deleted...]
-    <w:p w14:paraId="7A807EE8" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000157E8" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    </w:p>
+    <w:p w:rsidRPr="000157E8" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7A807EE8" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000157E8">
@@ -9209,51 +9795,51 @@
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Phoenix, AZ</w:t>
       </w:r>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. April 2024</w:t>
       </w:r>
       <w:r w:rsidRPr="000157E8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E917E0C" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="007364B7" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="007364B7" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2E917E0C" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007364B7">
@@ -9294,51 +9880,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group. San Antonio, TX. April 2024</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9D5E44" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="007364B7" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="007364B7" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1E9D5E44" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007364B7">
@@ -9425,51 +10011,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Multidimensional Chromatography Workshop</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Los Angeles, CA. January 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16360A42" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="007364B7" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="007364B7" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="16360A42" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007364B7">
@@ -9537,51 +10123,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> methicillin-resistant and small-colony variant subtypes. </w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>North American Cystic Fibrosis Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Phoenix, AZ. October 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32343841" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00BA7738" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00BA7738" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="32343841" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -9634,51 +10220,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*S</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elected for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>poster spotlight presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185EEAE2" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00BA7738" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00BA7738" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="185EEAE2" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -9693,60 +10279,51 @@
         <w:t>Emily A. Higgins Keppler</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Kenta Reilly, Katherine McAulay, Thomas Grys, Heather D. Bean.</w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00132DCC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Volatile molecules in human bronchoalveolar lavage fluid can discriminate Valley fever from </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">other lung infections. </w:t>
+        <w:t xml:space="preserve">Volatile molecules in human bronchoalveolar lavage fluid can discriminate Valley fever from other lung infections. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fusion 2023. Phoenix, AZ</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>April</w:t>
       </w:r>
@@ -9771,51 +10348,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*Aristotle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Award: Most Transdisciplinary Approach; selected for rapid fire presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C65AEB4" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="0C65AEB4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
@@ -9902,51 +10479,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dec</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lined</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1C6A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EBF79F" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000D3AFB" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000D3AFB" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="33EBF79F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -10058,51 +10635,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3AFB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Place, Best Poster Presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E876C7E" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7E876C7E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA3E08">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3E08">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FA3E08">
@@ -10136,51 +10713,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Characterizing the Valley fever volatile metabolome for breath test development. 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3E08">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3E08">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual ABRC-Flinn Research Conference. Phoenix, AZ. April 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5A26E5" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2C5A26E5" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002D4683">
@@ -10231,51 +10808,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>biomarkers from a murine model. 66</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4683">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group. Bakersfield, CA. April 2022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1992E241" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1992E241" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -10335,51 +10912,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Multidimensional Chromatography Workshop. Virtual Teleconference. February 2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*Multidimensional GC Poster Prize</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32FEA0E5" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="32FEA0E5" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
@@ -10472,88 +11049,96 @@
         <w:t>in vitro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in vivo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>volatile metabolome</w:t>
+        <w:t xml:space="preserve">volatile </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>metabolome</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021 International Association of Breath Research Summer Symposium. Twitter Poster </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Session @</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>iabr2021. June 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D6F3D64" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="004B40CA" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="004B40CA" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="6D6F3D64" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE3AFD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -10698,51 +11283,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*Marie Curie Award: Best Use of Chemistry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F931B1D" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5F931B1D" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -10929,51 +11514,51 @@
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2984160E" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2984160E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -11113,51 +11698,51 @@
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>February</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2021 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4EEDDA" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00427833" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00427833" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="4B4EEDDA" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -11290,66 +11875,65 @@
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual reimagine Health Conference. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Virtual Teleconference</w:t>
       </w:r>
       <w:r w:rsidRPr="00427833">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. January 2021 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E07AB13" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00677AF1" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00677AF1" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2E07AB13" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D55E12">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Diana R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
@@ -11393,51 +11977,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>using GC×GC-TOF-MS. Experimental Biology 2020. San Diego, CA:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2177C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Virtual Teleconference. April 2020 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773ABA70" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="773ABA70" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00547897">
@@ -11569,51 +12153,51 @@
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual ABRC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-Flinn</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research Conference. Phoenix, AZ. February 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230F3FEB" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="230F3FEB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00547897">
@@ -11695,51 +12279,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Identifying volatile biomarkers for a Valley fever breath test. 4</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual ABRC Research Conference. Phoenix, AZ. May 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B13DD23" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000F1706" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="1B13DD23" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -11817,51 +12401,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heather D.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bean. Identifying inter-kingdom volatilome interactions in wetland bog soil microbiomes using GC×GC-TOFMS. AZ Symposium on Virology, Immunology, Microbiomes, and Infectious Disease. Phoenix, AZ. June 2019 </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*selected for rapid fire presentation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6417351F" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="007E04F9" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="007E04F9" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="6417351F" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -11963,644 +12547,1229 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ISCC &amp; 16</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> GC×GC Symposium. Fort Worth, TX. May 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E26282D" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00993213" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="00993213" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3E26282D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research Support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E0201D" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="58E0201D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pending Support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="293CCEB4" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="006C6DB5" w:rsidP="00CA0A1F" w:rsidRDefault="00E707D6" w14:paraId="1998F07C" w14:textId="12DC50FF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arizona Alzheimer’s Consortium Pilot Grant, </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>NIH R03</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6DB5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6DB5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Submitted Feb 2025</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1CD2A4E3" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t xml:space="preserve">Submitted </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oct</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6DB5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6DB5" w:rsidP="00CA0A1F" w:rsidRDefault="006C6DB5" w14:paraId="3480A432" w14:textId="077D976B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>07/2025 – 06/2026</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="580C559B" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+      </w:r>
+      <w:r w:rsidR="00E707D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>07/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E707D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>06/2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C6DB5" w:rsidP="00E707D6" w:rsidRDefault="006C6DB5" w14:paraId="39BE2DB4" w14:textId="74AAB6A6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Project Title: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00302035">
+      <w:r w:rsidRPr="00E707D6" w:rsidR="00E707D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Investigating pro-inflammatory VOCs produced by the gut</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>A New Model for Valley Fever: Comparative Volatilomics of Coccidioides Infection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="006C6DB5" w:rsidR="006C6DB5" w:rsidP="006C6DB5" w:rsidRDefault="006C6DB5" w14:paraId="326C0B47" w14:textId="439A3252">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E707D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>microbiome</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C3CFD8A" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00302035" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Role: PI, $</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E707D6" w:rsidR="00E707D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>78.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E707D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="7AD775FD" w14:textId="73157791">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00302035">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">NIH R21, </w:t>
+      </w:r>
+      <w:r w:rsidR="00807DD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>: PI, $30K</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AD775FD" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t xml:space="preserve">Submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="007771AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>July</w:t>
+      </w:r>
+      <w:r w:rsidR="00807DD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="36D6699D" w14:textId="29EF3B8C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NIH R21, </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00807DD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Submitted Oct 2024</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>04/2026</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00807DD7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5A9E8BDE" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>03/2028</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5A9E8BDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Title: Volatile biomarkers for the rapid detection, identification, and field surveillance of </w:t>
       </w:r>
       <w:r w:rsidRPr="00D846A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coccidioides</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F68A9B4" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="0F68A9B4" w14:textId="6F4F9386">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007771AB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Role: MPI, $441K</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D432101" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="000E2809" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Role: MPI, $44</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007771AB" w:rsidR="007771AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007771AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E2809" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="3D432101" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Submitted but Not Funded</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5355E932" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00D846A6" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="7534F680" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NIH R21, Submitted Feb 2024, </w:t>
+        <w:t xml:space="preserve">Arizona Alzheimer’s Consortium Pilot Grant, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807DD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submitted Feb 2025,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>unfunded</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="21E00818" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t xml:space="preserve"> unfunded</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="0BE17BD9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">09/2024 – 08/2026 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2AA34DE6" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRPr="00D846A6" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>07/2025 – 06/2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="6458E44F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Title: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302035">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Investigating pro-inflammatory VOCs produced by the gut</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302035">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>microbiome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00302035" w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="413B988B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302035">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00302035">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Role</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: PI, $30K</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="2657F147" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NIH R21, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00807DD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oct 2024,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unfunded</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="16CFF009" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>07/2025 – 06/2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="4238486F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Coccidioides</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Title: Volatile biomarkers for the rapid detection, identification, and field surveillance of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D846A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="55F0277A" w14:textId="77777777" w:rsidR="00CA0A1F" w:rsidRDefault="00CA0A1F" w:rsidP="00CA0A1F">
+        <w:t>Coccidioides</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DD7" w:rsidP="00807DD7" w:rsidRDefault="00807DD7" w14:paraId="043FA8E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Role: MPI, $441K</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDBE113" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00D846A6" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="5355E932" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NIH R21, Submitted Feb 2024, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unfunded</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="21E00818" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">09/2024 – 08/2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00D846A6" w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="2AA34DE6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project Title: Volatile based detection of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D846A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coccidioides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in soils</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA0A1F" w:rsidP="00CA0A1F" w:rsidRDefault="00CA0A1F" w14:paraId="55F0277A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Role: MPI, $441K</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="4DDBE113" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07566CD3" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00742DE9" w:rsidP="211407D8" w:rsidRDefault="00742DE9" w14:paraId="68E78140" w14:textId="3BBD49B3">
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Senior Research Technologist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Mayo Clinic Arizona, Phoenix, AZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00742DE9" w:rsidP="211407D8" w:rsidRDefault="00742DE9" w14:paraId="34888906" w14:textId="5B2ADAFC">
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:keepLines w:val="1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supervisor: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Thomas Grys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00742DE9" w:rsidR="00742DE9" w:rsidP="00D45AC6" w:rsidRDefault="00742DE9" w14:paraId="5C9AA3B0" w14:textId="195786A0">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2023 – Present</w:t>
-[...43 lines deleted...]
-    <w:p w14:paraId="199982BE" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Project: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083B0C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Breath biomarkers for diagnosing Valley fever and monitoring treatment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="07566CD3" w14:textId="11CC6265">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>2023 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assistant Research Scientist</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A54EC4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona State University</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Tempe, AZ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="199982BE" w14:textId="77777777">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Advisor: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31396D52" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="31396D52" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A54EC4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Project I: I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A54EC4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12660,5775 +13829,6522 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> small-colony variants (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A54EC4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>SCVs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0323A268" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="0323A268" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Project II: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigating the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chromobacterium </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>volatilome during in vitro growth</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091A2B6E" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="091A2B6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00083B0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Project III: Breath biomarkers for diagnosing Valley fever and monitoring treatment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C00BE8E" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00083B0C" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00083B0C" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="4C00BE8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Project IV: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D45AC6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Influence of pollution and gut microbiome VOCs on Alzheimer’s disease</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539B22C5" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="539B22C5" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2017-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduate Research Assistant</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Arizona State University, Tempe, AZ, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0191BE48" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="0191BE48" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Advisor</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: Heather D. Bean</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3D740C" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="4F3D740C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Project I: Identification of bacterial volatile compounds that inhibit fungal growth </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0399CA6E" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="0399CA6E" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Project II: Volatile biomarkers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a Valley fever breath test</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF78347" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00D45AC6" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="3DF78347" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Project III: Data post-processing tools for untargeted metabolomics: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MetabImpute</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5B73FFCD" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="5B73FFCD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2017</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduate Research Assistant</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Arizona State University, Tempe, AZ, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C29407B" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="0C29407B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Advisor</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: Shelley E. Haydel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259B5C77" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="259B5C77" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Project: Tested synthetic peptide antimicrobials against </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mycobacterium abscessus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73321369" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="73321369" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mentoring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="631FA585" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="631FA585" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023 – Present</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Nicole Dorn, PhD student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501DBB41" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="501DBB41" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Research topic:</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Influence of pollution and gut microbiome VOCs on Alzheimer’s disease</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA58196" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="211407D8" w:rsidRDefault="00D45AC6" w14:paraId="1FA58196" w14:textId="231F1D3D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2023 – Present </w:t>
       </w:r>
-      <w:r w:rsidRPr="00017AAB">
-[...9 lines deleted...]
-    <w:p w14:paraId="2B690A38" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jake Drewes, PhD candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2B690A38" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Thesis topic:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Volatile signaling in desert soil microbiomes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="211407D8" w:rsidRDefault="00D45AC6" w14:paraId="77B9DF0E" w14:textId="7487419F">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jenna Diefenderfer, PhD candidate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="30AF1EB0" w14:textId="77777777">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Research topic:</w:t>
+        <w:t>Thesis topic:</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Volatile signaling in desert soil microbiomes</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77B9DF0E" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+        <w:t xml:space="preserve"> Breath biomarkers for diagnosing fungal infections</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="4939107E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2023 – Present</w:t>
+        <w:t xml:space="preserve">2020 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Jenna Diefenderfer, PhD student</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="30AF1EB0" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bilal Ali, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Masters</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2D3A8159" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00017AAB">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Thesis topic:</w:t>
+        <w:t xml:space="preserve">Thesis topic: </w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Breath biomarkers for diagnosing fungal infections</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4939107E" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+        <w:t>Expanding the utility of gas chromatography retention indexing for bioanalysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007364B7" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="3881096D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00017AAB">
-[...43 lines deleted...]
-    <w:p w14:paraId="2D3A8159" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00017AAB" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      <w:r w:rsidRPr="007364B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020 – 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007364B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007364B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Caitlin O’Malley, Post-baccalaureate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007364B7" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="4953691F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thesis topic: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00017AAB">
+        <w:t xml:space="preserve">Research topic: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Expanding the utility of gas chromatography retention indexing for bioanalysis</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3881096D" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="007364B7" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+        <w:t>Data analysis pipelines for untargeted metabolomics</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007364B7" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="1FF4B1E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2020 – 2021</w:t>
+        <w:t>2019 – 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Caitlin O’Malley, Post-baccalaureate</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4953691F" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="007364B7" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      </w:r>
+      <w:r w:rsidRPr="007364B7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Diana Ramirez, ASU LEAP Scholar, SOLUR Apprentice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="007364B7" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="09593353" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2160" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Research topic: </w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Data analysis pipelines for untargeted metabolomics</w:t>
-[...38 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Influence of growth conditions on </w:t>
+      </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Research topic: </w:t>
+        <w:t xml:space="preserve">Chromobacterium </w:t>
       </w:r>
       <w:r w:rsidRPr="007364B7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Influence of growth conditions on </w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>VOCs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E12B32C" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="3E12B32C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teaching Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E70656A" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="6E70656A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MIC 302: Advanced Bacteriology Lab, 32 students</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68EF89D1" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="68EF89D1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate teaching assistant, 1 semester</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48870FEF" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="48870FEF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BIO 182: Online </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>General Biology II Laboratory</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 231 students</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007B2B14" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="007B2B14" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate teaching assistant, 1 semester</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10305D49" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="10305D49" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MIC 206: Online Microbiology Laboratory, 135 students</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7763C8" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2A7763C8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate teaching assistant, 1 semester</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413BBFB8" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="413BBFB8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BIO 181: General Biology I Laboratory, 24 undergraduate students, 2 sections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C36BFB0" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2C36BFB0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate teaching assistant, 1 semester</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6489D2" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="4B6489D2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MIC 206: Microbiology Laboratory, 16 undergraduate students, 2 sections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0810AF" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="6B0810AF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate teaching assistant, 2 semesters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F74E9C9" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2F74E9C9" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BIO 182: General Biology II Laboratory, 24 undergraduate students, 2 sections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33398030" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="33398030" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Undergraduate teaching assistant, 4 semesters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF785CF" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="3FF785CF" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MIC 206: Microbiology Laboratory, 16 undergraduate students, 1 section</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D51DE9" w14:textId="0C7E62C8" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="15D51DE9" w14:textId="0C7E62C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Undergraduate lab leader, 1 </w:t>
       </w:r>
-      <w:r w:rsidR="00503FDB" w:rsidRPr="000F1706">
+      <w:r w:rsidRPr="000F1706" w:rsidR="00503FDB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>semester</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE9209A" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2BE9209A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BIO 182: General Biology II Laboratory, 24 undergraduate students, 1 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sections</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="29948D30" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="000F1706" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="000F1706" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="29948D30" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Assistant teaching assistant, 2 semesters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A2EFE3" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="42A2EFE3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Grants &amp; Scholarships</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD9B6C5" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+    <w:p w:rsidR="00807DD7" w:rsidP="00D45AC6" w:rsidRDefault="00807DD7" w14:paraId="2B7106D3" w14:textId="2D2C7FA6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>$10.5k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NIH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007771AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Award</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NIH</w:t>
+      </w:r>
+      <w:r w:rsidR="007771AB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NIAID</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Loan Repayment Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D45AC6" w:rsidP="211407D8" w:rsidRDefault="00D45AC6" w14:paraId="7FD9B6C5" w14:textId="67D060B4">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>$990</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Leadership Symposium &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Los Angeles, CA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C97556" w:rsidP="211407D8" w:rsidRDefault="00C97556" w14:paraId="58C3EFD3" w14:textId="3B6BB448">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$750</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Career Development Grant</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Jackson, MS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C97556" w:rsidP="211407D8" w:rsidRDefault="00C97556" w14:paraId="122B8882" w14:textId="104B3299">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+      </w:pPr>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$2200</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DAiR3</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Data &amp; AI Intensive Research Training Travel Award</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="211407D8" w:rsidR="211407D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Jackson, MS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="5E45A591" w14:textId="77C5CD68">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$690</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASM</w:t>
       </w:r>
       <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Atlanta, GA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="30ED8B36" w14:textId="7A56473F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$690</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Houston, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="240260CC" w14:textId="52020051">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$500</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CSG</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>67</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Tucson, AZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="0A484535" w14:textId="41355F16">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$950</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>67</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Tucson, AZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="1193C697" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>$1200</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Award</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open Access Manuscript Publication – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Fungi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 9(1): 115</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="6D365B81" w14:textId="4FB66A03">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$1000</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ISHAM</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Travel</w:t>
       </w:r>
       <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ISHAM, (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>declined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            New Delhi, India</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="59615D19" w14:textId="0A70514F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$950</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ISHAM, (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>declined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            New Delhi, India</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="073D5E07" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>$1200</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Los Angeles, CA</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E45A591" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Award</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Open Access Manuscript Publication –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anal Chem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 94:10912-10920</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="584CF321" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sun Devil Child Care Subsidy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="1B1828DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU Career Development – GC×GC Advanced Course</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="08E43AAB" w14:textId="76061333">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$690</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe    Washington, D.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="36AB752F" w14:textId="05CBE4F9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$400</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:color w:val="000000" w:themeColor="accent1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SOLS</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe    Washington, D.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="6ABB555A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$950</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>66</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bakersfield, CA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="2FC65043" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sun Devil Child Care Subsidy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="6601E9C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sun Devil Child Care Subsidy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="7271CC5B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>$690</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$100</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>2024</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t>ASM</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Travel</w:t>
+        <w:t>ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-    <w:p w14:paraId="30ED8B36" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+        <w:t>Award</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Development Student Support Scholarship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="12B9BC31" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>$690</w:t>
+        <w:t>$900</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>ASM</w:t>
+        <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Travel</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="240260CC" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Award</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open Access Manuscript Publication – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mSphere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6:e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00040-21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="7A756476" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>$500</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>2023</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>CSG</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:tab/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sun Devil Child Care Subsidy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="049BF9B5" w14:textId="557C3042">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$950</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Travel</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...287 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Cocci Study Group (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>canceled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...372 lines deleted...]
-    <w:p w14:paraId="08E43AAB" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Tucson, AZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="6EC74B86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>$690</w:t>
+        <w:t>$400</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>ASM</w:t>
+        <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SOLS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Travel</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Young Ambassador Science Retreat &amp; ASM Microbe         Washington, D.C.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="36AB752F" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ISCC/16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GC×GC Symposium          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fort Worth, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="6EA94B6A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$500</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>$400</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ISCC/16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GC×GC Symposium          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fort Worth, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00993213" w:rsidR="00D45AC6" w:rsidP="5A73F83B" w:rsidRDefault="00D45AC6" w14:paraId="6FBF0589" w14:textId="6DF6DB75">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>$450</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2022</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...20 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Travel</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...65 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Coccidioidomycosis Study Group</w:t>
       </w:r>
-      <w:r w:rsidRPr="00993213">
-[...139 lines deleted...]
-    <w:p w14:paraId="7271CC5B" w14:textId="77777777" w:rsidR="00D45AC6" w:rsidRPr="00993213" w:rsidRDefault="00D45AC6" w:rsidP="00D45AC6">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Sacramento, CA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D45AC6" w:rsidP="00D45AC6" w:rsidRDefault="00D45AC6" w14:paraId="0E44457E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>$100</w:t>
+        <w:t>$</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>2021</w:t>
+        <w:t>00</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00993213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Award</w:t>
       </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Professional Development Student Support Scholarship</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+      </w:r>
       <w:r w:rsidRPr="00993213">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...679 lines deleted...]
-        <w:tab/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Graduate Student Funding – Immunology Graduate Student Association</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB829E8" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="5AB829E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Professional Service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662C9447" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="00C90F70">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="00C90F70" w:rsidRDefault="006C7531" w14:paraId="662C9447" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Conferences, Symposia, and Professional Organizations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68075362" w14:textId="4AEFC536" w:rsidR="003D6C20" w:rsidRPr="003D6C20" w:rsidRDefault="003D6C20" w:rsidP="00EE21AB">
+    <w:p w:rsidR="00D60D5B" w:rsidP="31D0FE91" w:rsidRDefault="00D60D5B" w14:paraId="05C6FE07" w14:textId="54EA83F8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM ABRCMS 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Abstract Reviewer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003D6C20" w:rsidR="003D6C20" w:rsidP="5A73F83B" w:rsidRDefault="003D6C20" w14:paraId="68075362" w14:textId="64EBE56D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...16 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00132DCC">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="00132DCC">
-[...29 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International GC×GC Symposium – Petroleum/Industrial (I)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Session Chair</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A16C07" w14:textId="637FA2BD" w:rsidR="00EE21AB" w:rsidRPr="00D846A6" w:rsidRDefault="00EE21AB" w:rsidP="00EE21AB">
+    <w:p w:rsidRPr="00D846A6" w:rsidR="00EE21AB" w:rsidP="00EE21AB" w:rsidRDefault="00EE21AB" w14:paraId="39A16C07" w14:textId="637FA2BD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D846A6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
-      <w:r w:rsidR="00546370" w:rsidRPr="00D846A6">
+      <w:r w:rsidRPr="00D846A6" w:rsidR="00546370">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidR="00D846A6" w:rsidRPr="00D846A6">
+      <w:r w:rsidRPr="00D846A6" w:rsidR="00D846A6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00D846A6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D846A6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">ASM Young Ambassador to Arizona </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3CE8" w:rsidRPr="00D846A6">
-[...15 lines deleted...]
-      <w:r w:rsidR="00CC3CE8" w:rsidRPr="00D846A6">
+      <w:r w:rsidRPr="00D846A6" w:rsidR="00CC3CE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D846A6" w:rsidR="00CC3CE8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D846A6" w:rsidR="00CC3CE8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D846A6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D846A6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D846A6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ambassador</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447A913A" w14:textId="644C4780" w:rsidR="0090026F" w:rsidRDefault="0090026F" w:rsidP="006C7531">
+    <w:p w:rsidR="0090026F" w:rsidP="5A73F83B" w:rsidRDefault="0090026F" w14:paraId="447A913A" w14:textId="20733AEF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM AZ/S. NV Branch Meeting</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Local Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A091F" w:rsidP="006C7531" w:rsidRDefault="005A091F" w14:paraId="338F3908" w14:textId="1D111BC0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00546370">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...45 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00546370">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chandler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1585" w:rsidR="004A1585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hamilton Invitational Science and Engineering Fair</w:t>
+      </w:r>
+      <w:r w:rsidR="00546370">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004A1585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Poster Judge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00503FDB" w:rsidP="006C7531" w:rsidRDefault="00503FDB" w14:paraId="335A5A04" w14:textId="1EEBB680">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018-2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Immunology Graduate Student Association, ASU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>President</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="57415051" w14:textId="7535FDE6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00546370">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hamilton Invitational Science and Engineering Fair</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Poster Judge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="7FB31C2C" w14:textId="04B055B4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00546370">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Paleopathology Association 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual North American Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Session Aide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="154CC1A4" w14:textId="52DBCE53">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00546370">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Association of Physical Anthropologists 72</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Session Aide </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="3CAD7B95" w14:textId="0C44272E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00546370">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Association for the Advancement of Science Annual Meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Session Aide</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C62CF" w:rsidP="00D846A6" w:rsidRDefault="006C62CF" w14:paraId="1F46E8D1" w14:textId="3FE57B3C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="2BA65389" w14:textId="7365B112">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Peer Reviewer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60D5B" w:rsidP="006C7531" w:rsidRDefault="00D60D5B" w14:paraId="394DA7ED" w14:textId="31C282F6">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM ABRCMS Poster Abstract Reviewer (16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE4D4F" w:rsidP="006C7531" w:rsidRDefault="00807DD7" w14:paraId="5824E271" w14:textId="7E485E11">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Journal of Breath Research (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="672CC9FD" w14:textId="69E54DBF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 – </w:t>
+      </w:r>
+      <w:r w:rsidR="005E590B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA Travel Grants (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1C6A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>85</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="3C4DEE97" w14:textId="26664F2C">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 – </w:t>
+      </w:r>
+      <w:r w:rsidR="005E590B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GPSA Research Grants (</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3AFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1706">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="007B7540" w:rsidP="006C7531" w:rsidRDefault="007B7540" w14:paraId="3E3A416B" w14:textId="0C1DC45E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 – 2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sun Devil Child Care Subsidy</w:t>
       </w:r>
       <w:r w:rsidR="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">             Local committee</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="338F3908" w14:textId="1D111BC0" w:rsidR="005A091F" w:rsidRDefault="005A091F" w:rsidP="006C7531">
+        <w:t xml:space="preserve"> Grants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="14C6DE1E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...55 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="2C43CE69" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="335A5A04" w14:textId="1EEBB680" w:rsidR="00503FDB" w:rsidRDefault="00503FDB" w:rsidP="006C7531">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Educational and Professional Outreach</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00742DE9" w:rsidP="5A73F83B" w:rsidRDefault="00742DE9" w14:paraId="69C1D279" w14:textId="4088EDD9">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Girl Scouts of AZ Women in STEM Career Day</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Invited Speaker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00222799" w:rsidP="5A73F83B" w:rsidRDefault="00222799" w14:paraId="469C4C9D" w14:textId="4B68CAA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arizona Science Center Micro Mysteries</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Activity Lead</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92F07" w:rsidP="5A73F83B" w:rsidRDefault="00D92F07" w14:paraId="0A93C3F5" w14:textId="7DF8CB3B">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 – 2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU Microbial Social Group</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organizer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A091F" w:rsidP="5A73F83B" w:rsidRDefault="005A091F" w14:paraId="2D56DCAA" w14:textId="724F9DF3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SOLS Working Group – Faculty and TA, ASU</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="40525DBF" w14:textId="22933090">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graduate Recruitment Lunch, ASU</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panelist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7540" w:rsidP="5A73F83B" w:rsidRDefault="007B7540" w14:paraId="080A2362" w14:textId="7F1AA213">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018 – 2023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASU SOLS Graduate Peer Mentor (4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mentees)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mentor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7540" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="2F7C8E15" w14:textId="31F8E3CD">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2018 – 2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU Family Resources Advisory Board</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="5505CA82" w14:textId="3A4FF72E">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AVID Career Day, Vista Verde Middle School</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Invited Speaker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="5A36B0FF" w14:textId="2A588BA8">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Open Door, Tumor Immunology Booth, ASU</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Volunteer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="7F310352" w14:textId="41F36E02">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SOLSMATE, Arizona State University</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mentor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="16595515" w14:textId="5F3B4590">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Graduate Recruitment Weekend, ASU</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Micro Buddy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="7C21B681" w14:textId="34B953AF">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lake Pleasant Overnight Excursion, Sunset Canyon Elementary</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chaperone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="5A73F83B" w:rsidRDefault="006C7531" w14:paraId="346375B0" w14:textId="05024151">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lake Pleasant Overnight Excursion, Sunset Canyon Elementary</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="5A73F83B" w:rsidR="5A73F83B">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chaperone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="007364B7" w:rsidRDefault="006C7531" w14:paraId="01028DD1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...48 lines deleted...]
-    <w:p w14:paraId="57415051" w14:textId="7535FDE6" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Development</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00897F1F" w:rsidP="00017AAB" w:rsidRDefault="00897F1F" w14:paraId="39DAC0AF" w14:textId="3C12B299">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1706">
-[...50 lines deleted...]
-    <w:p w14:paraId="7FB31C2C" w14:textId="04B055B4" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Leadership Symposium &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Los Angeles, CA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C80FDF" w:rsidP="00017AAB" w:rsidRDefault="00C80FDF" w14:paraId="651324C6" w14:textId="063355BE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1706">
-[...33 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Data &amp; AI Intensive Research Training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Jackson, MS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00742DE9" w:rsidP="31D0FE91" w:rsidRDefault="00742DE9" w14:paraId="4FF5EE97" w14:textId="2F5FEAC3">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F1706">
-[...17 lines deleted...]
-    <w:p w14:paraId="154CC1A4" w14:textId="52DBCE53" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Cocci Study Group Meeting</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="31D0FE91" w:rsidR="31D0FE91">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri" w:cstheme="minorAscii"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Phoenix, AZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="009A633A" w:rsidP="00017AAB" w:rsidRDefault="009A633A" w14:paraId="1D024689" w14:textId="33794FC4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1706">
-[...58 lines deleted...]
-    <w:p w14:paraId="3CAD7B95" w14:textId="0C44272E" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador of Science Retreat &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Atlanta, GA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00BA7738" w:rsidP="00017AAB" w:rsidRDefault="00BA7738" w14:paraId="3CDF8B50" w14:textId="29F93376">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F1706">
-[...41 lines deleted...]
-    <w:p w14:paraId="1F46E8D1" w14:textId="3FE57B3C" w:rsidR="006C62CF" w:rsidRDefault="006C62CF" w:rsidP="00D846A6">
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador of Science Retreat &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Houston, TX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00373585" w:rsidP="00017AAB" w:rsidRDefault="00373585" w14:paraId="570C503D" w14:textId="6562A7FE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2BA65389" w14:textId="7365B112" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023 - </w:t>
+      </w:r>
+      <w:r w:rsidR="00807DD7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97556">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASM Future Leaders Mentoring Fellowship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Virtual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="004D727E" w:rsidP="00017AAB" w:rsidRDefault="004D727E" w14:paraId="1E254696" w14:textId="2313B99A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="24A80AAC" w14:textId="7C103E02" w:rsidR="005A091F" w:rsidRDefault="005A091F" w:rsidP="006C7531">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Academy of Sciences Impact &amp; Control of Valley Fever</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Virtual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00194E73" w:rsidP="00017AAB" w:rsidRDefault="00194E73" w14:paraId="7D451D70" w14:textId="219BB382">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w14:paraId="5824E271" w14:textId="497EE871" w:rsidR="00DE4D4F" w:rsidRDefault="00DE4D4F" w:rsidP="006C7531">
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation Writing Camp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="000D130E" w:rsidP="00017AAB" w:rsidRDefault="000D130E" w14:paraId="1DDD794D" w14:textId="0D3182B1">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w14:paraId="672CC9FD" w14:textId="69E54DBF" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Young Ambassador of S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cience Retreat &amp; ASM Microbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Washington, DC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00017AAB" w:rsidR="0090026F" w:rsidP="00017AAB" w:rsidRDefault="0090026F" w14:paraId="3EBE8FB1" w14:textId="1F9526A5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...273 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
-      <w:r w:rsidR="00744C9F">
-[...871 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...23 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GC×GC Advanced Course</w:t>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00373585">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2024</w:t>
-[...449 lines deleted...]
-        </w:rPr>
         <w:t>GC×GC Symposium</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D741FB8" w14:textId="2AB34F05" w:rsidR="007B39F7" w:rsidRPr="00017AAB" w:rsidRDefault="007B39F7" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="007B39F7" w:rsidP="00017AAB" w:rsidRDefault="007B39F7" w14:paraId="1D741FB8" w14:textId="2AB34F05">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -18484,322 +20400,329 @@
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BB64E2" w14:textId="40546948" w:rsidR="00843981" w:rsidRPr="00017AAB" w:rsidRDefault="00843981" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="00843981" w:rsidP="00017AAB" w:rsidRDefault="00843981" w14:paraId="75BB64E2" w14:textId="40546948">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Succe</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ss in Graduate Writing Camp</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...23 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2C5466" w14:textId="7F262C64" w:rsidR="007B7540" w:rsidRPr="00017AAB" w:rsidRDefault="007B7540" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="007B7540" w:rsidP="00017AAB" w:rsidRDefault="007B7540" w14:paraId="5B2C5466" w14:textId="7F262C64">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graduat</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">e College Career Navigators </w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...15 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D79FAB" w14:textId="44EC27B5" w:rsidR="005A091F" w:rsidRPr="00017AAB" w:rsidRDefault="005A091F" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="005A091F" w:rsidP="00017AAB" w:rsidRDefault="005A091F" w14:paraId="75D79FAB" w14:textId="44EC27B5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GC×GC Symposium</w:t>
       </w:r>
-      <w:r w:rsidR="00440127" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00440127">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Workshop</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...15 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00440127" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00440127">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Leco</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493FF9AF" w14:textId="125B5F11" w:rsidR="007B7540" w:rsidRPr="00017AAB" w:rsidRDefault="0090026F" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="007B7540" w:rsidP="00017AAB" w:rsidRDefault="0090026F" w14:paraId="493FF9AF" w14:textId="125B5F11">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
@@ -18812,77 +20735,84 @@
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Data Science Foundations</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007B7540" w:rsidRPr="00017AAB">
-[...21 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="007B7540">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="007B7540">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="007B7540">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="007B7540">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0728E5" w14:textId="2B4C635F" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="0090026F" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="0090026F" w14:paraId="5A0728E5" w14:textId="2B4C635F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
@@ -18895,334 +20825,348 @@
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Statistics in Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00017AAB">
-[...29 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB8CC35" w14:textId="663D979C" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="5FB8CC35" w14:textId="663D979C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Graphic Design for Pos</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ters, Figures, and Proposals</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...7 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7EEB97" w14:textId="489207D4" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="4F7EEB97" w14:textId="489207D4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CSW/SC Professional D</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>evelopment Conference</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...15 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5320CDA1" w14:textId="7D25C824" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="5320CDA1" w14:textId="7D25C824">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
-      <w:r w:rsidR="007B7540" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="007B7540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B7540" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="007B7540">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PFx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Preparin</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>g Future Faculty and Scholars</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...7 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7D8829" w14:textId="7B5A8A73" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="0090026F" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="0090026F" w14:paraId="2C7D8829" w14:textId="7B5A8A73">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
@@ -19251,152 +21195,166 @@
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00017AAB">
-[...13 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="006C7531">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ft Worth, TX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66DD4B3C" w14:textId="762634AB" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="66DD4B3C" w14:textId="762634AB">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Progr</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>amming and Statistics Workshop</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529C1B6E" w14:textId="52EE0BC7" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="529C1B6E" w14:textId="52EE0BC7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
@@ -19410,167 +21368,174 @@
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>63</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual </w:t>
       </w:r>
-      <w:r w:rsidR="003945FE" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="003945FE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coccidioidomycosis </w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Study Group</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>UC Davis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D5349C" w14:textId="21FA3B4F" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="49D5349C" w14:textId="21FA3B4F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2018</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R and Programming</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Skills Development Workshop</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...7 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ASU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135022DC" w14:textId="6B7B9BA5" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="135022DC" w14:textId="6B7B9BA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00373585">
@@ -19584,109 +21549,116 @@
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>62</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual </w:t>
       </w:r>
-      <w:r w:rsidR="003945FE" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="003945FE">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Coccidioidomycosis </w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Study Group</w:t>
       </w:r>
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
-[...7 lines deleted...]
-      <w:r w:rsidR="0090026F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="0090026F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Flagstaff, AZ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045611C4" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00D45AC6" w:rsidRDefault="006C7531" w14:paraId="045611C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional Affiliations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F43663" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="74F43663" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Association for the Advancement of Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -19698,54 +21670,61 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2003-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57D757EB" w14:textId="6E047FA5" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="57D757EB" w14:textId="6E047FA5">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Society for Microbiology</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -19773,188 +21752,209 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA1D5CD" w14:textId="263461E8" w:rsidR="00EE21AB" w:rsidRDefault="00EE21AB" w:rsidP="00017AAB">
+    <w:p w:rsidR="00EE21AB" w:rsidP="00017AAB" w:rsidRDefault="00EE21AB" w14:paraId="3DA1D5CD" w14:textId="263461E8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>ASM Young Ambassador to Arizona</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EB600F" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00EB600F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2022-</w:t>
       </w:r>
       <w:r w:rsidR="00D45AC6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B54B832" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="7B54B832" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>American Society for Microbiology, AZ/Southern NV Branch</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C2B5098" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="7C2B5098" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Association for Women in Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -19982,148 +21982,169 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BFCFEE" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="24BFCFEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Biodesign Center for Fundamental and Applied Microbiomics, ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D98A8E9" w14:textId="4924702F" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="6D98A8E9" w14:textId="4924702F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Biodesign Center for Immunotherapy, Vaccines, and Virotherapy, ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-</w:t>
       </w:r>
-      <w:r w:rsidR="00083B0C" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00083B0C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1494EF7A" w14:textId="12A2197A" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="1494EF7A" w14:textId="12A2197A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Microbiology Graduate Student Association, ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -20135,62 +22156,69 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-</w:t>
       </w:r>
-      <w:r w:rsidR="00F623B7" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00F623B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B3E67A" w14:textId="2B38F17A" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="30B3E67A" w14:textId="2B38F17A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Immunology Graduate Student Association, ASU</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -20210,77 +22238,91 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2017-</w:t>
       </w:r>
-      <w:r w:rsidR="00F623B7" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00F623B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009D90EB" w14:textId="38FE708E" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="009D90EB" w14:textId="38FE708E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>President</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -20310,121 +22352,135 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2018-</w:t>
       </w:r>
-      <w:r w:rsidR="00F623B7" w:rsidRPr="00017AAB">
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00F623B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C00D3BA" w14:textId="316DA942" w:rsidR="006870B5" w:rsidRPr="00017AAB" w:rsidRDefault="006870B5" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006870B5" w:rsidP="00017AAB" w:rsidRDefault="006870B5" w14:paraId="4C00D3BA" w14:textId="316DA942">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>International Society for Human and Animal Mycology</w:t>
       </w:r>
-      <w:r w:rsidR="00D6270C" w:rsidRPr="00017AAB">
-[...37 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00D6270C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00D6270C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00D6270C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00D6270C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00D6270C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB" w:rsidR="00D6270C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2022-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF6B264" w14:textId="73CE4A2F" w:rsidR="007758E2" w:rsidRPr="00017AAB" w:rsidRDefault="007758E2" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="007758E2" w:rsidP="00017AAB" w:rsidRDefault="007758E2" w14:paraId="5DF6B264" w14:textId="73CE4A2F">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>New York Academy of Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
@@ -20460,952 +22516,888 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00017AAB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>2021-Present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CD3C7F" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00D45AC6">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00D45AC6" w:rsidRDefault="006C7531" w14:paraId="37CD3C7F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Skills</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Certifications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5796A5A9" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="5796A5A9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Programming</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="495E1B50" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="495E1B50" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4A9A83" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="3A4A9A83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B16743F" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="006C7531" w:rsidP="00017AAB" w:rsidRDefault="006C7531" w14:paraId="5B16743F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Applications:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07767ADE" w14:textId="6BBBDEE7" w:rsidR="006C7531" w:rsidRPr="00017AAB" w:rsidRDefault="006C7531" w:rsidP="00017AAB">
+    <w:p w:rsidRPr="00017AAB" w:rsidR="007771AB" w:rsidP="007771AB" w:rsidRDefault="007771AB" w14:paraId="64BB8319" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microsoft Office, ChromaTOF, </w:t>
       </w:r>
-      <w:r w:rsidR="00AC216A" w:rsidRPr="00017AAB">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ChromaTOF Tile, </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ChromaTOF Statistical Compare, </w:t>
       </w:r>
       <w:r w:rsidRPr="00017AAB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Adobe Illustrator, Adobe Photoshop</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6754524A" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+        <w:t>ChromaTOF Tile, Adobe Illustrator, Adobe Photoshop, Lab Archives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="6754524A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28E5D134" w14:textId="7AD2816C" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="00017AAB" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="00017AAB" w14:paraId="28E5D134" w14:textId="7AD2816C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Platforms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13977616" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="13977616" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Leco </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pegaus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4D GC×GC-TOFMS, Gerstel MPS Robotic autosampler</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3499D454" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="000F1706" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="000F1706" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="3499D454" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1706">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C73660C" w14:textId="335DAD73" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="0C73660C" w14:textId="335DAD73">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Heather D. Bean</w:t>
       </w:r>
       <w:r w:rsidR="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Ph.D.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421E916F" w14:textId="0EB11AAF" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="00F9604B" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="00F9604B" w14:paraId="421E916F" w14:textId="0EB11AAF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Associate</w:t>
       </w:r>
-      <w:r w:rsidR="006C7531" w:rsidRPr="00DF6FC1">
+      <w:r w:rsidRPr="00DF6FC1" w:rsidR="006C7531">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Professor, School of Life Sciences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BE1635" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="29BE1635" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Arizona State University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C66C2A5" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="7C66C2A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>School of Life Sciences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D463A84" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="0D463A84" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PO BOX 874501 Tempe, AZ 85287-4501</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546EF7A1" w14:textId="40934060" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="546EF7A1" w14:textId="40934060">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00F9604B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hone: 480-727-3395; </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00DF6FC1" w:rsidRPr="007F3516">
+      <w:hyperlink w:history="1" r:id="rId22">
+        <w:r w:rsidRPr="007F3516" w:rsidR="00DF6FC1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Heather.D.Bean@asu.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DF6FC1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401EC98F" w14:textId="77777777" w:rsidR="006C7531" w:rsidRPr="00DF6FC1" w:rsidRDefault="006C7531" w:rsidP="006C7531">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="006C7531" w:rsidP="006C7531" w:rsidRDefault="006C7531" w14:paraId="401EC98F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46915FB4" w14:textId="77777777" w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidRDefault="00DF6FC1" w:rsidP="00DF6FC1">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="46915FB4" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bridget Marie Barker, Ph.D.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52116716" w14:textId="085D6D85" w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidRDefault="007A336D" w:rsidP="00DF6FC1">
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="52116716" w14:textId="3C4025AA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Associate</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1">
+        <w:t>Professor</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Professor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF6FC1">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7588F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E7588F">
+        <w:t>Dept. of Biological Sciences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="00ACAA03" w14:textId="77777777">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Dept. of Biological Sciences</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00ACAA03" w14:textId="77777777" w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidRDefault="00DF6FC1" w:rsidP="00DF6FC1">
+        <w:t>Associate Director NAU ABSL3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="7B02E198" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Associate Director NAU ABSL3</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B02E198" w14:textId="77777777" w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidRDefault="00DF6FC1" w:rsidP="00DF6FC1">
+        <w:t>Pathogen and Microbiome Institute</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="38958060" w14:textId="77777777">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Pathogen and Microbiome Institute</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38958060" w14:textId="77777777" w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidRDefault="00DF6FC1" w:rsidP="00DF6FC1">
+        <w:t>Northern Arizona University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="4D747787" w14:textId="38C82DAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6FC1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Northern Arizona University</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4D747787" w14:textId="38C82DAB" w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidRDefault="00DF6FC1" w:rsidP="00DF6FC1">
+        <w:t>PO Box 4073</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF6FC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flagstaff AZ 86011</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidP="00DF6FC1" w:rsidRDefault="00DF6FC1" w14:paraId="7774005F" w14:textId="3D2261DA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF6FC1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PO Box 4073</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Phone: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF6FC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>928-523-6074</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9604B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DF6FC1">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Flagstaff AZ 86011</w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId23">
         <w:r w:rsidRPr="007F3516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Bridget.Barker@nau.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00DF6FC1" w:rsidRPr="00DF6FC1" w:rsidSect="00E45033">
-[...1 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="00DF6FC1" w:rsidR="00DF6FC1" w:rsidSect="00E45033">
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0695ED77" w14:textId="77777777" w:rsidR="00DB07CA" w:rsidRDefault="00DB07CA" w:rsidP="00E45033">
+    <w:p w:rsidR="008F15B1" w:rsidP="00E45033" w:rsidRDefault="008F15B1" w14:paraId="1F395788" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C9DE8BD" w14:textId="77777777" w:rsidR="00DB07CA" w:rsidRDefault="00DB07CA" w:rsidP="00E45033">
+    <w:p w:rsidR="008F15B1" w:rsidP="00E45033" w:rsidRDefault="008F15B1" w14:paraId="2359AC88" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="01542D7A" w14:textId="7349E66E" w:rsidR="006350E3" w:rsidRDefault="006350E3">
+  <w:p w:rsidR="006350E3" w:rsidRDefault="006350E3" w14:paraId="01542D7A" w14:textId="7349E66E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>EA Higgins Keppler</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
-      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+      <w:ptab w:alignment="right" w:relativeTo="margin" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">CV </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:rtl/>
         <w:lang w:bidi="he-IL"/>
       </w:rPr>
       <w:t>׀</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00373585">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="745D9F8B" w14:textId="77777777" w:rsidR="00DB07CA" w:rsidRDefault="00DB07CA" w:rsidP="00E45033">
+    <w:p w:rsidR="008F15B1" w:rsidP="00E45033" w:rsidRDefault="008F15B1" w14:paraId="66EF073A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16AC5859" w14:textId="77777777" w:rsidR="00DB07CA" w:rsidRDefault="00DB07CA" w:rsidP="00E45033">
+    <w:p w:rsidR="008F15B1" w:rsidP="00E45033" w:rsidRDefault="008F15B1" w14:paraId="28956EF7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1066" style="width:9pt;height:9pt;visibility:visible;mso-wrap-style:square" o:bullet="t" type="#_x0000_t75">
+        <v:imagedata o:title="" r:id="rId1"/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00160BEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC0242CA"/>
     <w:lvl w:ilvl="0" w:tplc="D58627E6">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -21635,50 +23627,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08B70B94"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AA9A446A"/>
+    <w:lvl w:ilvl="0" w:tplc="0BE82BC0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAF5BBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66E02D18"/>
     <w:lvl w:ilvl="0" w:tplc="9C481286">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -21723,51 +23804,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D687D6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2862826E"/>
     <w:lvl w:ilvl="0" w:tplc="DEB69D82">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21816,51 +23897,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="148D1175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C682F51A"/>
     <w:lvl w:ilvl="0" w:tplc="B4DC12D0">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21909,51 +23990,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="159D6F57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D5E5DE2"/>
+    <w:lvl w:ilvl="0" w:tplc="A05C79EC">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="163F120E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7521256"/>
     <w:lvl w:ilvl="0" w:tplc="EDC642DA">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22002,51 +24172,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="193D00C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CF220F0"/>
     <w:lvl w:ilvl="0" w:tplc="0660D522">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22095,51 +24265,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CAE033B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C56075C"/>
     <w:lvl w:ilvl="0" w:tplc="8236B7C2">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22184,51 +24354,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EF70F26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FFA84B8"/>
     <w:lvl w:ilvl="0" w:tplc="6ECE361C">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22273,51 +24443,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="203970DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D66D83C"/>
     <w:lvl w:ilvl="0" w:tplc="5DC238D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22362,51 +24532,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21403DDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65C2616A"/>
     <w:lvl w:ilvl="0" w:tplc="EAEC20F2">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22455,51 +24625,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="278545DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51967DE0"/>
     <w:lvl w:ilvl="0" w:tplc="ECF40E56">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22548,51 +24718,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31B94D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5AA0D80"/>
     <w:lvl w:ilvl="0" w:tplc="3DCAD54A">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22637,51 +24807,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32D724CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A99077F6"/>
     <w:lvl w:ilvl="0" w:tplc="A38CBC2C">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22726,51 +24896,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33714055"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D36C19E"/>
     <w:lvl w:ilvl="0" w:tplc="7F9C0B42">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -22819,51 +24989,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34392971"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="214E17A2"/>
     <w:lvl w:ilvl="0" w:tplc="1C961950">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22908,51 +25078,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35A41CA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E34F77C"/>
     <w:lvl w:ilvl="0" w:tplc="234A1CC4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -22997,51 +25167,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36C30A40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C172EE8A"/>
     <w:lvl w:ilvl="0" w:tplc="724AEE80">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23090,51 +25260,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="390E7E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E18A52E"/>
     <w:lvl w:ilvl="0" w:tplc="41AA9CB6">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23183,51 +25353,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39FC42A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33746170"/>
     <w:lvl w:ilvl="0" w:tplc="A840140C">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23276,51 +25446,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E200753"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39746680"/>
     <w:lvl w:ilvl="0" w:tplc="535093DA">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -23365,51 +25535,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ECC62A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7F6EF24"/>
     <w:lvl w:ilvl="0" w:tplc="2898ADEA">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -23454,51 +25624,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="406B1BB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56BE0C2C"/>
     <w:lvl w:ilvl="0" w:tplc="2B36FC38">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -23543,51 +25713,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42975579"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91F4E004"/>
     <w:lvl w:ilvl="0" w:tplc="B622D874">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -23632,51 +25802,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42DC22B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32C0669E"/>
+    <w:lvl w:ilvl="0" w:tplc="9A2C3370">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43683AE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE24F32C"/>
     <w:lvl w:ilvl="0" w:tplc="B344C6E2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -23721,51 +25980,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="458A0EE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="56440A8A"/>
+    <w:lvl w:ilvl="0" w:tplc="66600CB8">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46113DBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FAE2382C"/>
     <w:lvl w:ilvl="0" w:tplc="57AE1FF6">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23814,51 +26162,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49C30984"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="915635DA"/>
     <w:lvl w:ilvl="0" w:tplc="9C34E7C2">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -23903,51 +26251,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A6667E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3BCACA0"/>
     <w:lvl w:ilvl="0" w:tplc="4F328750">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -23996,51 +26344,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A7072BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87C039CE"/>
     <w:lvl w:ilvl="0" w:tplc="EC18D1C8">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24089,56 +26437,56 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="562A3EB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4E1C0B48"/>
-[...1 lines deleted...]
-      <w:start w:val="5"/>
+    <w:tmpl w:val="1BF26EA8"/>
+    <w:lvl w:ilvl="0" w:tplc="7AE8AB28">
+      <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -24178,51 +26526,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59F00A02"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6C09A50"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C587205"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8ADA3756"/>
     <w:lvl w:ilvl="0" w:tplc="74BA638C">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24267,51 +26704,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FF7521E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17580304"/>
     <w:lvl w:ilvl="0" w:tplc="C3A67220">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24356,51 +26793,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62F77C14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CADA9F70"/>
     <w:lvl w:ilvl="0" w:tplc="520062C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24449,51 +26886,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63282EBE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6C09A50"/>
     <w:lvl w:ilvl="0" w:tplc="E440F0F0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24538,51 +26975,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63C953CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E90035F8"/>
     <w:lvl w:ilvl="0" w:tplc="FB105AFC">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -24631,196 +27068,196 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E80298"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="071AED58"/>
     <w:lvl w:ilvl="0" w:tplc="E0326760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Normal10pt"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="9C586AAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2232"/>
         </w:tabs>
         <w:ind w:left="2232" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6508212B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A1EFE82"/>
     <w:lvl w:ilvl="0" w:tplc="BD1C6562">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24865,51 +27302,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6876528D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A8A8A02"/>
     <w:lvl w:ilvl="0" w:tplc="478C4A12">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -24954,51 +27391,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="692A4FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FA06594"/>
     <w:lvl w:ilvl="0" w:tplc="8F1A577E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25043,51 +27480,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F9F6E21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C7619E0"/>
     <w:lvl w:ilvl="0" w:tplc="5358AB30">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25132,51 +27569,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70512A19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64E41444"/>
     <w:lvl w:ilvl="0" w:tplc="3AD8C4F0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25225,51 +27662,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7072035D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="607CCB94"/>
     <w:lvl w:ilvl="0" w:tplc="1EEEED14">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25318,51 +27755,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71F91EE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="489290EA"/>
     <w:lvl w:ilvl="0" w:tplc="999A57C0">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25411,51 +27848,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="737F24D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="991A19FE"/>
     <w:lvl w:ilvl="0" w:tplc="C15A1200">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25500,51 +27937,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7766618D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E34F77C"/>
     <w:lvl w:ilvl="0" w:tplc="234A1CC4">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25589,51 +28026,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="778A3810"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="014C26FE"/>
     <w:lvl w:ilvl="0" w:tplc="5EB6D0C0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25682,51 +28119,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EC11189"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C829A32"/>
     <w:lvl w:ilvl="0" w:tplc="A3461F3A">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -25771,51 +28208,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FB638C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="875AE90E"/>
     <w:lvl w:ilvl="0" w:tplc="71BE053A">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -25865,669 +28302,725 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="987057641">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1399550341">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="515392344">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1443575038">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1763407841">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="794101418">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2114667738">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1028800217">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1753618594">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1753618594">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="10" w16cid:durableId="2085255502">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1176724885">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1393625176">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1896970536">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="675421424">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1706053321">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="781801746">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1638877772">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1366714288">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1441414249">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1348363135">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="522867045">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1706053321">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="22" w16cid:durableId="182330577">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="781801746">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="23" w16cid:durableId="1831825975">
+    <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1638877772">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="24" w16cid:durableId="1542859082">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1366714288">
+  <w:num w:numId="25" w16cid:durableId="849222449">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="32659519">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="118111847">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1989045735">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1441414249">
-[...11 lines deleted...]
-  <w:num w:numId="23" w16cid:durableId="1831825975">
+  <w:num w:numId="29" w16cid:durableId="977491222">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1542859082">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="30" w16cid:durableId="797144352">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1381829171">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="562179845">
-    <w:abstractNumId w:val="45"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="446655202">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="463088564">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="657881816">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="796918363">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="432284745">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1443526064">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="904296727">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1356883172">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1696688767">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="939950052">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="828012636">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1554006576">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1298294606">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1870294987">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1525560100">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="657881816">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="48" w16cid:durableId="595332753">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="796918363">
+  <w:num w:numId="49" w16cid:durableId="1181697156">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="691491018">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1476331574">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="432284745">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="52" w16cid:durableId="581379786">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1443526064">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="53" w16cid:durableId="2081053485">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="904296727">
-[...26 lines deleted...]
-  <w:num w:numId="48" w16cid:durableId="595332753">
+  <w:num w:numId="54" w16cid:durableId="1554582711">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayMDezsDAxNDQwNzE2tTBW0lEKTi0uzszPAykwMagFAN0DMlMtAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDayMDezsDAxNDQwNzE2tTBW0lEKTi0uzszPAykwMakFANnGXjctAAAA"/>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;0&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
     <w:docVar w:name="EN.Layout" w:val="&lt;ENLayout&gt;&lt;Style&gt;Numbered&lt;/Style&gt;&lt;LeftDelim&gt;{&lt;/LeftDelim&gt;&lt;RightDelim&gt;}&lt;/RightDelim&gt;&lt;FontName&gt;Calibri&lt;/FontName&gt;&lt;FontSize&gt;10&lt;/FontSize&gt;&lt;ReflistTitle&gt;&lt;/ReflistTitle&gt;&lt;StartingRefnum&gt;1&lt;/StartingRefnum&gt;&lt;FirstLineIndent&gt;0&lt;/FirstLineIndent&gt;&lt;HangingIndent&gt;720&lt;/HangingIndent&gt;&lt;LineSpacing&gt;0&lt;/LineSpacing&gt;&lt;SpaceAfter&gt;0&lt;/SpaceAfter&gt;&lt;HyperlinksEnabled&gt;0&lt;/HyperlinksEnabled&gt;&lt;HyperlinksVisible&gt;0&lt;/HyperlinksVisible&gt;&lt;EnableBibliographyCategories&gt;0&lt;/EnableBibliographyCategories&gt;&lt;/ENLayout&gt;"/>
     <w:docVar w:name="EN.Libraries" w:val="&lt;Libraries&gt;&lt;item db-id=&quot;w5ss90vr2ps95kea59ivv02fwvveft05ae05&quot;&gt;My EndNote Library-Converted&lt;record-ids&gt;&lt;item&gt;976&lt;/item&gt;&lt;/record-ids&gt;&lt;/item&gt;&lt;/Libraries&gt;"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B954B9"/>
     <w:rsid w:val="000012A8"/>
     <w:rsid w:val="000157E8"/>
     <w:rsid w:val="00017AAB"/>
     <w:rsid w:val="00022451"/>
+    <w:rsid w:val="00044662"/>
     <w:rsid w:val="0008083F"/>
     <w:rsid w:val="00083B0C"/>
     <w:rsid w:val="00092F36"/>
     <w:rsid w:val="000B5EBB"/>
     <w:rsid w:val="000B608E"/>
     <w:rsid w:val="000D130E"/>
+    <w:rsid w:val="000D21B8"/>
     <w:rsid w:val="000D3AFB"/>
     <w:rsid w:val="000D57ED"/>
     <w:rsid w:val="000E2809"/>
     <w:rsid w:val="000F3919"/>
     <w:rsid w:val="000F6317"/>
     <w:rsid w:val="0011524E"/>
     <w:rsid w:val="00132DCC"/>
     <w:rsid w:val="00140001"/>
     <w:rsid w:val="0014136E"/>
     <w:rsid w:val="0014247E"/>
     <w:rsid w:val="00154344"/>
     <w:rsid w:val="00157E50"/>
     <w:rsid w:val="00162DE1"/>
     <w:rsid w:val="00170B75"/>
     <w:rsid w:val="00177218"/>
     <w:rsid w:val="00181973"/>
+    <w:rsid w:val="001839FE"/>
     <w:rsid w:val="00194E73"/>
     <w:rsid w:val="001A7CC9"/>
     <w:rsid w:val="001B0656"/>
     <w:rsid w:val="001B3C89"/>
     <w:rsid w:val="001B7D55"/>
     <w:rsid w:val="001C0FDA"/>
+    <w:rsid w:val="001D14E8"/>
     <w:rsid w:val="001E341B"/>
     <w:rsid w:val="001F2719"/>
     <w:rsid w:val="001F5175"/>
     <w:rsid w:val="00214DC2"/>
     <w:rsid w:val="00222799"/>
     <w:rsid w:val="002268F9"/>
     <w:rsid w:val="00227BD5"/>
     <w:rsid w:val="002402D3"/>
     <w:rsid w:val="002449F4"/>
     <w:rsid w:val="00244F6D"/>
     <w:rsid w:val="00247E10"/>
     <w:rsid w:val="00250B98"/>
     <w:rsid w:val="002555C9"/>
     <w:rsid w:val="002612E5"/>
     <w:rsid w:val="0027051F"/>
     <w:rsid w:val="0027509B"/>
     <w:rsid w:val="002924E3"/>
     <w:rsid w:val="002A2F99"/>
+    <w:rsid w:val="002D0AFB"/>
     <w:rsid w:val="002D12FD"/>
     <w:rsid w:val="002D2CF9"/>
     <w:rsid w:val="002D4683"/>
     <w:rsid w:val="00302FCD"/>
+    <w:rsid w:val="00307EB2"/>
     <w:rsid w:val="00323014"/>
     <w:rsid w:val="0032322B"/>
     <w:rsid w:val="003419E9"/>
     <w:rsid w:val="00342869"/>
     <w:rsid w:val="0034676E"/>
     <w:rsid w:val="00346DD5"/>
     <w:rsid w:val="003575B1"/>
     <w:rsid w:val="00357C19"/>
     <w:rsid w:val="00360414"/>
     <w:rsid w:val="00362C8D"/>
     <w:rsid w:val="00373585"/>
     <w:rsid w:val="00382385"/>
     <w:rsid w:val="003849C1"/>
     <w:rsid w:val="003945FE"/>
     <w:rsid w:val="003A431C"/>
     <w:rsid w:val="003B00B4"/>
     <w:rsid w:val="003B7C31"/>
     <w:rsid w:val="003C7FDF"/>
     <w:rsid w:val="003D6C20"/>
+    <w:rsid w:val="003E077B"/>
     <w:rsid w:val="003E2279"/>
     <w:rsid w:val="003E45AF"/>
     <w:rsid w:val="003E7334"/>
     <w:rsid w:val="003F1A2E"/>
     <w:rsid w:val="00427833"/>
     <w:rsid w:val="004303AE"/>
     <w:rsid w:val="00433532"/>
     <w:rsid w:val="004356FA"/>
     <w:rsid w:val="00440127"/>
     <w:rsid w:val="00440D9B"/>
     <w:rsid w:val="00450ADB"/>
     <w:rsid w:val="00454C68"/>
     <w:rsid w:val="004623BA"/>
     <w:rsid w:val="00464DA5"/>
+    <w:rsid w:val="00481009"/>
     <w:rsid w:val="00497473"/>
     <w:rsid w:val="004A1585"/>
     <w:rsid w:val="004A4DF4"/>
     <w:rsid w:val="004B40CA"/>
     <w:rsid w:val="004B6361"/>
     <w:rsid w:val="004D727E"/>
     <w:rsid w:val="004E1AA8"/>
     <w:rsid w:val="004E2D6B"/>
     <w:rsid w:val="004F0241"/>
     <w:rsid w:val="004F6B17"/>
     <w:rsid w:val="004F6E47"/>
     <w:rsid w:val="00503FDB"/>
     <w:rsid w:val="00507500"/>
     <w:rsid w:val="00507523"/>
     <w:rsid w:val="005118DA"/>
     <w:rsid w:val="00533D77"/>
     <w:rsid w:val="00546370"/>
     <w:rsid w:val="00547897"/>
     <w:rsid w:val="00561CE4"/>
+    <w:rsid w:val="00562AC9"/>
     <w:rsid w:val="00573BB6"/>
     <w:rsid w:val="0058382B"/>
     <w:rsid w:val="005A091F"/>
     <w:rsid w:val="005A4FEE"/>
     <w:rsid w:val="005C7AEB"/>
     <w:rsid w:val="005D4DDC"/>
     <w:rsid w:val="005E4956"/>
     <w:rsid w:val="005E590B"/>
     <w:rsid w:val="006021F6"/>
+    <w:rsid w:val="00613631"/>
     <w:rsid w:val="0061489E"/>
     <w:rsid w:val="006220EA"/>
     <w:rsid w:val="00622380"/>
     <w:rsid w:val="006350E3"/>
     <w:rsid w:val="0065147B"/>
     <w:rsid w:val="00667ABD"/>
     <w:rsid w:val="006777E1"/>
     <w:rsid w:val="00677AF1"/>
     <w:rsid w:val="006832CA"/>
     <w:rsid w:val="006870B5"/>
     <w:rsid w:val="00693037"/>
     <w:rsid w:val="00694DA3"/>
     <w:rsid w:val="006A1DAF"/>
     <w:rsid w:val="006B1D3F"/>
+    <w:rsid w:val="006B3272"/>
     <w:rsid w:val="006B3999"/>
     <w:rsid w:val="006B5BE4"/>
     <w:rsid w:val="006C08A4"/>
     <w:rsid w:val="006C62CF"/>
+    <w:rsid w:val="006C6DB5"/>
     <w:rsid w:val="006C7531"/>
     <w:rsid w:val="006D3E4A"/>
     <w:rsid w:val="006D7161"/>
+    <w:rsid w:val="006D7E64"/>
+    <w:rsid w:val="006E4BC9"/>
     <w:rsid w:val="006F1E1A"/>
     <w:rsid w:val="006F48B3"/>
     <w:rsid w:val="00704483"/>
     <w:rsid w:val="00715E83"/>
     <w:rsid w:val="007364B7"/>
     <w:rsid w:val="00737D34"/>
     <w:rsid w:val="00740CD7"/>
+    <w:rsid w:val="00742DE9"/>
     <w:rsid w:val="00744C9F"/>
     <w:rsid w:val="007626C1"/>
     <w:rsid w:val="007758E2"/>
+    <w:rsid w:val="007771AB"/>
     <w:rsid w:val="007A222D"/>
     <w:rsid w:val="007A336D"/>
     <w:rsid w:val="007A7B4F"/>
     <w:rsid w:val="007B39F7"/>
     <w:rsid w:val="007B7540"/>
+    <w:rsid w:val="007C4ACA"/>
     <w:rsid w:val="007D2FD9"/>
     <w:rsid w:val="007E04F9"/>
     <w:rsid w:val="007F742B"/>
+    <w:rsid w:val="00807DD7"/>
     <w:rsid w:val="00820593"/>
     <w:rsid w:val="00823993"/>
     <w:rsid w:val="008321E3"/>
     <w:rsid w:val="00836792"/>
     <w:rsid w:val="00840AB4"/>
     <w:rsid w:val="00843981"/>
     <w:rsid w:val="008678F4"/>
     <w:rsid w:val="00877D2A"/>
     <w:rsid w:val="0088793D"/>
+    <w:rsid w:val="00894738"/>
     <w:rsid w:val="0089489C"/>
     <w:rsid w:val="00897F1F"/>
     <w:rsid w:val="008C256F"/>
     <w:rsid w:val="008D2C98"/>
     <w:rsid w:val="008D66AF"/>
     <w:rsid w:val="008E02E2"/>
     <w:rsid w:val="008E6F71"/>
+    <w:rsid w:val="008F15B1"/>
     <w:rsid w:val="0090026F"/>
+    <w:rsid w:val="00900E32"/>
     <w:rsid w:val="00914508"/>
     <w:rsid w:val="00972355"/>
     <w:rsid w:val="00975F04"/>
     <w:rsid w:val="00993213"/>
     <w:rsid w:val="009A1962"/>
     <w:rsid w:val="009A3804"/>
     <w:rsid w:val="009A633A"/>
     <w:rsid w:val="009C0354"/>
     <w:rsid w:val="009D3445"/>
     <w:rsid w:val="009E1B1E"/>
     <w:rsid w:val="009E5435"/>
     <w:rsid w:val="009F2394"/>
     <w:rsid w:val="00A00E49"/>
+    <w:rsid w:val="00A17F21"/>
     <w:rsid w:val="00A200EA"/>
     <w:rsid w:val="00A20FB3"/>
     <w:rsid w:val="00A45EF5"/>
     <w:rsid w:val="00A5009A"/>
     <w:rsid w:val="00A54EC4"/>
     <w:rsid w:val="00A56B27"/>
     <w:rsid w:val="00A63ECE"/>
     <w:rsid w:val="00A74F61"/>
     <w:rsid w:val="00A94984"/>
     <w:rsid w:val="00A95191"/>
     <w:rsid w:val="00AA1A4B"/>
     <w:rsid w:val="00AA47EC"/>
     <w:rsid w:val="00AB4B42"/>
     <w:rsid w:val="00AC216A"/>
     <w:rsid w:val="00AC647D"/>
     <w:rsid w:val="00AC6DF7"/>
     <w:rsid w:val="00AC7009"/>
     <w:rsid w:val="00AD731B"/>
     <w:rsid w:val="00AE1C6A"/>
     <w:rsid w:val="00AE3AFD"/>
     <w:rsid w:val="00AE5064"/>
     <w:rsid w:val="00AE73EE"/>
     <w:rsid w:val="00B13659"/>
     <w:rsid w:val="00B214F8"/>
     <w:rsid w:val="00B250A9"/>
+    <w:rsid w:val="00B40D3A"/>
     <w:rsid w:val="00B4129F"/>
     <w:rsid w:val="00B763C5"/>
     <w:rsid w:val="00B82E41"/>
     <w:rsid w:val="00B84CCD"/>
     <w:rsid w:val="00B84F52"/>
     <w:rsid w:val="00B859EA"/>
     <w:rsid w:val="00B8709F"/>
     <w:rsid w:val="00B917DC"/>
     <w:rsid w:val="00B92417"/>
     <w:rsid w:val="00B954B9"/>
     <w:rsid w:val="00BA7738"/>
     <w:rsid w:val="00BA7B49"/>
     <w:rsid w:val="00BC14AB"/>
     <w:rsid w:val="00BE2B0D"/>
     <w:rsid w:val="00BE309F"/>
     <w:rsid w:val="00C0091B"/>
     <w:rsid w:val="00C20306"/>
+    <w:rsid w:val="00C215C5"/>
     <w:rsid w:val="00C215FA"/>
     <w:rsid w:val="00C2177C"/>
     <w:rsid w:val="00C24CCF"/>
     <w:rsid w:val="00C2792E"/>
     <w:rsid w:val="00C32C3C"/>
     <w:rsid w:val="00C35F75"/>
     <w:rsid w:val="00C50338"/>
+    <w:rsid w:val="00C52107"/>
     <w:rsid w:val="00C55800"/>
     <w:rsid w:val="00C65DBA"/>
+    <w:rsid w:val="00C80FDF"/>
+    <w:rsid w:val="00C8380D"/>
     <w:rsid w:val="00C85CC7"/>
     <w:rsid w:val="00C90F70"/>
+    <w:rsid w:val="00C97556"/>
     <w:rsid w:val="00CA0A1F"/>
     <w:rsid w:val="00CA4118"/>
     <w:rsid w:val="00CB445A"/>
     <w:rsid w:val="00CB7001"/>
     <w:rsid w:val="00CB751D"/>
     <w:rsid w:val="00CC3CE8"/>
     <w:rsid w:val="00CE730E"/>
+    <w:rsid w:val="00CF0D2E"/>
     <w:rsid w:val="00CF2CAB"/>
     <w:rsid w:val="00CF74ED"/>
     <w:rsid w:val="00D02EC0"/>
     <w:rsid w:val="00D04189"/>
     <w:rsid w:val="00D11EFE"/>
     <w:rsid w:val="00D331A5"/>
     <w:rsid w:val="00D406F4"/>
     <w:rsid w:val="00D45AC6"/>
     <w:rsid w:val="00D52EFD"/>
     <w:rsid w:val="00D54615"/>
     <w:rsid w:val="00D55E12"/>
     <w:rsid w:val="00D57A02"/>
+    <w:rsid w:val="00D60D5B"/>
     <w:rsid w:val="00D6270C"/>
     <w:rsid w:val="00D76F7B"/>
     <w:rsid w:val="00D775B5"/>
     <w:rsid w:val="00D846A6"/>
     <w:rsid w:val="00D92F07"/>
     <w:rsid w:val="00DA1511"/>
     <w:rsid w:val="00DA2090"/>
     <w:rsid w:val="00DB07CA"/>
     <w:rsid w:val="00DB1690"/>
     <w:rsid w:val="00DB3F23"/>
     <w:rsid w:val="00DB6781"/>
     <w:rsid w:val="00DC1E23"/>
     <w:rsid w:val="00DC328F"/>
     <w:rsid w:val="00DD43E6"/>
     <w:rsid w:val="00DD5953"/>
     <w:rsid w:val="00DE26D7"/>
     <w:rsid w:val="00DE4D4F"/>
     <w:rsid w:val="00DE5D3B"/>
     <w:rsid w:val="00DF0C61"/>
     <w:rsid w:val="00DF5451"/>
     <w:rsid w:val="00DF6FC1"/>
     <w:rsid w:val="00E12F2B"/>
     <w:rsid w:val="00E25079"/>
     <w:rsid w:val="00E2559F"/>
     <w:rsid w:val="00E30708"/>
     <w:rsid w:val="00E45033"/>
     <w:rsid w:val="00E51CA8"/>
     <w:rsid w:val="00E5698A"/>
+    <w:rsid w:val="00E651A1"/>
+    <w:rsid w:val="00E707D6"/>
     <w:rsid w:val="00E7588F"/>
     <w:rsid w:val="00E84852"/>
     <w:rsid w:val="00E86DB9"/>
     <w:rsid w:val="00E87CA8"/>
     <w:rsid w:val="00EA67A6"/>
     <w:rsid w:val="00EB600F"/>
     <w:rsid w:val="00EB76BA"/>
     <w:rsid w:val="00ED3D60"/>
     <w:rsid w:val="00EE21AB"/>
     <w:rsid w:val="00EF068C"/>
     <w:rsid w:val="00EF3E6B"/>
     <w:rsid w:val="00EF62F2"/>
     <w:rsid w:val="00F0017D"/>
     <w:rsid w:val="00F02891"/>
     <w:rsid w:val="00F075E9"/>
     <w:rsid w:val="00F1097E"/>
     <w:rsid w:val="00F10D1A"/>
     <w:rsid w:val="00F14B1B"/>
     <w:rsid w:val="00F239D1"/>
     <w:rsid w:val="00F23CB7"/>
     <w:rsid w:val="00F316A1"/>
     <w:rsid w:val="00F372CA"/>
     <w:rsid w:val="00F623B7"/>
     <w:rsid w:val="00F6345C"/>
     <w:rsid w:val="00F8383C"/>
     <w:rsid w:val="00F9604B"/>
     <w:rsid w:val="00F97BAC"/>
     <w:rsid w:val="00FA0B4A"/>
     <w:rsid w:val="00FA3E08"/>
+    <w:rsid w:val="00FB3DE9"/>
+    <w:rsid w:val="00FC1650"/>
+    <w:rsid w:val="00FD3158"/>
     <w:rsid w:val="00FD7A57"/>
     <w:rsid w:val="00FE1055"/>
+    <w:rsid w:val="00FE36CB"/>
     <w:rsid w:val="00FE5278"/>
     <w:rsid w:val="00FE5D6F"/>
     <w:rsid w:val="00FF008C"/>
     <w:rsid w:val="00FF2C8E"/>
+    <w:rsid w:val="211407D8"/>
+    <w:rsid w:val="271B1157"/>
+    <w:rsid w:val="31D0FE91"/>
+    <w:rsid w:val="5A73F83B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4BB5A849"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0346BBEE-0627-4AFC-877A-584060F09B68}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -26683,52 +29176,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -26795,509 +29288,508 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C7FDF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="1"/>
       </w:pBdr>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:smallCaps/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="003C7FDF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:smallCaps/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="-7"/>
       <w:sz w:val="80"/>
       <w:szCs w:val="80"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="-7"/>
       <w:sz w:val="80"/>
       <w:szCs w:val="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
@@ -27309,89 +29801,89 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="240"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="accent1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="accent1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:rPr>
       <w:b/>
@@ -27438,307 +29930,319 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B954B9"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0088793D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal10pt">
+  <w:style w:type="paragraph" w:styleId="Normal10pt" w:customStyle="1">
     <w:name w:val="Normal + 10 pt"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0088793D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E45033"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E45033"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E45033"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E45033"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliographyTitle">
+  <w:style w:type="paragraph" w:styleId="EndNoteBibliographyTitle" w:customStyle="1">
     <w:name w:val="EndNote Bibliography Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndNoteBibliographyTitleChar"/>
     <w:rsid w:val="0058382B"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
+  <w:style w:type="character" w:styleId="NoSpacingChar" w:customStyle="1">
     <w:name w:val="No Spacing Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="NoSpacing"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0058382B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndNoteBibliographyTitleChar">
+  <w:style w:type="character" w:styleId="EndNoteBibliographyTitleChar" w:customStyle="1">
     <w:name w:val="EndNote Bibliography Title Char"/>
     <w:basedOn w:val="NoSpacingChar"/>
     <w:link w:val="EndNoteBibliographyTitle"/>
     <w:rsid w:val="0058382B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliography">
+  <w:style w:type="paragraph" w:styleId="EndNoteBibliography" w:customStyle="1">
     <w:name w:val="EndNote Bibliography"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndNoteBibliographyChar"/>
     <w:rsid w:val="0058382B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndNoteBibliographyChar">
+  <w:style w:type="character" w:styleId="EndNoteBibliographyChar" w:customStyle="1">
     <w:name w:val="EndNote Bibliography Char"/>
     <w:basedOn w:val="NoSpacingChar"/>
     <w:link w:val="EndNoteBibliography"/>
     <w:rsid w:val="0058382B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:noProof/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820593"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820593"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00820593"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820593"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00820593"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00820593"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00820593"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="highwire-cite-metadata-journal">
+  <w:style w:type="character" w:styleId="highwire-cite-metadata-journal" w:customStyle="1">
     <w:name w:val="highwire-cite-metadata-journal"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D55E12"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="highwire-cite-metadata-pages">
+  <w:style w:type="character" w:styleId="highwire-cite-metadata-pages" w:customStyle="1">
     <w:name w:val="highwire-cite-metadata-pages"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D55E12"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="il">
+  <w:style w:type="character" w:styleId="il" w:customStyle="1">
     <w:name w:val="il"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00DF6FC1"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D3445"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E84852"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8380D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="574360952">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="698362342">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -27877,60 +30381,59 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2012482758">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof9010115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40588-024-00216-x" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.21228/M85H6W" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.D.Bean@asu.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emily.Higgins@asu.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fgene.2020.00483" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.21228/M85H6W" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.21228/M85H6W" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/DUYKT5ht5cQ?t=5466" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2020.01035" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/BeanLabASU/metabimpute" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00040-21" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/jjCqnZtZEMg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.1c04093" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.trac.2018.10.015" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bridget.Barker@nau.edu" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/frmbi.2025.1699912" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fgene.2020.00483" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.21228/M85H6W" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/DUYKT5ht5cQ?t=5466" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Emily.Higgins@asu.edu" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2020.01035" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.21228/M85H6W" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/BeanLabASU/metabimpute" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/jjCqnZtZEMg" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00040-21" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.trac.2018.10.015" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bridget.Barker@nau.edu" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1021/acs.analchem.1c04093" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.21228/M85H6W" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/jof9010115" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40588-024-00216-x" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Heather.D.Bean@asu.edu" TargetMode="External" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="000000"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -28147,81 +30650,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>Arizona State University</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Emily Higgins Keppler</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Emily Higgins Keppler</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>34b1ab6d9daf4e76351833e2c4dd092f7a939ac246e79d9acfb2921a629d83d9</vt:lpwstr>
   </property>
 </Properties>
 </file>