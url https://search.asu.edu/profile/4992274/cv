--- v0 (2026-01-13)
+++ v1 (2026-03-07)
@@ -143,791 +143,845 @@
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B24C9C">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>DUCATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B3E44B2" w14:textId="77777777" w:rsidR="00872457" w:rsidRPr="00872457" w:rsidRDefault="00D143CF" w:rsidP="00872457">
+    <w:p w14:paraId="3B3E44B2" w14:textId="77777777" w:rsidR="00872457" w:rsidRPr="00872457" w:rsidRDefault="00732B79" w:rsidP="00872457">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:pict w14:anchorId="30A154D6">
-[...330 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="00732B79">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:pict w14:anchorId="467FC7BA">
-          <v:rect id="_x0000_i1031" alt="" style="width:396pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="30A154D6">
+          <v:rect id="_x0000_i1025" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="460DB648" w14:textId="72C227BE" w:rsidR="00686231" w:rsidRDefault="00686231" w:rsidP="00686231">
+    <w:p w14:paraId="5EDE4285" w14:textId="74F0C1D3" w:rsidR="00B24C9C" w:rsidRDefault="004A5184" w:rsidP="004A5184">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB66A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2024 – Present</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B24C9C" w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FB66A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2022 – 2024</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Present</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24C9C" w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Arizona State University -- PhD, Comparative Culture and Language </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26EE8E04" w14:textId="515E0192" w:rsidR="00B347E8" w:rsidRDefault="00B347E8" w:rsidP="004A5184">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Primary Concentration: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Italian Language &amp; Culture</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2C0295" w14:textId="5B47F656" w:rsidR="00611BC8" w:rsidRPr="00611BC8" w:rsidRDefault="00B347E8" w:rsidP="004A5184">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Secondary Concentration: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Classical Literature &amp; Culture</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAACAB3" w14:textId="77777777" w:rsidR="00B24C9C" w:rsidRPr="00B24C9C" w:rsidRDefault="00B24C9C" w:rsidP="00B24C9C">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262EFB76" w14:textId="26013220" w:rsidR="00B24C9C" w:rsidRDefault="004A5184" w:rsidP="00B24C9C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24C9C" w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00B24C9C" w:rsidRPr="00B24C9C">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00B24C9C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Villanova University -- MA</w:t>
+      </w:r>
+      <w:r w:rsidR="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021, Premodern European </w:t>
+      </w:r>
+      <w:r w:rsidR="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>History</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B0A674" w14:textId="77777777" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00B24C9C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F2816C6" w14:textId="2022187C" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00B24C9C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB66A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2021 – 2022</w:t>
-[...23 lines deleted...]
-      <w:pPr>
+        <w:t>2016 – 2017</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Loyola University Chicago, John Felice Rome Center – Study Abroad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A207CC2" w14:textId="77777777" w:rsidR="004A5184" w:rsidRDefault="004A5184" w:rsidP="00B24C9C">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7371ADD0" w14:textId="327E5BFF" w:rsidR="00B24C9C" w:rsidRDefault="004A5184" w:rsidP="008764E1">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB66A1">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2020 – 2021</w:t>
-[...183 lines deleted...]
-    <w:p w14:paraId="2B7AD16C" w14:textId="77777777" w:rsidR="005C609A" w:rsidRPr="005C609A" w:rsidRDefault="005C609A" w:rsidP="005C609A">
+        <w:t>2015 – 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Saint Louis University -- BA 2019, History &amp; Italian Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5FFA46" w14:textId="1A4C6902" w:rsidR="00C735F0" w:rsidRPr="00C735F0" w:rsidRDefault="00C735F0" w:rsidP="008764E1">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Honors Thesis: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>“Keeping Italian in St. Louis, 1900-1980” (Advisor: M. Ruff, P. Gavitt)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBEAB50" w14:textId="77777777" w:rsidR="00686231" w:rsidRDefault="00686231" w:rsidP="008764E1">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD72F27" w14:textId="77777777" w:rsidR="00686231" w:rsidRDefault="00686231" w:rsidP="008764E1">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01CE9D46" w14:textId="77777777" w:rsidR="00686231" w:rsidRPr="00686231" w:rsidRDefault="00686231" w:rsidP="00686231">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C609A">
+      <w:r w:rsidRPr="00686231">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">PUBLICATIONS </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>EMPLOYMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BAE4C1" w14:textId="18C7DD41" w:rsidR="00686231" w:rsidRDefault="00732B79" w:rsidP="008764E1">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00732B79">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="467FC7BA">
+          <v:rect id="_x0000_i1026" alt="" style="width:396pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460DB648" w14:textId="72C227BE" w:rsidR="00686231" w:rsidRDefault="00686231" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2024 – Present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Graduate Teaching Associate, Arizona State University, SILC </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDA0D65" w14:textId="77777777" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E865CCC" w14:textId="1D7B9072" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2022 – 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    Social Studies Teacher and Dept. Chair, Highland Prep West</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EE44A9" w14:textId="77777777" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="309C727E" w14:textId="286138F6" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2021 – 2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    Ancient and Medieval History Teacher, Trivium Preparatory Academy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C32D89" w14:textId="77777777" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04418E6F" w14:textId="34D2FD26" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2020 – 2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    Special Collections &amp; Archives Technician, Villanova University, Falvey Library</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B278329" w14:textId="77777777" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="00686231">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="656A7C15" w14:textId="1D467519" w:rsidR="00DC19DC" w:rsidRDefault="00DC19DC" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2019 – 2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Graduate </w:t>
+      </w:r>
+      <w:r w:rsidR="001D308B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fellowship Advisor, </w:t>
+      </w:r>
+      <w:r w:rsidR="005C181D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Villanova University, Center of Research and Fellowships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280CBB2F" w14:textId="77777777" w:rsidR="00951253" w:rsidRDefault="00951253" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE5B0FF" w14:textId="2C056EC5" w:rsidR="00951253" w:rsidRDefault="00951253" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2019 – 2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Graduate Research Assistant, Villanova University Department of History</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFDC398" w14:textId="77777777" w:rsidR="005C181D" w:rsidRDefault="005C181D" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3404D5AB" w14:textId="67774C0A" w:rsidR="005C181D" w:rsidRDefault="005C181D" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2018</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Archives and Museum Intern, The Hill Neighborhood Center </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6C0BDE" w14:textId="77777777" w:rsidR="005C181D" w:rsidRDefault="005C181D" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B0B3645" w14:textId="14CAAF33" w:rsidR="005C181D" w:rsidRDefault="005C181D" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2017</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Archives and Archaeology Intern, Pontifico Istituto di Archeologia Cristiana</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0F68CC" w14:textId="77777777" w:rsidR="00D760DB" w:rsidRPr="00B24C9C" w:rsidRDefault="00D760DB" w:rsidP="005C181D">
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="1680"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B25FD7F" w14:textId="77777777" w:rsidR="00B24C9C" w:rsidRDefault="00B24C9C" w:rsidP="001E0F66">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B7AD16C" w14:textId="77777777" w:rsidR="005C609A" w:rsidRPr="005C609A" w:rsidRDefault="005C609A" w:rsidP="005C609A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PUBLICATIONS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C0DF72" w14:textId="77777777" w:rsidR="005C609A" w:rsidRPr="00872457" w:rsidRDefault="00732B79" w:rsidP="005C609A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00732B79">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:pict w14:anchorId="19F46517">
-          <v:rect id="_x0000_i1030" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1027" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4334BD" w14:textId="77777777" w:rsidR="005C609A" w:rsidRDefault="005C609A" w:rsidP="005C609A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C4B21A9" w14:textId="77777777" w:rsidR="005C609A" w:rsidRDefault="005C609A" w:rsidP="005C609A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
         </w:rPr>
         <w:t>Articles &amp; Book Chapters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06993041" w14:textId="5EF5054D" w:rsidR="00AF56A4" w:rsidRDefault="00AF56A4" w:rsidP="00AF56A4">
+    <w:p w14:paraId="13D2C2A2" w14:textId="7389F6B8" w:rsidR="00732B79" w:rsidRPr="00732B79" w:rsidRDefault="00732B79" w:rsidP="00AF56A4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Webb, Kimberly. “Kissed Hand and Kissed Head: The Constructions of Kissing on the Jewish-Christian Margins in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joseph and Aseneth.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal for the Study of the Pseudepigrapha. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">In review, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06993041" w14:textId="64BBCDCB" w:rsidR="00AF56A4" w:rsidRDefault="00AF56A4" w:rsidP="00AF56A4">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Webb, Kimberly. "Sisters According to Spirit: Clarissen Charity, Care, and Consorority in Italy, 1250-1500."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>Comitatus: A Journal for Medieval and Renaissance Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, vol. 52, 2021, pp. 1-15.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDCE6EF" w14:textId="55A5234A" w:rsidR="00AF56A4" w:rsidRDefault="00AF56A4" w:rsidP="00AF56A4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Webb, Kimberly. "Mothers, Children, and Servants: Gender, Social Power, and Domestic Service in Trecento and Quattrocento Tuscany."</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
         </w:rPr>
         <w:t>CONCEPT: An Interdisciplinary Journal of Graduate Studies</w:t>
       </w:r>
       <w:r>
         <w:t>, vol. 43, 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B37912F" w14:textId="6C8BED5C" w:rsidR="00AF56A4" w:rsidRPr="00AF56A4" w:rsidRDefault="00AF56A4" w:rsidP="00AF56A4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
       </w:pPr>
       <w:r>
         <w:t>Webb, Kimberly. "Food, Community, and Identity on the Hill."</w:t>
       </w:r>
@@ -1348,2620 +1402,2710 @@
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2943CA82" w14:textId="77777777" w:rsidR="005C609A" w:rsidRDefault="005C609A" w:rsidP="005C609A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>TEACHING EXPERIENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667A6D39" w14:textId="2571B0A0" w:rsidR="000B11AC" w:rsidRPr="000B11AC" w:rsidRDefault="00D143CF" w:rsidP="00A90D2B">
+    <w:p w14:paraId="667A6D39" w14:textId="2571B0A0" w:rsidR="000B11AC" w:rsidRPr="000B11AC" w:rsidRDefault="00732B79" w:rsidP="00A90D2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:pict w14:anchorId="01190E40">
-[...691 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="00732B79">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:pict w14:anchorId="1147D9D7">
+        <w:pict w14:anchorId="01190E40">
           <v:rect id="_x0000_i1028" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7132BAC4" w14:textId="1BD5FE9B" w:rsidR="002F4737" w:rsidRPr="002F4737" w:rsidRDefault="002F4737" w:rsidP="00A90D2B">
-[...77 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="4CFE236E" w14:textId="102D51A6" w:rsidR="000B11AC" w:rsidRDefault="000B11AC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arizona State University – Teaching Assistant for Study Abroad (2025-present) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2457FB12" w14:textId="36BBB1B0" w:rsidR="000B11AC" w:rsidRPr="000B11AC" w:rsidRDefault="000B11AC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Experience Italian Language and Culture </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Lecce, Italy, Winter 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03559DAB" w14:textId="77777777" w:rsidR="000B11AC" w:rsidRDefault="000B11AC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11742ACC" w14:textId="4CA22441" w:rsidR="000B11AC" w:rsidRPr="000B11AC" w:rsidRDefault="008764E1" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Arizona State University</w:t>
       </w:r>
       <w:r w:rsidR="00A90D2B">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
         </w:rPr>
-        <w:tab/>
-[...79 lines deleted...]
-        <w:t>Spring 2022</w:t>
+        <w:t xml:space="preserve"> – Teaching Assistant (20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B051EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="00A90D2B">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
         </w:rPr>
-        <w:tab/>
-[...12 lines deleted...]
-        <w:t>Formative Assessment Award</w:t>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B051EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Present</w:t>
       </w:r>
       <w:r w:rsidR="00A90D2B">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
-        </w:rPr>
-[...34 lines deleted...]
-        <w:t>Fall 2022</w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4929CF40" w14:textId="48205D79" w:rsidR="00732B79" w:rsidRPr="00732B79" w:rsidRDefault="00732B79" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Food &amp; Culture: The Mediterranean Lifestyle in Italy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fall 2025, Spring 2026, Summer 2026, Fall 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45026A1D" w14:textId="05167241" w:rsidR="00A90D2B" w:rsidRPr="005C609A" w:rsidRDefault="00B051EC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Italian 101 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
       </w:r>
       <w:r w:rsidR="00A90D2B">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
-          <w:b/>
-[...600 lines deleted...]
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000B11AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08ADB0B5" w14:textId="1521BC3E" w:rsidR="00A90D2B" w:rsidRPr="005C609A" w:rsidRDefault="00B051EC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mafia and Film </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000B11AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00730EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>, Summer 2025, Fall 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00732B79">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>, Summer 2026, Fall 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C87C79B" w14:textId="394D8E42" w:rsidR="00A90D2B" w:rsidRDefault="00B347E8" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Exploring Cultures: Words, Images, Stories</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B" w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>CONFERENCE PRESENTATIONS</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00472C0D">
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B99F4F" w14:textId="77777777" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6846B830" w14:textId="7D88DD9B" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Highland Prep Academy – </w:t>
+      </w:r>
+      <w:r w:rsidR="00D760DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lead Teacher</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2022 – 2024) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6B8608" w14:textId="6E435506" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Middlebury Spanish </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2023, Spring 2024 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBA9C83" w14:textId="4183057B" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Middlebury French </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fall 2023, Spring 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A9B0C0" w14:textId="09FAAB9D" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C43F3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>United States History</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Spring 2023, Fall 2023, Spring 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54959582" w14:textId="700FF892" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C43F3A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Pre-AP World History</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fall 2022, Spring 2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E826277" w14:textId="105D7E13" w:rsidR="00C43F3A" w:rsidRDefault="00C43F3A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pre-AP Art History </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2022 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7FDF98" w14:textId="77777777" w:rsidR="00D30FBC" w:rsidRDefault="00D30FBC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4040FB0D" w14:textId="14AB6813" w:rsidR="00D30FBC" w:rsidRDefault="00D30FBC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trivium Preparatory Academy – Teacher (2021 – 2022) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF69B9B" w14:textId="59ACAE18" w:rsidR="00D30FBC" w:rsidRDefault="00D30FBC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ancient History </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30FBC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4001678A" w14:textId="7C561980" w:rsidR="00A90D2B" w:rsidRPr="00F2326B" w:rsidRDefault="00D30FBC" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medieval History </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C609A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30FBC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grade </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EDF7FF" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRPr="005C609A" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="144FA378" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>, PANELS,</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; INVITED LECTURES </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3F0C8A90" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRPr="00872457" w:rsidRDefault="00D143CF" w:rsidP="00A90D2B">
+        <w:t>GRANTS &amp; AWARDS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3EDE0D" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRPr="00872457" w:rsidRDefault="00732B79" w:rsidP="00A90D2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:pict w14:anchorId="280EF026">
-[...570 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidR="00732B79">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:pict w14:anchorId="3A07564A">
-          <v:rect id="_x0000_i1026" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        <w:pict w14:anchorId="1147D9D7">
+          <v:rect id="_x0000_i1029" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="618A7578" w14:textId="4CD22ACB" w:rsidR="00EE2698" w:rsidRPr="00EE2698" w:rsidRDefault="00EE2698" w:rsidP="0053407F">
+    <w:p w14:paraId="7132BAC4" w14:textId="1BD5FE9B" w:rsidR="002F4737" w:rsidRPr="002F4737" w:rsidRDefault="002F4737" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Summer 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dorothy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E10272">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Govaker</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E10272">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Endowed Scholarship, Arizona State University. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6950E56A" w14:textId="77777777" w:rsidR="002F4737" w:rsidRDefault="002F4737" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F1238B5" w14:textId="06B1AD45" w:rsidR="00A90D2B" w:rsidRDefault="00B347E8" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Summer 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB66A1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Block Grant. Comparative Culture &amp; Language Program, Arizona State University</w:t>
+      </w:r>
+      <w:r w:rsidR="005F44ED">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B25705" w14:textId="77777777" w:rsidR="00F2326B" w:rsidRDefault="00F2326B" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40E98972" w14:textId="6167F8DC" w:rsidR="00F2326B" w:rsidRPr="00F2326B" w:rsidRDefault="00F2326B" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F2326B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F2326B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F2326B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University Graduate Fellowship, Arizona State University. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19164442" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06455CEA" w14:textId="0D7D4C0D" w:rsidR="00A90D2B" w:rsidRPr="005C609A" w:rsidRDefault="001E0F66" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Spring 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Formative Assessment Award</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Highland Prep West</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10272">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0A34AE" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5893CF7A" w14:textId="6670C840" w:rsidR="00A90D2B" w:rsidRDefault="00B77EB9" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fall 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008449D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Teacher Leadership Award</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="008449D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Highland Prep West</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10272">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F7CAEC" w14:textId="77777777" w:rsidR="008449D6" w:rsidRDefault="008449D6" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DA08F2E" w14:textId="357B52A2" w:rsidR="008449D6" w:rsidRDefault="005F44ED" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Barnes Conference International History Award. Temple University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09BA9F7D" w14:textId="77777777" w:rsidR="005F44ED" w:rsidRDefault="005F44ED" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D64514B" w14:textId="571DEBAA" w:rsidR="005F44ED" w:rsidRDefault="0002139E" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Semifinalist, Fulbright Open Research Award. U</w:t>
+      </w:r>
+      <w:r w:rsidR="00890931">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>nited States Dept.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745283E5" w14:textId="77777777" w:rsidR="0002139E" w:rsidRDefault="0002139E" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A2366DB" w14:textId="31E6B84B" w:rsidR="0002139E" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 – 2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Full Tuition Merit Scholarship. Villanova University Dept. of History.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219918F6" w14:textId="77777777" w:rsidR="00890931" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AA213CD" w14:textId="1ADB3444" w:rsidR="00890931" w:rsidRPr="00890931" w:rsidRDefault="00890931" w:rsidP="00CF4136">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
-          <w:bCs/>
-[...19 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CF4136">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Phi Alpha Theta History Student of the Year. Saint Louis University Dept. of History</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10272">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4E5489" w14:textId="77777777" w:rsidR="00890931" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6841D465" w14:textId="65F91012" w:rsidR="00890931" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Elsesser Urban History Research Grant. Saint Louis University Dept. of History.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ADE8F6D" w14:textId="77777777" w:rsidR="00890931" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="046D2411" w14:textId="1EEA7C86" w:rsidR="00890931" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Research Travel Grant (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Organizer, “Who Cares: Reflections on the Past, Present, and Future of Care and Care Studies” Conference, </w:t>
-[...266 lines deleted...]
-    <w:p w14:paraId="0DB4DD85" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
+        <w:t>declined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>). Saint Louis University Dept. of History.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748E8E5C" w14:textId="77777777" w:rsidR="00890931" w:rsidRPr="00890931" w:rsidRDefault="00890931" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398B541C" w14:textId="24B7EF6E" w:rsidR="00A90D2B" w:rsidRDefault="00FC31E5" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC31E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dean’s List. Saint Louis University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D66672B" w14:textId="77777777" w:rsidR="00FC31E5" w:rsidRDefault="00FC31E5" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18D3E619" w14:textId="3FC2387B" w:rsidR="00FC31E5" w:rsidRDefault="00FC31E5" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fall 201</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0A54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="004D0A54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D0A54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Residence Hall Honorary Diamond Award. Saint Louis University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CE4986" w14:textId="77777777" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FF1A1E3" w14:textId="18FDAA31" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Dean’s List. Saint Louis University.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E39381" w14:textId="77777777" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279EC9FB" w14:textId="27EFDFFB" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fall 2016</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Dean’s List. Loyola University Chicago. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3408CFF6" w14:textId="77777777" w:rsidR="004D0A54" w:rsidRDefault="004D0A54" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AEBFAD7" w14:textId="38707860" w:rsidR="004D0A54" w:rsidRDefault="0080446A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016 – 2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Vogelheim Student Scholarship. John Felice Rome Center.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EC11E6" w14:textId="77777777" w:rsidR="0080446A" w:rsidRDefault="0080446A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C009908" w14:textId="4DC6CCB2" w:rsidR="0080446A" w:rsidRDefault="0080446A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Eugene Mariani Award for Italian Language. Italian Club of St. Louis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706E6C42" w14:textId="77777777" w:rsidR="0080446A" w:rsidRDefault="0080446A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="363E7265" w14:textId="5EA7AFFD" w:rsidR="0080446A" w:rsidRPr="0080446A" w:rsidRDefault="0080446A" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 – 2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ignatian Scholarship. Saint Louis University. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31269961" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="30D6E499" w14:textId="69C7C0A2" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>FOREIGN LANGUAGES</w:t>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>CONFERENCE PRESENTATIONS</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, PANELS,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; INVITED LECTURES </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0C8A90" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRPr="00872457" w:rsidRDefault="00732B79" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00732B79">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="280EF026">
+          <v:rect id="_x0000_i1030" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D43A98" w14:textId="4229808C" w:rsidR="00326AC9" w:rsidRPr="00326AC9" w:rsidRDefault="00326AC9" w:rsidP="00326AC9">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00326AC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Yea, Verily!</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Towards a New Precognitive-Cognitive Framework in Medieval-Themed Dinner Theater.” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uncommon Senses V: Sensing the Social, the Environmental, and Across Arts and Sciences, Concordia University, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>May 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56AE796E" w14:textId="77777777" w:rsidR="00326AC9" w:rsidRDefault="00326AC9" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA30C7E" w14:textId="68D88D38" w:rsidR="00A90D2B" w:rsidRPr="00472C0D" w:rsidRDefault="002C3F2A" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90D2B" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Sisters According to Spirit: Clarissen Charity, Care, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C0D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Consorority in</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Italy,   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1250- 1500."</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Proceedings of James A. Barnes Club Graduate Student History Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4F6D" w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 10 Apr. 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21EF06A1" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DEF2B0" w14:textId="372DD57B" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Gloria in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Estasis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>!: Female Mystics, Sexual Mores, and Bodily Encounters with God in Medieval Europe.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Saint Louis University Phi Alpha Theta Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 25 Apr. 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21433ADE" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18AAC983" w14:textId="79A5627D" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>“The Hill: Identity, Change, and Urban Space.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Saint Louis University Phi Alpha Theta Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 25 Apr. 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F60EAF2" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423D0444" w14:textId="62FF0EAC" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“Keeping Italian in St. Louis.” Elsesser Urban History Research Grant Winner Panel.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Saint Louis University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 25 Apr. 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD945C4" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22660EDB" w14:textId="2B494F6F" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>“Curry and Chai: Anglo-Indian Cuisine and Colonial Attitudes.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Saint Louis University Phi Alpha Theta Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 26 Apr. 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655D3807" w14:textId="7790A6F6" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC96989" w14:textId="478257A3" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>“The Hill Community Center and Italian American History.” Student Internship Panel.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Saint Louis University Phi Alpha Theta Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 26 Apr. 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DAFDE9" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C52ADB" w14:textId="4B1846E4" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Student Experience Panel.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Reacting to the Past Regional Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, University of Missouri-St. Louis, 20 Apr. 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C61E680" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8C7474" w14:textId="36792DAA" w:rsidR="00472C0D" w:rsidRPr="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“Intelligence Antiheroes: The Mafia and World War II Intelligence.”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Saint Louis University Phi Alpha Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00472C0D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 27 Apr. 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F62A10" w14:textId="77777777" w:rsidR="00472C0D" w:rsidRDefault="00472C0D" w:rsidP="004E4F6D">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19B4AC86" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00A90D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434B5504" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL SERVICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C09471B" w14:textId="77777777" w:rsidR="00872457" w:rsidRPr="00872457" w:rsidRDefault="00732B79" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00732B79">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:pict w14:anchorId="3A07564A">
+          <v:rect id="_x0000_i1031" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C26B489" w14:textId="01FDD4BE" w:rsidR="00D60B2B" w:rsidRPr="00D60B2B" w:rsidRDefault="00D60B2B" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comparative Culture &amp; Language Graduate Student Representative, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arizona State University School of International Letters and Cultures </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21C33A8A" w14:textId="77777777" w:rsidR="00D60B2B" w:rsidRDefault="00D60B2B" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="618A7578" w14:textId="137CF744" w:rsidR="00EE2698" w:rsidRPr="00EE2698" w:rsidRDefault="00EE2698" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organizer, “Who Cares: Reflections on the Past, Present, and Future of Care and Care Studies” Conference, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Arizona State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26022416" w14:textId="77777777" w:rsidR="00EE2698" w:rsidRDefault="00EE2698" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF9A9AE" w14:textId="0DC4D9C5" w:rsidR="00FA125F" w:rsidRDefault="0053407F" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA125F" w:rsidRPr="00FA125F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0053407F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Laterna Prize Judge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>, Arizona State University School of International L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D60B2B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etters </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>&amp; Cultures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66EF4E00" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRPr="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05905562" w14:textId="77A25109" w:rsidR="00FA125F" w:rsidRPr="0053407F" w:rsidRDefault="0053407F" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA125F" w:rsidRPr="00FA125F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peer Reviewer, CONCEPT: An Interdisciplinary Journal for Graduate Studies, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Villanova University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D283BFD" w14:textId="77777777" w:rsidR="00A90D2B" w:rsidRDefault="00A90D2B" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9212E7" w14:textId="290BB35E" w:rsidR="00FA125F" w:rsidRPr="0053407F" w:rsidRDefault="0053407F" w:rsidP="0053407F">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2019 – 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA125F" w:rsidRPr="00FA125F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peer Reviewer, Historically Speaking Blog, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Villanova University Department of History</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DEC1864" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35705A18" w14:textId="40ECE29B" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA125F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0053407F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA125F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20</w:t>
+      </w:r>
+      <w:r w:rsidR="0053407F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA125F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0053407F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0053407F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exam Proctor, </w:t>
+      </w:r>
+      <w:r w:rsidR="0053407F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Villanova University Department of History </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B24854B" w14:textId="77777777" w:rsidR="0053407F" w:rsidRDefault="0053407F" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C15719F" w14:textId="4F2DC042" w:rsidR="00FA125F" w:rsidRDefault="0053407F" w:rsidP="00175A1B">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2019 – 2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fulbright Campus Committee Member, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+        <w:t>Villanova University Center for Research and Fellowships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B16278B" w14:textId="77777777" w:rsidR="00175A1B" w:rsidRPr="00175A1B" w:rsidRDefault="00175A1B" w:rsidP="00175A1B">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB4DD85" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>FOREIGN LANGUAGES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA2FB6C" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRPr="00872457" w:rsidRDefault="00732B79" w:rsidP="00FA125F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00732B79">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:pict w14:anchorId="2498C26F">
-          <v:rect id="_x0000_i1025" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1032" alt="" style="width:468pt;height:.05pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D9462B4" w14:textId="69C92FA1" w:rsidR="00FA125F" w:rsidRDefault="0086071A" w:rsidP="00FA125F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>English</w:t>
       </w:r>
       <w:r w:rsidR="00FA125F">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
         <w:t xml:space="preserve">   Native speaker </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409B98FD" w14:textId="6F2659E5" w:rsidR="00FA125F" w:rsidRDefault="0086071A" w:rsidP="00FA125F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Italian</w:t>
       </w:r>
       <w:r w:rsidR="00FA125F">
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
         <w:t xml:space="preserve">    Fluent in speaking, reading, and listening; translation experience </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C48F6A8" w14:textId="615E3904" w:rsidR="00FA125F" w:rsidRDefault="0086071A" w:rsidP="00FA125F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:b/>
@@ -4058,51 +4202,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F7214" w:rsidRPr="005F7214">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Proficient in reading; translation experience </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B629967" w14:textId="28AD8662" w:rsidR="005F7214" w:rsidRPr="005F7214" w:rsidRDefault="005F7214" w:rsidP="005F7214">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F7214">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Latin: </w:t>
       </w:r>
       <w:r w:rsidRPr="005F7214">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>       Proficient in reading</w:t>
       </w:r>
       <w:r w:rsidR="00632153">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">; translation experience </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC31150" w14:textId="77777777" w:rsidR="005F7214" w:rsidRDefault="005F7214" w:rsidP="00FA125F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A7AE15B" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
       <w:pPr>
         <w:rPr>
@@ -4111,58 +4254,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A08174C" w14:textId="77777777" w:rsidR="00FA125F" w:rsidRDefault="00FA125F" w:rsidP="00FA125F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Adobe Heiti Std R"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA125F" w:rsidSect="00872457">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1008" w:right="1008" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CC2B9AF" w14:textId="77777777" w:rsidR="00D143CF" w:rsidRDefault="00D143CF" w:rsidP="00872457">
+    <w:p w14:paraId="304F448C" w14:textId="77777777" w:rsidR="00C65BFE" w:rsidRDefault="00C65BFE" w:rsidP="00872457">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FDBA73F" w14:textId="77777777" w:rsidR="00D143CF" w:rsidRDefault="00D143CF" w:rsidP="00872457">
+    <w:p w14:paraId="28A54BDE" w14:textId="77777777" w:rsidR="00C65BFE" w:rsidRDefault="00C65BFE" w:rsidP="00872457">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4311,58 +4454,58 @@
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="29F46B53" w14:textId="559351C3" w:rsidR="00872457" w:rsidRDefault="00B051EC" w:rsidP="00B347E8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:t>Kimberly Webb</w:t>
     </w:r>
     <w:r w:rsidR="00872457">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B347E8">
       <w:t>CV</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D53926B" w14:textId="77777777" w:rsidR="00D143CF" w:rsidRDefault="00D143CF" w:rsidP="00872457">
+    <w:p w14:paraId="75415AA7" w14:textId="77777777" w:rsidR="00C65BFE" w:rsidRDefault="00C65BFE" w:rsidP="00872457">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7585B4B1" w14:textId="77777777" w:rsidR="00D143CF" w:rsidRDefault="00D143CF" w:rsidP="00872457">
+    <w:p w14:paraId="0F59DA94" w14:textId="77777777" w:rsidR="00C65BFE" w:rsidRDefault="00C65BFE" w:rsidP="00872457">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="121F5552"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C3E6EDA0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -4450,141 +4593,145 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1049305519">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="285"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006640CD"/>
     <w:rsid w:val="0002139E"/>
     <w:rsid w:val="00021455"/>
     <w:rsid w:val="000B11AC"/>
     <w:rsid w:val="001723B2"/>
     <w:rsid w:val="00175A1B"/>
     <w:rsid w:val="00194506"/>
     <w:rsid w:val="001A7470"/>
     <w:rsid w:val="001D1E47"/>
     <w:rsid w:val="001D308B"/>
     <w:rsid w:val="001E0F66"/>
     <w:rsid w:val="001E73ED"/>
     <w:rsid w:val="002C2E10"/>
     <w:rsid w:val="002C3F2A"/>
     <w:rsid w:val="002F4250"/>
     <w:rsid w:val="002F4737"/>
     <w:rsid w:val="00326AC9"/>
     <w:rsid w:val="003412BA"/>
     <w:rsid w:val="004706EE"/>
     <w:rsid w:val="00472C0D"/>
     <w:rsid w:val="004A5184"/>
     <w:rsid w:val="004D0A54"/>
     <w:rsid w:val="004E4F6D"/>
     <w:rsid w:val="0053407F"/>
+    <w:rsid w:val="00594338"/>
     <w:rsid w:val="005C17D2"/>
     <w:rsid w:val="005C181D"/>
     <w:rsid w:val="005C609A"/>
     <w:rsid w:val="005F44ED"/>
     <w:rsid w:val="005F7214"/>
     <w:rsid w:val="00611BC8"/>
     <w:rsid w:val="00632153"/>
     <w:rsid w:val="006640CD"/>
     <w:rsid w:val="00686231"/>
     <w:rsid w:val="006C0AFD"/>
     <w:rsid w:val="00730EA7"/>
+    <w:rsid w:val="00732B79"/>
     <w:rsid w:val="0080446A"/>
     <w:rsid w:val="00817B8C"/>
     <w:rsid w:val="00837A20"/>
     <w:rsid w:val="008449D6"/>
     <w:rsid w:val="0086071A"/>
     <w:rsid w:val="00872457"/>
     <w:rsid w:val="008764E1"/>
     <w:rsid w:val="00890931"/>
     <w:rsid w:val="008A6288"/>
     <w:rsid w:val="008C4570"/>
     <w:rsid w:val="00915E7D"/>
     <w:rsid w:val="00931776"/>
     <w:rsid w:val="00951253"/>
     <w:rsid w:val="00A12149"/>
     <w:rsid w:val="00A12892"/>
     <w:rsid w:val="00A90D2B"/>
     <w:rsid w:val="00AF56A4"/>
     <w:rsid w:val="00B051EC"/>
     <w:rsid w:val="00B24C9C"/>
     <w:rsid w:val="00B347E8"/>
     <w:rsid w:val="00B45D38"/>
     <w:rsid w:val="00B77EB9"/>
     <w:rsid w:val="00B80546"/>
     <w:rsid w:val="00BC09FC"/>
     <w:rsid w:val="00C20389"/>
     <w:rsid w:val="00C32F3B"/>
     <w:rsid w:val="00C43F3A"/>
+    <w:rsid w:val="00C65BFE"/>
     <w:rsid w:val="00C735F0"/>
     <w:rsid w:val="00CF4136"/>
     <w:rsid w:val="00CF62FC"/>
     <w:rsid w:val="00D143CF"/>
     <w:rsid w:val="00D30FBC"/>
+    <w:rsid w:val="00D60B2B"/>
     <w:rsid w:val="00D760DB"/>
     <w:rsid w:val="00DB0CAD"/>
     <w:rsid w:val="00DC19DC"/>
     <w:rsid w:val="00E03C94"/>
     <w:rsid w:val="00E10272"/>
     <w:rsid w:val="00EE2698"/>
     <w:rsid w:val="00F2326B"/>
     <w:rsid w:val="00FA125F"/>
     <w:rsid w:val="00FB66A1"/>
     <w:rsid w:val="00FC31E5"/>
     <w:rsid w:val="00FF73EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -5460,65 +5607,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1128</Words>
-  <Characters>6115</Characters>
+  <Words>1144</Words>
+  <Characters>6527</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7230</CharactersWithSpaces>
+  <CharactersWithSpaces>7656</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>