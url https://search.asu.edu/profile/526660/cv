--- v0 (2026-01-01)
+++ v1 (2026-01-08)
@@ -90,51 +90,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">College of Health Solutions, </w:t>
       </w:r>
       <w:r w:rsidR="00F81EE4">
         <w:t>Arizona State University</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364D3211" w14:textId="3FC307B8" w:rsidR="004B24CC" w:rsidRDefault="00CE3956" w:rsidP="004B24CC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Phoenix, AZ  85004</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A86823A" w14:textId="3D6924CE" w:rsidR="004B24CC" w:rsidRDefault="00CE3956" w:rsidP="004B24CC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>602-496-0738</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253ED2EC" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00394D5F" w:rsidP="004B24CC">
+    <w:p w14:paraId="253ED2EC" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="0050089C" w:rsidP="004B24CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00F81EE4" w:rsidRPr="001916E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Deborah.L.Williams@asu.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="762E7821" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRPr="007937CE" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -727,79 +727,63 @@
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>2014-</w:t>
       </w:r>
       <w:r w:rsidR="0071261C">
         <w:t>201</w:t>
       </w:r>
       <w:r w:rsidR="00A16954">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Research Affiliate, Mayo Clinic-Scottsdale, AZ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009C2461" w14:textId="03EA8D1C" w:rsidR="002E401A" w:rsidRDefault="002E401A" w:rsidP="00E8187F">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>1995-2017</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">PRN Nurse, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Health Associates, PC, Phoenix, AZ</w:t>
+        <w:t>PRN Nurse, Keye Health Associates, PC, Phoenix, AZ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162671BD" w14:textId="624F83AA" w:rsidR="002E401A" w:rsidRDefault="002E401A" w:rsidP="00E8187F">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>1985-1995</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Office Manager &amp; Head Nurse, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Health Associates, PC, Phoenix, AZ</w:t>
+        <w:t>Office Manager &amp; Head Nurse, Keye Health Associates, PC, Phoenix, AZ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43185EE5" w14:textId="1C2AD665" w:rsidR="002E401A" w:rsidRDefault="002E401A" w:rsidP="00E8187F">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>1980-1985</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Intensive Care Nurse, University of Kansas Medical Center, Kansas City, KS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5278A9BD" w14:textId="77777777" w:rsidR="00511B1F" w:rsidRDefault="00511B1F" w:rsidP="00F81EE4">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D1FEB92" w14:textId="77777777" w:rsidR="005307BA" w:rsidRDefault="005307BA" w:rsidP="00F81EE4">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08434159" w14:textId="67E952F2" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
@@ -807,51 +791,64 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00681FA1">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching </w:t>
       </w:r>
       <w:r w:rsidR="005307BA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Activities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7781310F" w14:textId="77777777" w:rsidR="005307BA" w:rsidRDefault="005307BA" w:rsidP="005307BA">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29276290" w14:textId="5A1196CE" w:rsidR="00E22A39" w:rsidRDefault="00E22A39" w:rsidP="005307BA">
+    <w:p w14:paraId="60417A31" w14:textId="5A890104" w:rsidR="002961E6" w:rsidRDefault="002961E6" w:rsidP="005307BA">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Mentorship</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29276290" w14:textId="059FD881" w:rsidR="00E22A39" w:rsidRDefault="00E22A39" w:rsidP="005307BA">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Post-Graduate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD34416" w14:textId="2C08749B" w:rsidR="00E22A39" w:rsidRDefault="00E22A39" w:rsidP="00E22A39">
       <w:pPr>
         <w:ind w:left="780" w:hanging="780"/>
       </w:pPr>
       <w:r>
         <w:t>2015-6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Danielle Raves, Post-doctoral Fellow, FitPHX Energy Zones Project, Post-Bariatric Lives Project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF54C47" w14:textId="1D5778BE" w:rsidR="00E22A39" w:rsidRDefault="00E22A39" w:rsidP="00E22A39">
@@ -1149,63 +1146,63 @@
       <w:r w:rsidRPr="002D2049">
         <w:tab/>
         <w:t>Lindsay Gibson, Food Choice and Insecurity in the Harmon community</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B20933" w14:textId="07A7DD2B" w:rsidR="005307BA" w:rsidRPr="002D2049" w:rsidRDefault="005307BA" w:rsidP="00E31D59">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="002D2049">
         <w:t>2016</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2049">
         <w:tab/>
         <w:t xml:space="preserve">Audrey Elms, </w:t>
       </w:r>
       <w:r w:rsidR="00E31D59" w:rsidRPr="00E31D59">
         <w:t>Understanding Food Access and Food Choices among Low-Income Inner-City Youth: A Photovoice Projec</w:t>
       </w:r>
       <w:r w:rsidR="00E31D59">
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1317B941" w14:textId="77777777" w:rsidR="005307BA" w:rsidRPr="002D2049" w:rsidRDefault="005307BA" w:rsidP="005307BA">
       <w:r w:rsidRPr="002D2049">
+        <w:lastRenderedPageBreak/>
         <w:t>2016</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2049">
         <w:tab/>
         <w:t>Brady Falk, Wearable technologies in physical activity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102AB048" w14:textId="65BF4DC5" w:rsidR="005307BA" w:rsidRPr="002D2049" w:rsidRDefault="005307BA" w:rsidP="00E31D59">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="002D2049">
-        <w:lastRenderedPageBreak/>
         <w:t>2016</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2049">
         <w:tab/>
         <w:t xml:space="preserve">Megan Kalinich, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E31D59">
         <w:t>How</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E31D59">
         <w:t xml:space="preserve"> do perceptions of nutrition influence student nutritional health behavior and nutritional health-seeking behavior</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564A6510" w14:textId="77777777" w:rsidR="00BB324C" w:rsidRDefault="005307BA" w:rsidP="00BB324C">
       <w:r w:rsidRPr="002D2049">
         <w:t>201</w:t>
       </w:r>
       <w:r w:rsidR="00A81976" w:rsidRPr="002D2049">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="002D2049">
         <w:tab/>
         <w:t>Michael Bejarano</w:t>
@@ -1218,144 +1215,144 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC076F9" w14:textId="3B622B39" w:rsidR="00BB324C" w:rsidRDefault="00BB324C" w:rsidP="00BB324C">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t>the Creation of a Guide</w:t>
       </w:r>
       <w:r w:rsidR="007F3DB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06520B87" w14:textId="16DAB3ED" w:rsidR="007F3DB3" w:rsidRDefault="007F3DB3" w:rsidP="007F3DB3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>2018</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Lindsay Wong, Maternal &amp; Infant Feeding Status Related to infant Temperament, Postpartum Depression and Weight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3556C6" w14:textId="6988587F" w:rsidR="00071C38" w:rsidRPr="007339E5" w:rsidRDefault="00071C38" w:rsidP="007F3DB3">
+    <w:p w14:paraId="5F3556C6" w14:textId="08C8B8B9" w:rsidR="00071C38" w:rsidRDefault="00071C38" w:rsidP="007F3DB3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>2023</w:t>
       </w:r>
-      <w:r w:rsidR="007339E5" w:rsidRPr="007339E5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007339E5" w:rsidRPr="00353999">
         <w:t>-4</w:t>
       </w:r>
-      <w:r w:rsidRPr="007339E5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:tab/>
         <w:t xml:space="preserve">Emily Allan, </w:t>
       </w:r>
-      <w:r w:rsidR="006C082F" w:rsidRPr="007339E5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006C082F" w:rsidRPr="00353999">
         <w:t xml:space="preserve">A Microcosm for Healthy Aging in Arizona </w:t>
       </w:r>
-      <w:r w:rsidR="000D027A" w:rsidRPr="007339E5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000D027A" w:rsidRPr="00353999">
         <w:t>(Chair)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17635612" w14:textId="7A7F2125" w:rsidR="00353999" w:rsidRPr="00353999" w:rsidRDefault="00353999" w:rsidP="00353999">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yolotzin Monroy-Olguin, From Surviving to Thriving: A Paradigm Shift in Pediatric Diabetes for Patients, Families, and Providers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC09D03" w14:textId="475445E5" w:rsidR="006C082F" w:rsidRDefault="006C082F" w:rsidP="007F3DB3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="070A38D0" w14:textId="5E5128F0" w:rsidR="006C082F" w:rsidRDefault="006C082F" w:rsidP="007F3DB3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C082F">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Research Supervision</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9C6829" w14:textId="3A860E02" w:rsidR="006C082F" w:rsidRPr="004D280A" w:rsidRDefault="006C082F" w:rsidP="007F3DB3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D280A">
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="004D280A">
         <w:tab/>
         <w:t xml:space="preserve">Leslie Saldana, </w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t xml:space="preserve">South Phoenix Wellbeing Initiative &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="004D280A">
         <w:t>Blue Zones Community Listening Sessions (facilitation, data collection &amp; analysis)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7254D38C" w14:textId="51A350FA" w:rsidR="006C082F" w:rsidRDefault="006C082F" w:rsidP="006C082F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004D280A">
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="004D280A">
         <w:tab/>
-        <w:t xml:space="preserve">Elizabeth </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Elizabeth Sanchez-Saucedo, </w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t xml:space="preserve">South Phoenix Wellbeing Initiative &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="004D280A">
         <w:t>Blue Zones Community Listening Sessions (facilitation, data collection &amp; analysis)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01667139" w14:textId="77777777" w:rsidR="000D027A" w:rsidRPr="004D280A" w:rsidRDefault="000D027A" w:rsidP="006C082F">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A7F925B" w14:textId="77777777" w:rsidR="000D027A" w:rsidRPr="000D027A" w:rsidRDefault="000D027A" w:rsidP="000D027A">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D027A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Internship Supervision</w:t>
       </w:r>
@@ -1429,155 +1426,203 @@
     <w:p w14:paraId="20A36483" w14:textId="072D9511" w:rsidR="00A955D9" w:rsidRDefault="00167F77" w:rsidP="00731FD1">
       <w:r>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="005332EA">
         <w:t>primarily focus on designing and developing experiential learning modules and courses</w:t>
       </w:r>
       <w:r w:rsidR="003E0C04">
         <w:t xml:space="preserve"> and/or incorporating active learning into existing courses</w:t>
       </w:r>
       <w:r w:rsidR="00F32DE0">
         <w:t xml:space="preserve"> with a particular emphasis on community embeddedness</w:t>
       </w:r>
       <w:r w:rsidR="005332EA">
         <w:t xml:space="preserve">. This type of learning allows students to observe everyday health in context, learn pertinent skills and develop critical thinking and problem-solving. It also allows students the opportunity to gain knowledge through multiple formats that build upon each other, cementing knowledge in real-world applications.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A47257" w14:textId="13B71957" w:rsidR="009D7AF7" w:rsidRPr="009D7AF7" w:rsidRDefault="009D7AF7" w:rsidP="00A955D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D7AF7">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00986EC3">
+        <w:t xml:space="preserve">Blue Zones Advocate Learning Enterprise course </w:t>
+      </w:r>
+      <w:r w:rsidR="004D280A" w:rsidRPr="00986EC3">
         <w:t>2024</w:t>
       </w:r>
-      <w:r>
-        <w:t>: This course</w:t>
+      <w:r w:rsidRPr="00986EC3">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> This course</w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t>, deve</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">loped by multiple CHS faculty </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk168388351"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk168388351"/>
       <w:r>
         <w:t>offer</w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the general public, information backed by research regarding health using the Blue Zones lens</w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="73D851FF" w14:textId="4094F979" w:rsidR="00AB7309" w:rsidRPr="00C16401" w:rsidRDefault="009D7AF7" w:rsidP="00A955D9">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="73D851FF" w14:textId="55516169" w:rsidR="00AB7309" w:rsidRPr="002961E6" w:rsidRDefault="009D7AF7" w:rsidP="00A955D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D7AF7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CHS 280/484: Citizen Science in Health</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (online course based upon </w:t>
+        <w:t xml:space="preserve"> (online course</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> based upon </w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r>
         <w:t>immersive course</w:t>
       </w:r>
       <w:r w:rsidR="000552EA">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="000552EA">
         <w:t>2023—m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ajor revisions with scaffolded format, including multiple learning options, streamlining and re-formatting of assignments, re-working of project protocols and tools to fit online format, as well as inclusion of additional assignments for </w:t>
       </w:r>
       <w:r w:rsidR="004D280A">
         <w:t>honors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sections of course</w:t>
       </w:r>
       <w:r w:rsidR="000552EA">
         <w:t>; 2024—</w:t>
       </w:r>
-      <w:r w:rsidR="000552EA" w:rsidRPr="00C16401">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000552EA" w:rsidRPr="00353999">
         <w:t xml:space="preserve">new refinements including individual module videos using an instructor avatar, inclusion of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000552EA" w:rsidRPr="00C16401">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000552EA" w:rsidRPr="00353999">
         <w:t>Zeemap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000552EA" w:rsidRPr="00C16401">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> to build connections among online students, and modifying content and format to fit ASU online design requirements resulting in positive review by ASU Online.</w:t>
+      <w:r w:rsidR="000552EA" w:rsidRPr="00353999">
+        <w:t xml:space="preserve"> to build connections among online students, and modifying content and format to fit ASU online design requirements resulting in positive review by ASU Online</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="002961E6">
+        <w:t xml:space="preserve">—additional revisions of both courses required to replace </w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t xml:space="preserve"> over 70 articles and web pages used in the course</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:t xml:space="preserve"> due </w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t>new standards from federal government (NIH, CDC, HHS)</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:t xml:space="preserve"> resulting in these being decommissioned</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t xml:space="preserve">. This subsequently necessitated development of new course material to explain material </w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">presented. </w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t xml:space="preserve">raphics, visualizations, readings, video accessibility </w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:t xml:space="preserve">were revised or new items were created </w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t>in accordance with new ASU FRAME requirements to advance inclusive excellence and collaborated with CHS Instructional Design and ASU online</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6">
+        <w:t xml:space="preserve"> improve access and</w:t>
+      </w:r>
+      <w:r w:rsidR="002961E6" w:rsidRPr="002961E6">
+        <w:t xml:space="preserve"> encourage student engagement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="390C5604" w14:textId="3D6C0796" w:rsidR="004B3BD4" w:rsidRPr="004B3BD4" w:rsidRDefault="004B3BD4" w:rsidP="00A955D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006C082F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>CHS 280: Introduction to Citizen Science in Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B3BD4">
         <w:t>(complete course redesign of in-person course with flipped format, active learning in-class sessions, compressed format for A &amp; B courses, new assignments</w:t>
@@ -1602,55 +1647,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B3BD4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>FIS 294: Introduction to Citizen Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(new course development with lead instructor Darlene Cavalier, SFIS)</w:t>
       </w:r>
       <w:r w:rsidR="008A6E56">
-        <w:t xml:space="preserve">. New course to introduce citizen science to students as early </w:t>
-[...3 lines deleted...]
-        <w:t>entry point in research and scientific inquiry and to build identification and engagement in citizen science.</w:t>
+        <w:t>. New course to introduce citizen science to students as early entry point in research and scientific inquiry and to build identification and engagement in citizen science.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0F570E" w14:textId="4F88624B" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="00A955D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004B3BD4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>CHS 280: Experiential Community Health and Research</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (course revision 2020</w:t>
       </w:r>
       <w:r w:rsidR="00901499">
         <w:t>-21</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> from CHS 294).  This on-the-ground immersion class focuses on community health research for undergraduate students. The course design was modified from CHS 294 to fit the parameters required for a permanent course number. The course format, design and delivery were revised multiple times during the Covid</w:t>
       </w:r>
@@ -1825,51 +1866,55 @@
       <w:r w:rsidRPr="00992A63">
         <w:t>Th</w:t>
       </w:r>
       <w:r>
         <w:t>e first in a series</w:t>
       </w:r>
       <w:r w:rsidR="007B06E1">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> inquiry-based </w:t>
       </w:r>
       <w:r w:rsidRPr="00992A63">
         <w:t>learning modules that can be inserted into existing or new courses as inquiry-based learning/assignments. In collaboration with SciStarter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (a web-based platform)</w:t>
       </w:r>
       <w:r w:rsidRPr="00992A63">
         <w:t>, we have developed a curated webpage with 6 health-related citizen science projects that students may engage in a series of online learning modules in citizen science. The modules will include: 1) an introduction into Citizen Science, and 2) learning objectives and assessments in citizen science.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00992A63">
-        <w:t>The curated webpage and associated modules have been developed as stand-alone learning opportunities to be inserted by faculty into their courses.</w:t>
+        <w:t xml:space="preserve">The curated webpage and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00992A63">
+        <w:lastRenderedPageBreak/>
+        <w:t>associated modules have been developed as stand-alone learning opportunities to be inserted by faculty into their courses.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73BCFC45" w14:textId="2527077E" w:rsidR="00EF2B7B" w:rsidRDefault="00EF2B7B" w:rsidP="00731FD1">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65572079" w14:textId="4A5D9320" w:rsidR="00674547" w:rsidRDefault="00674547" w:rsidP="00731FD1">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Peer Teaching Reviews</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E22233" w14:textId="693BC7F1" w:rsidR="00674547" w:rsidRPr="00674547" w:rsidRDefault="00674547" w:rsidP="00797510">
       <w:pPr>
         <w:ind w:firstLine="720"/>
@@ -1901,79 +1946,123 @@
     </w:p>
     <w:p w14:paraId="17B5666C" w14:textId="1181E049" w:rsidR="00674547" w:rsidRDefault="00797510" w:rsidP="00797510">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00797510">
         <w:t>Peer Reviewee (2023)</w:t>
       </w:r>
       <w:r>
         <w:t>, Reviewer Dr. Karen Mercado-Gregory</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0B6CA6" w14:textId="738833F9" w:rsidR="00797510" w:rsidRDefault="00797510" w:rsidP="00797510">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Peer Reviewer (2022), Dr. Din Chen reviewee</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E23A01" w14:textId="77777777" w:rsidR="00797510" w:rsidRPr="00797510" w:rsidRDefault="00797510" w:rsidP="00797510"/>
     <w:p w14:paraId="3723A411" w14:textId="1367FF2F" w:rsidR="00731FD1" w:rsidRPr="005D230A" w:rsidRDefault="00731FD1" w:rsidP="00731FD1">
       <w:r w:rsidRPr="005307BA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Formal Classroom Teaching </w:t>
       </w:r>
       <w:r w:rsidR="005D230A" w:rsidRPr="005D230A">
         <w:t>(community-embedded course bold</w:t>
       </w:r>
       <w:r w:rsidR="005D230A">
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidR="005D230A" w:rsidRPr="005D230A">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E73070" w14:textId="511A9837" w:rsidR="004B3BD4" w:rsidRPr="00CE6E62" w:rsidRDefault="004B3BD4" w:rsidP="00F81EE4">
+    <w:p w14:paraId="2B2BDA79" w14:textId="360BA92A" w:rsidR="00353999" w:rsidRDefault="00353999" w:rsidP="00F81EE4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk157241951"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>HSC 310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Health Communication (2026) New course</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A21770F" w14:textId="4FA2949B" w:rsidR="00353999" w:rsidRDefault="00353999" w:rsidP="00F81EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>HSC 210</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Cultural Aspects of Health (2025) New course</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E73070" w14:textId="0E5DA8CD" w:rsidR="004B3BD4" w:rsidRPr="00CE6E62" w:rsidRDefault="004B3BD4" w:rsidP="00F81EE4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CE6E62">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CHS 280</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6E62">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Introduction to Citizen Science in Health (2021-present)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044E52E5" w14:textId="087A6E0D" w:rsidR="004B3BD4" w:rsidRPr="00CE6E62" w:rsidRDefault="004B3BD4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE6E62">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CHS 484</w:t>
@@ -2383,50 +2472,51 @@
         <w:tab/>
         <w:t>ASB 443/SSH 403: Cross Cultural Studies in Global Health</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="204D99D6" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004F5BD9">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>ASB 452/SSH 402: Community Partnerships in Global Health</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1364C8" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004F5BD9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk157242913"/>
       <w:r>
         <w:t>ASM 414/SSH 414: Urban &amp; Environmental Health</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0E35C7" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:r>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
@@ -2457,206 +2547,187 @@
       <w:r>
         <w:t xml:space="preserve">ASB 512: Community Partnerships in Global Health (graduate level)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E39EB70" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4"/>
     <w:p w14:paraId="1CFF435A" w14:textId="00C92EE0" w:rsidR="00533A4D" w:rsidRDefault="002D51BE" w:rsidP="002D51BE">
       <w:r w:rsidRPr="002870A7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002870A7" w:rsidRPr="002870A7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Professional Development in Teaching</w:t>
       </w:r>
       <w:r w:rsidRPr="002870A7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361D81C4" w14:textId="04D2620E" w:rsidR="00797510" w:rsidRPr="00442130" w:rsidRDefault="00797510" w:rsidP="002D51BE">
-[...2 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="277C2190" w14:textId="77777777" w:rsidR="00EE2FB9" w:rsidRDefault="00797510" w:rsidP="002D51BE">
+      <w:r>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FB9">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FB9">
+        <w:tab/>
+        <w:t>International Network for the Science of Team Science: Education and Training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CC70D0" w14:textId="6A9A770E" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9" w:rsidP="00EE2FB9">
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Seminars. (June 25, 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273134E7" w14:textId="77777777" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9" w:rsidP="00EE2FB9">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Progress &amp; Training;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C00907" w14:textId="796CD7AB" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9" w:rsidP="00EE2FB9">
+      <w:pPr>
+        <w:ind w:left="1440" w:firstLine="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Learning from Inter- and Transdisciplinary Research Failure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361D81C4" w14:textId="24AE43F9" w:rsidR="00797510" w:rsidRPr="00353999" w:rsidRDefault="00EE2FB9" w:rsidP="00EE2FB9">
+      <w:pPr>
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00442130">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00797510" w:rsidRPr="00353999">
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="00442130">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00797510" w:rsidRPr="00353999">
         <w:tab/>
         <w:t>Citizen Science Association Annual Conference (July)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="423B99E0" w14:textId="76C7076C" w:rsidR="00442130" w:rsidRDefault="00533A4D" w:rsidP="002D51BE">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="423B99E0" w14:textId="76C7076C" w:rsidR="00442130" w:rsidRPr="00353999" w:rsidRDefault="00533A4D" w:rsidP="002D51BE">
+      <w:r w:rsidRPr="00353999">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00442130">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00442130" w:rsidRPr="00353999">
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidR="00442130">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00442130" w:rsidRPr="00353999">
         <w:tab/>
         <w:t>ASU Inclusive Excellence Conference (April 4)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D980F6C" w14:textId="77777777" w:rsidR="00034023" w:rsidRDefault="002E4360" w:rsidP="002D51BE">
-[...8 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0D980F6C" w14:textId="77777777" w:rsidR="00034023" w:rsidRPr="00353999" w:rsidRDefault="002E4360" w:rsidP="002D51BE">
+      <w:r w:rsidRPr="00353999">
         <w:t xml:space="preserve">    2024</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:tab/>
         <w:t>CHS</w:t>
       </w:r>
-      <w:r w:rsidR="00034023">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00034023" w:rsidRPr="00353999">
         <w:t xml:space="preserve"> Inclusive Excellence Seminar: Culture Powered by Psychological Safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C74B664" w14:textId="38F2E137" w:rsidR="002E4360" w:rsidRDefault="00034023" w:rsidP="00034023">
+    <w:p w14:paraId="4C74B664" w14:textId="38F2E137" w:rsidR="002E4360" w:rsidRPr="00353999" w:rsidRDefault="00034023" w:rsidP="00034023">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>(March 27)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE8A488" w14:textId="6CAFD519" w:rsidR="00D32B6E" w:rsidRDefault="00D32B6E" w:rsidP="00D32B6E">
-[...20 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2BE8A488" w14:textId="6CAFD519" w:rsidR="00D32B6E" w:rsidRPr="00353999" w:rsidRDefault="00D32B6E" w:rsidP="00D32B6E">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
         <w:t>Education and Learning SIG, International Network for the Science of Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FCCDE6" w14:textId="0D3585DF" w:rsidR="00D32B6E" w:rsidRDefault="00D32B6E" w:rsidP="00D32B6E">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:t xml:space="preserve"> Science</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D119232" w14:textId="43034832" w:rsidR="006C082F" w:rsidRPr="004D280A" w:rsidRDefault="00D32B6E" w:rsidP="002D51BE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00442130">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00533A4D" w:rsidRPr="004D280A">
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidR="00533A4D" w:rsidRPr="004D280A">
         <w:tab/>
         <w:t>Citizen Science Association Annual Conference</w:t>
       </w:r>
       <w:r w:rsidR="006C082F" w:rsidRPr="004D280A">
         <w:t>—invited presenter</w:t>
       </w:r>
       <w:r w:rsidR="00533A4D" w:rsidRPr="004D280A">
         <w:t xml:space="preserve"> (May)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14271F15" w14:textId="1BD66088" w:rsidR="00B0472D" w:rsidRPr="004D280A" w:rsidRDefault="006C082F" w:rsidP="002D51BE">
       <w:r w:rsidRPr="004D280A">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">    2023</w:t>
       </w:r>
       <w:r w:rsidRPr="004D280A">
         <w:tab/>
         <w:t>Maternal Child Health Annual Conference (April)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E34B09C" w14:textId="77777777" w:rsidR="00B0472D" w:rsidRPr="004D280A" w:rsidRDefault="00B0472D" w:rsidP="002D51BE">
       <w:r w:rsidRPr="004D280A">
         <w:t xml:space="preserve">    2023</w:t>
       </w:r>
       <w:r w:rsidRPr="004D280A">
         <w:tab/>
         <w:t>Climate Change &amp; Health Symposium (April)</w:t>
       </w:r>
       <w:r w:rsidR="002D51BE" w:rsidRPr="004D280A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D690689" w14:textId="746BE732" w:rsidR="002870A7" w:rsidRPr="00B0472D" w:rsidRDefault="00B0472D" w:rsidP="00B0472D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -2822,95 +2893,108 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007221F6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5941C8E5" w14:textId="77777777" w:rsidR="002D51BE" w:rsidRPr="00102CDD" w:rsidRDefault="002D51BE" w:rsidP="002D51BE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007221F6">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Projects:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4205B5B2" w14:textId="4858EB5F" w:rsidR="00115BC4" w:rsidRPr="00AD3FE8" w:rsidRDefault="00115BC4" w:rsidP="008F4FA9">
+    <w:p w14:paraId="4205B5B2" w14:textId="3EE99E25" w:rsidR="00115BC4" w:rsidRPr="00AD3FE8" w:rsidRDefault="00115BC4" w:rsidP="008F4FA9">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3FE8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2024-present</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3FE8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AD3FE8">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Wellbeing Transformation Initiative</w:t>
       </w:r>
+      <w:r w:rsidR="00EE2FB9">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PI)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="61169A61" w14:textId="77777777" w:rsidR="00115BC4" w:rsidRDefault="00115BC4" w:rsidP="008F4FA9">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Community-based research project located in Central-South Phoenix in</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450A4EFF" w14:textId="3CB57F91" w:rsidR="00AD3FE8" w:rsidRDefault="00115BC4" w:rsidP="00AD3FE8">
+    <w:p w14:paraId="450A4EFF" w14:textId="2C7FB1C8" w:rsidR="00AD3FE8" w:rsidRDefault="00115BC4" w:rsidP="00AD3FE8">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="60"/>
       </w:pPr>
       <w:r>
         <w:t>collaboration with Equality Health</w:t>
       </w:r>
       <w:r w:rsidR="00AD3FE8">
-        <w:t xml:space="preserve"> to address the health disparities and life expectancy gap in the district. This 5-year project focuses on health equity, mental health, food ecosystems, the built environment and is funded by a Maricopa County Board of Supervisors grant.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FB9">
+        <w:t xml:space="preserve">Foundation </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3FE8">
+        <w:t>to address the health disparities and life expectancy gap in the district. This 5-year project focuses on health equity, mental health, food ecosystems, the built environment and is funded by a Maricopa County Board of Supervisors grant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7359A792" w14:textId="47EF4A64" w:rsidR="00AA6530" w:rsidRPr="004B3BD4" w:rsidRDefault="00AA6530" w:rsidP="008F4FA9">
       <w:r w:rsidRPr="004B3BD4">
         <w:t>2020-</w:t>
       </w:r>
       <w:r w:rsidR="004B3BD4">
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="004B3BD4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004B3BD4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">COVID-19 </w:t>
       </w:r>
       <w:r w:rsidR="00081D86" w:rsidRPr="004B3BD4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Rapid Response team</w:t>
       </w:r>
       <w:r w:rsidRPr="004B3BD4">
@@ -2985,51 +3069,55 @@
       <w:r w:rsidR="008959F8">
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
       <w:r>
         <w:t>CHS f</w:t>
       </w:r>
       <w:r w:rsidR="008959F8">
         <w:t>aculty</w:t>
       </w:r>
       <w:r>
         <w:t>, staff,</w:t>
       </w:r>
       <w:r w:rsidR="008959F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00585281">
         <w:t xml:space="preserve">and Translational Teams </w:t>
       </w:r>
       <w:r w:rsidR="008959F8">
         <w:t>are able to search for collaborators, projects, community partners for new and existing projects.</w:t>
       </w:r>
       <w:r w:rsidR="00585281">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Partnerships and projects are mapped across the community landscape to provide up-to-date feedback on where gaps exist and </w:t>
+        <w:t xml:space="preserve">Partnerships and projects are mapped across the community landscape to provide up-to-date </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">feedback on where gaps exist and </w:t>
       </w:r>
       <w:r w:rsidR="008B72E8">
         <w:t>where projects/research are located.</w:t>
       </w:r>
       <w:r w:rsidR="00115BC4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00585281">
         <w:t>The ultimate goal is to make this accessible to community partners</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008959F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CEFBCD1" w14:textId="77777777" w:rsidR="001F6B8C" w:rsidRDefault="001F6B8C" w:rsidP="008959F8">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="244D68DE" w14:textId="7F49E9E7" w:rsidR="00585281" w:rsidRPr="00816960" w:rsidRDefault="00585281" w:rsidP="00585281">
       <w:r w:rsidRPr="00816960">
         <w:t>2019-present</w:t>
@@ -3302,50 +3390,51 @@
         </w:rPr>
         <w:t>Connecting Services in Pediatric Primary Healthcare, the Home and the Community</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE5C06">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Advisory Board), A hybrid Implementation-Effectiveness trial of an adapted version of the Family Check-Up for obesity prevention in primary Dr. Cady Berkel </w:t>
       </w:r>
       <w:r w:rsidR="0006500A">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>PI</w:t>
       </w:r>
       <w:r w:rsidR="0006500A">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A29F3D" w14:textId="77C0AFCC" w:rsidR="002D51BE" w:rsidRDefault="002D51BE" w:rsidP="008E6B66"/>
     <w:p w14:paraId="71260E5D" w14:textId="77777777" w:rsidR="008E6B66" w:rsidRDefault="008E6B66" w:rsidP="008E6B66">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2016-2018</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00255765">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Fat in Four Cultures</w:t>
       </w:r>
       <w:r>
         <w:t>, A comparative, ethnographically-focused study examining</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C020383" w14:textId="77777777" w:rsidR="008E6B66" w:rsidRDefault="008E6B66" w:rsidP="008E6B66">
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">how and why obesity and its stigma </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>is</w:t>
@@ -3520,51 +3609,50 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Co-I). </w:t>
       </w:r>
       <w:r w:rsidRPr="00255765">
         <w:t>This project, in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00255765">
         <w:t>multiple cities</w:t>
       </w:r>
       <w:r w:rsidR="0035624E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00255765">
         <w:t>in Maricopa County and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50E11C38" w14:textId="13878BFE" w:rsidR="002D51BE" w:rsidRDefault="002D51BE" w:rsidP="0035624E">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00255765">
-        <w:lastRenderedPageBreak/>
         <w:t>beyond, recognizes that clever redesign of school curricula and better measurement tools to promote NEAT (non-exercise activity thermogenesis) can help reduce childhood obesity and improve academic performance.</w:t>
       </w:r>
       <w:r w:rsidR="00EE5C06">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE5C06" w:rsidRPr="00E8187F">
         <w:t>Dr. James Levine (PI)</w:t>
       </w:r>
       <w:r w:rsidR="00EE5C06">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="670479FE" w14:textId="77777777" w:rsidR="002D51BE" w:rsidRPr="004E0215" w:rsidRDefault="002D51BE" w:rsidP="002D51BE"/>
     <w:p w14:paraId="31C8F1D9" w14:textId="77777777" w:rsidR="002D51BE" w:rsidRDefault="002D51BE" w:rsidP="002D51BE">
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2014-2017</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:tab/>
@@ -4079,51 +4167,50 @@
           <w:i/>
         </w:rPr>
         <w:t>Cultural Preservation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00B02B4C">
         <w:t>Research Associate</w:t>
       </w:r>
       <w:r>
         <w:t>),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CABCDF" w14:textId="77777777" w:rsidR="002D51BE" w:rsidRDefault="002D51BE" w:rsidP="002D51BE">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Dr. Elizabeth Brandt &amp; Dr. Steven Semken (Co-Is)</w:t>
       </w:r>
       <w:r w:rsidRPr="009A0EC5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABC6B76" w14:textId="77777777" w:rsidR="002D51BE" w:rsidRPr="009A0EC5" w:rsidRDefault="002D51BE" w:rsidP="002D51BE">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                               </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39736D67" w14:textId="77777777" w:rsidR="002D51BE" w:rsidRDefault="002D51BE" w:rsidP="002D51BE">
       <w:r>
@@ -4471,157 +4558,179 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Williams D</w:t>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; J. Sheets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744C7ACF" w14:textId="46B9C8BD" w:rsidR="008B72E8" w:rsidRPr="00714887" w:rsidRDefault="008B72E8" w:rsidP="008B72E8">
+    <w:p w14:paraId="744C7ACF" w14:textId="169BA169" w:rsidR="008B72E8" w:rsidRPr="00714887" w:rsidRDefault="008B72E8" w:rsidP="008B72E8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>2024</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FB9">
+        <w:rPr>
+          <w:rStyle w:val="xcontentpasted0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Our Voice </w:t>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in the Classroom: Adapting a Digital Citizen Science Methodology to Facilitate In-person and Online Experiential Learning Experiences in Higher Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6056E701" w14:textId="4B752F00" w:rsidR="008B72E8" w:rsidRPr="008B72E8" w:rsidRDefault="008B72E8" w:rsidP="008B72E8">
+    <w:p w14:paraId="6056E701" w14:textId="6B8BFB87" w:rsidR="008B72E8" w:rsidRPr="008B72E8" w:rsidRDefault="008B72E8" w:rsidP="008B72E8">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
-      <w:r w:rsidR="00694555" w:rsidRPr="00714887">
-        <w:rPr>
+      <w:r w:rsidR="00986EC3" w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Citizen science for health equity: Community-driven actions and solutions</w:t>
+        <w:t>Community Voices Building Healthier Choices Together: A New Era of Citizen Science</w:t>
       </w:r>
       <w:r w:rsidR="000D027A" w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>King</w:t>
       </w:r>
       <w:r w:rsidR="00694555" w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, A</w:t>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ed.)</w:t>
       </w:r>
       <w:r w:rsidR="00694555" w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00714887">
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Springhill Publishing (anticipated publication Dec. 2024)</w:t>
+        <w:t xml:space="preserve">  Springhill </w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3">
+        <w:rPr>
+          <w:rStyle w:val="xcontentpasted0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nature </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00714887">
+        <w:rPr>
+          <w:rStyle w:val="xcontentpasted0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publishing </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63085EF3" w14:textId="2874BA32" w:rsidR="008B72E8" w:rsidRDefault="008B72E8" w:rsidP="00071C38">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="081E7FCB" w14:textId="606BEE20" w:rsidR="00071C38" w:rsidRDefault="00071C38" w:rsidP="00071C38">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:rPr>
           <w:rStyle w:val="xcontentpasted0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5069,51 +5178,50 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FDDFCCE" w14:textId="77777777" w:rsidR="00CF6202" w:rsidRDefault="00CF6202" w:rsidP="00CF6202">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="281102C1" w14:textId="7EF6F21B" w:rsidR="00B213CD" w:rsidRDefault="00B213CD" w:rsidP="00F81EE4">
       <w:r w:rsidRPr="005E5614">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Williams, D</w:t>
       </w:r>
       <w:r>
         <w:t>. and A. Brewis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA368A7" w14:textId="4B08C82A" w:rsidR="00BA7652" w:rsidRDefault="00467D04" w:rsidP="005E5614">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>2016</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B213CD" w:rsidRPr="005E5614">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Obesity</w:t>
       </w:r>
       <w:r w:rsidR="00B213CD">
         <w:t xml:space="preserve">. In </w:t>
       </w:r>
       <w:r w:rsidR="00746B06">
         <w:t>Encyclopedia</w:t>
       </w:r>
       <w:r w:rsidR="00B213CD">
         <w:t xml:space="preserve"> of Global Bioethics</w:t>
       </w:r>
       <w:r w:rsidR="00C41283">
         <w:t xml:space="preserve"> 313-1</w:t>
       </w:r>
       <w:r w:rsidR="00B213CD">
@@ -6025,51 +6133,50 @@
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B72E8">
         <w:t xml:space="preserve"> Annual Meeting, May 20, 2023.</w:t>
       </w:r>
       <w:r w:rsidRPr="006706DE">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450CFF89" w14:textId="5E43C6BC" w:rsidR="003E0C04" w:rsidRDefault="003E0C04" w:rsidP="009723C1">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Translational Teams: Opportunities in new faculty mentoring (2023-2024)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DB351" w14:textId="16834579" w:rsidR="00641BCD" w:rsidRPr="002D2049" w:rsidRDefault="00641BCD" w:rsidP="009723C1">
       <w:r w:rsidRPr="002D2049">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Citizen Sociolinguistics: New insights into fat talk. </w:t>
       </w:r>
       <w:r w:rsidRPr="002D2049">
         <w:t>Panel Presentation, Society for Applied</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8F5374" w14:textId="27FA0C3B" w:rsidR="00641BCD" w:rsidRPr="002D2049" w:rsidRDefault="00641BCD" w:rsidP="00641BCD">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="002D2049">
         <w:t>Anthropology Annual Conference, March 17-21, 2020</w:t>
       </w:r>
       <w:r w:rsidR="009C4B76" w:rsidRPr="002D2049">
         <w:t>. Cancelled due to COVID-19.</w:t>
       </w:r>
     </w:p>
@@ -6416,50 +6523,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Speaking Place, Saving Place</w:t>
       </w:r>
       <w:r>
         <w:t>, Western States Rhetoric &amp; Literacy Conference, Arizona</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7F892D" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="004B24CC">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> State University, Tempe, AZ, October 21-22, 2011</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBE5F49" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRPr="00EF1967" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sociocultural Brown Bag Lecture Series, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF1967">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The Discourse of Place: Western Apache</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5A487D" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="004B24CC">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF1967">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Protests Against the Mt. Graham International Observatory</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -6607,51 +6715,50 @@
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> [Abstract]. Geological Society of America Abstracts with Programs, 40 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640D406D" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:r>
         <w:t xml:space="preserve"> Semken, S., </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Williams, D.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6D852A" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2008   </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Situating earth and space sciences in Superior: Toward Place-Based K-12</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639A87DA" w14:textId="18D01313" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> education in a culturally and geologically </w:t>
       </w:r>
       <w:r w:rsidR="002B77F8">
         <w:t>diverse Southwestern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> region.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A5AB01B" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
@@ -6843,606 +6950,547 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61E1E932" w14:textId="1B805C3E" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E6291">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2054FC60" w14:textId="77777777" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="002B77F8"/>
     <w:p w14:paraId="25554F52" w14:textId="6E77153B" w:rsidR="009116EA" w:rsidRDefault="009116EA" w:rsidP="002B77F8">
       <w:r>
         <w:t xml:space="preserve">International level: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697662AE" w14:textId="7F50DFA1" w:rsidR="009116EA" w:rsidRPr="00B837EB" w:rsidRDefault="009116EA" w:rsidP="00B837EB">
+    <w:p w14:paraId="697662AE" w14:textId="402A3D4E" w:rsidR="009116EA" w:rsidRPr="00B837EB" w:rsidRDefault="009116EA" w:rsidP="00B837EB">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Advisory Committee Member, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fondation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ipsen </w:t>
       </w:r>
       <w:r w:rsidRPr="00B837EB">
-        <w:t xml:space="preserve">(foundation under the aegis of </w:t>
+        <w:t xml:space="preserve">(under the aegis of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B837EB">
         <w:t>Fondation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B837EB">
         <w:t xml:space="preserve"> France) whose purpose is to support projects of general interest in science, education, disability and health with a specific objective is to enhance the early detection and diagnosis of rare diseases</w:t>
       </w:r>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (2024-2029)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7F6F54" w14:textId="3C911812" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="002B77F8">
       <w:r>
         <w:t>National level:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3199F6EF" w14:textId="77777777" w:rsidR="006119DD" w:rsidRDefault="00714887" w:rsidP="00680505">
+    <w:p w14:paraId="55216B47" w14:textId="7AAF9933" w:rsidR="00714887" w:rsidRDefault="00714887" w:rsidP="00C22E28">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk157406725"/>
-[...5 lines deleted...]
-        <w:t>Education and Learning SIG</w:t>
+      <w:bookmarkStart w:id="11" w:name="_Hlk186185221"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk157406725"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Education and Learning SIG, International Network for</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22E28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="006119DD">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> Workshop</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Science of Team</w:t>
       </w:r>
       <w:r w:rsidR="00680505">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="21C52AED" w14:textId="348292F8" w:rsidR="006119DD" w:rsidRDefault="00680505" w:rsidP="00680505">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Science, (2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00353999">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="7F6FB63B" w14:textId="2A09CD9B" w:rsidR="0054764D" w:rsidRPr="00C22E28" w:rsidRDefault="0054764D" w:rsidP="0054764D">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22E28">
+        <w:t xml:space="preserve">Changing Academic Institutional Culture to Facilitate </w:t>
+      </w:r>
+      <w:r w:rsidR="002870A7" w:rsidRPr="00C22E28">
+        <w:t>Team Science SIG (</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2ECE" w:rsidRPr="00C22E28">
+        <w:t>founding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF0CA9A" w14:textId="5261D707" w:rsidR="002870A7" w:rsidRPr="00C22E28" w:rsidRDefault="003F2ECE" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22E28">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00274B6A">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002870A7" w:rsidRPr="00C22E28">
+        <w:t>member), International Network for Science</w:t>
+      </w:r>
+      <w:r w:rsidR="00901499" w:rsidRPr="00C22E28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00680505">
-[...28 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002870A7" w:rsidRPr="00C22E28">
+        <w:t>of Team</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22E28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...85 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002870A7" w:rsidRPr="00C22E28">
         <w:t>Science (2019-202</w:t>
       </w:r>
-      <w:r w:rsidR="009F0362" w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009F0362" w:rsidRPr="00C22E28">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00752904" w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00752904" w:rsidRPr="00C22E28">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B5B190" w14:textId="2B6750F8" w:rsidR="00B522C6" w:rsidRPr="00B837EB" w:rsidRDefault="002870A7" w:rsidP="009F0362">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="00B5B190" w14:textId="2B6750F8" w:rsidR="00B522C6" w:rsidRPr="00C22E28" w:rsidRDefault="002870A7" w:rsidP="009F0362">
+      <w:r w:rsidRPr="00C22E28">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B522C6" w:rsidRPr="00C22E28">
         <w:t xml:space="preserve">Abstract Reviewer, International Network for Science of Team Science Annual </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633391F6" w14:textId="4072ACBC" w:rsidR="00B522C6" w:rsidRPr="00B837EB" w:rsidRDefault="00B522C6" w:rsidP="00B522C6">
+    <w:p w14:paraId="633391F6" w14:textId="4072ACBC" w:rsidR="00B522C6" w:rsidRPr="00C22E28" w:rsidRDefault="00B522C6" w:rsidP="00B522C6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22E28">
         <w:t xml:space="preserve">             Conference (2020</w:t>
       </w:r>
-      <w:r w:rsidR="00616A77" w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00616A77" w:rsidRPr="00C22E28">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="002D2049" w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002D2049" w:rsidRPr="00C22E28">
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="008B72E8" w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008B72E8" w:rsidRPr="00C22E28">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C22E28">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E52E5D" w14:textId="77777777" w:rsidR="009F0362" w:rsidRPr="006706DE" w:rsidRDefault="009F0362" w:rsidP="009F0362">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="006706DE">
         <w:t>Incubator Spaces, SIG (member), International Network for Science of Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A3087B8" w14:textId="77777777" w:rsidR="009F0362" w:rsidRPr="006706DE" w:rsidRDefault="009F0362" w:rsidP="009F0362">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="006706DE">
         <w:t xml:space="preserve"> Science (2020-2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A597DB8" w14:textId="77777777" w:rsidR="009F0362" w:rsidRPr="006706DE" w:rsidRDefault="009F0362" w:rsidP="00B522C6">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="5693CC1B" w14:textId="1A67CCA4" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="002B77F8">
       <w:r>
         <w:t>University-level:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082C4509" w14:textId="77777777" w:rsidR="00115BC4" w:rsidRDefault="006706DE" w:rsidP="006706DE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00115BC4" w:rsidRPr="00714887">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Indigenous Innovation Initiative</w:t>
       </w:r>
       <w:r w:rsidR="00115BC4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, ASU. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2626466E" w14:textId="77777777" w:rsidR="00115BC4" w:rsidRDefault="00115BC4" w:rsidP="00115BC4">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This ASU initiative </w:t>
       </w:r>
       <w:r w:rsidRPr="00115BC4">
         <w:t>fosters Indigenous expression and advancements through</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46169DC0" w14:textId="033FF6E4" w:rsidR="00115BC4" w:rsidRPr="00115BC4" w:rsidRDefault="00115BC4" w:rsidP="00115BC4">
+    <w:p w14:paraId="46169DC0" w14:textId="31E1ED5D" w:rsidR="00115BC4" w:rsidRPr="00115BC4" w:rsidRDefault="00115BC4" w:rsidP="00115BC4">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00115BC4">
         <w:t>interdisciplinary collaboration</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00115BC4">
         <w:t>with Indigenous and Indigenous-allied scholars, as well as community and industry leaders</w:t>
       </w:r>
       <w:r w:rsidRPr="00115BC4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>. (2024)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CC2D77C" w14:textId="73EC2A10" w:rsidR="006706DE" w:rsidRPr="00B837EB" w:rsidRDefault="006706DE" w:rsidP="00115BC4">
+        <w:t>. (2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00C22E28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115BC4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC2D77C" w14:textId="73EC2A10" w:rsidR="006706DE" w:rsidRPr="00353999" w:rsidRDefault="006706DE" w:rsidP="00115BC4">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Arizona Pandemic Recovery &amp; Resiliency: Community Connectedness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2860068E" w14:textId="3FC94DBC" w:rsidR="006706DE" w:rsidRPr="00B837EB" w:rsidRDefault="006706DE" w:rsidP="006706DE">
+    <w:p w14:paraId="2860068E" w14:textId="3FC94DBC" w:rsidR="006706DE" w:rsidRPr="00353999" w:rsidRDefault="006706DE" w:rsidP="006706DE">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Implementation Team</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:t xml:space="preserve"> (IMT), Co-Chair, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00714887">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00714887" w:rsidRPr="00353999">
         <w:t>3-</w:t>
       </w:r>
-      <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00353999">
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B837EB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:t xml:space="preserve"> ASU-ADHS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEB3FB1" w14:textId="68C72D0E" w:rsidR="002870A7" w:rsidRPr="009F0362" w:rsidRDefault="002870A7" w:rsidP="002B77F8">
       <w:r w:rsidRPr="009F0362">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Citizen Science Association: Annual Conference Planning Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:t>, 2020-2</w:t>
       </w:r>
       <w:r w:rsidR="006706DE" w:rsidRPr="009F0362">
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="489F655A" w14:textId="5C6F1C96" w:rsidR="009F0362" w:rsidRDefault="00714887" w:rsidP="009F0362">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>o-</w:t>
       </w:r>
       <w:r w:rsidR="00CC4874" w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ASU Research + Me</w:t>
       </w:r>
       <w:r w:rsidR="00CC4874" w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F0362" w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Participatory Research Platform &amp; Application </w:t>
       </w:r>
       <w:r w:rsidR="00CC4874" w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Committee</w:t>
       </w:r>
       <w:r w:rsidR="00CC4874" w:rsidRPr="009F0362">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6818840C" w14:textId="02A9D6BB" w:rsidR="00CC4874" w:rsidRPr="009F0362" w:rsidRDefault="00CC4874" w:rsidP="009F0362">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="009F0362">
         <w:t>ASU/Knowledge Enterprise, 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B2F097E" w14:textId="7BB0213F" w:rsidR="00B33C99" w:rsidRPr="00B33C99" w:rsidRDefault="00B33C99" w:rsidP="002B77F8">
       <w:r w:rsidRPr="00B33C99">
         <w:t>College-level:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B670DD4" w14:textId="12364A25" w:rsidR="00714887" w:rsidRDefault="00714887" w:rsidP="00B33C99">
+    <w:p w14:paraId="1FD05DFB" w14:textId="77777777" w:rsidR="00C22E28" w:rsidRDefault="00714887" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Clinical Track Faculty Personnel Review Committee (Co-Chair), 2024</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="515002C3" w14:textId="7A68A3F6" w:rsidR="001801B3" w:rsidRPr="005D230A" w:rsidRDefault="001801B3" w:rsidP="00B33C99">
+        <w:t>Clinical Track Faculty Personnel Review Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C25EBE9" w14:textId="39814287" w:rsidR="00C22E28" w:rsidRDefault="00714887" w:rsidP="00C22E28">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Co-Chair 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B670DD4" w14:textId="421C435F" w:rsidR="00714887" w:rsidRDefault="00986EC3" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D230A">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C22E28">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Review committee </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>member 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACD3421" w14:textId="290159DB" w:rsidR="00C22E28" w:rsidRPr="00AE6C0E" w:rsidRDefault="00C22E28" w:rsidP="00B33C99">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6C0E">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>CHS Graduate Mentorship Cohort lecture 2023-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515002C3" w14:textId="60AA27FE" w:rsidR="001801B3" w:rsidRPr="00353999" w:rsidRDefault="001801B3" w:rsidP="00B33C99">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Blue Zones: Activate Greater South Phoenix initiative, Chair, CHS-EHF 2022-</w:t>
       </w:r>
-      <w:r w:rsidR="00714887">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00714887" w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1861E320" w14:textId="5F134498" w:rsidR="006706DE" w:rsidRPr="009F0362" w:rsidRDefault="006706DE" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Search Committee: Asst/Assoc/Full Professor of Precision Health, </w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:t>CHS 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E8EA4F4" w14:textId="5B898698" w:rsidR="006706DE" w:rsidRPr="009F0362" w:rsidRDefault="006706DE" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="009F0362">
         <w:t>Search Committee: Associate Director for Strategic Operations, CHS 2023</w:t>
@@ -7750,225 +7798,263 @@
         </w:rPr>
         <w:t>Teams</w:t>
       </w:r>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A6E56" w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Advisory </w:t>
       </w:r>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Committee, 2018-present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B3A29AB" w14:textId="1EB0068B" w:rsidR="00B33C99" w:rsidRPr="00B837EB" w:rsidRDefault="00B33C99" w:rsidP="00B33C99">
+    <w:p w14:paraId="6B3A29AB" w14:textId="2EE1FD80" w:rsidR="00B33C99" w:rsidRDefault="00B33C99" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Affinity Network </w:t>
       </w:r>
       <w:r w:rsidR="008A6E56" w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Advisory </w:t>
       </w:r>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Committee, 2018-present</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E4F56A" w14:textId="185F1706" w:rsidR="00CC4874" w:rsidRPr="00B837EB" w:rsidRDefault="00CC4874" w:rsidP="00CC4874">
+    <w:p w14:paraId="2EC6E3C7" w14:textId="7061892D" w:rsidR="00C22E28" w:rsidRPr="00B837EB" w:rsidRDefault="00C22E28" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Population Health Program Neighborhood 2022-present</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E4F56A" w14:textId="185F1706" w:rsidR="00CC4874" w:rsidRPr="00353999" w:rsidRDefault="00CC4874" w:rsidP="00CC4874">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B837EB">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>Integrated Health Care: Global Health Conference Committee</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B837EB">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (2021</w:t>
       </w:r>
-      <w:r w:rsidR="006706DE" w:rsidRPr="00B837EB">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="006706DE" w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>-2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B837EB">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768FBEBF" w14:textId="77777777" w:rsidR="001801B3" w:rsidRPr="001801B3" w:rsidRDefault="001801B3" w:rsidP="001801B3">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001801B3">
         <w:rPr>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>Translational Science Training Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="001801B3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, 2018-2020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477A4770" w14:textId="1D6D3A1F" w:rsidR="00B33C99" w:rsidRPr="00B33C99" w:rsidRDefault="00B33C99" w:rsidP="00F81EE4">
       <w:r>
         <w:t>Community committees:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C40101B" w14:textId="70B14CCA" w:rsidR="00B837EB" w:rsidRDefault="00B837EB" w:rsidP="00B33C99">
+    <w:p w14:paraId="3C40101B" w14:textId="24D4E64B" w:rsidR="00B837EB" w:rsidRDefault="00B837EB" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Payson Learning Landscape, Experiential learning &amp; health project (2024-)</w:t>
+        <w:t>Payson Learning Landscape, Experiential learning &amp; health project (2024-</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2BF816" w14:textId="6540D1D2" w:rsidR="00594BD2" w:rsidRPr="009F0362" w:rsidRDefault="00594BD2" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="008A5C87">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Design Studio</w:t>
       </w:r>
-      <w:r w:rsidR="005526D0" w:rsidRPr="008A5C87">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="005526D0" w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> for Community Solutions</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A5C87">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:t>Precision Health, 2022-</w:t>
       </w:r>
       <w:r w:rsidR="007339E5">
         <w:t>2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63925E6F" w14:textId="1C9FEBF6" w:rsidR="005D2C4B" w:rsidRPr="009F0362" w:rsidRDefault="005D2C4B" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r w:rsidRPr="008A5C87">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Advisory Board</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5C87">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
-        <w:t xml:space="preserve"> Family Check</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F4638" w:rsidRPr="009F0362">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0362">
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Family Check</w:t>
+      </w:r>
+      <w:r w:rsidR="006F4638" w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>Up 4 Health, 2016-</w:t>
       </w:r>
-      <w:r w:rsidR="00AC094F" w:rsidRPr="009F0362">
+      <w:r w:rsidR="00AC094F" w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>present</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="330DFDB9" w14:textId="77777777" w:rsidR="00B33C99" w:rsidRDefault="00B33C99" w:rsidP="00B33C99">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00B33C99">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Trail Design and Development, Legends of Superior Trail</w:t>
       </w:r>
       <w:r>
         <w:t>, Superior, Arizona, 2010-2012</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED8CEF8" w14:textId="1AFF6CC9" w:rsidR="00B33C99" w:rsidRDefault="00B33C99" w:rsidP="00F81EE4">
       <w:r>
         <w:t>Journal Reviews:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711F5E72" w14:textId="16EB6044" w:rsidR="00BA7652" w:rsidRDefault="00BA7652" w:rsidP="00B33C99">
       <w:pPr>
@@ -8008,162 +8094,148 @@
         <w:t xml:space="preserve">Peer Reviewer, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Wicazo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Sa Journal: Sacred Sites, 2010</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36798008" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4"/>
     <w:p w14:paraId="6E317BA9" w14:textId="73714D9F" w:rsidR="00F81EE4" w:rsidRPr="002870A7" w:rsidRDefault="00B022B9" w:rsidP="00F81EE4">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002870A7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Synergistic Activities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C67B150" w14:textId="60E0FD28" w:rsidR="001969E4" w:rsidRDefault="001969E4" w:rsidP="002870A7">
+    <w:p w14:paraId="2FF3F0C8" w14:textId="1D8CCE7E" w:rsidR="00AE6C0E" w:rsidRPr="00AE6C0E" w:rsidRDefault="00AE6C0E" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00AE6C0E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CHS Student Symposium (May 9, 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C67B150" w14:textId="2279A677" w:rsidR="001969E4" w:rsidRPr="00353999" w:rsidRDefault="001969E4" w:rsidP="002870A7">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>ASU Sun Devil Day (November 25, 2024)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D865C5B" w14:textId="6FE5D46D" w:rsidR="00A55CDB" w:rsidRDefault="00A55CDB" w:rsidP="002870A7">
+    <w:p w14:paraId="3D865C5B" w14:textId="6FE5D46D" w:rsidR="00A55CDB" w:rsidRPr="00353999" w:rsidRDefault="00A55CDB" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>Blue Zones Lunch &amp; Learn presentation (September 17, 2024)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CCB95B" w14:textId="7ADAF8C3" w:rsidR="003E0C04" w:rsidRPr="00B837EB" w:rsidRDefault="003E0C04" w:rsidP="002870A7">
+    <w:p w14:paraId="49CCB95B" w14:textId="33C78D00" w:rsidR="003E0C04" w:rsidRPr="00B837EB" w:rsidRDefault="003E0C04" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>CHS Student Internship Fair (spring, fall 2023-2024)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="292A7AF4" w14:textId="02294047" w:rsidR="002870A7" w:rsidRPr="00B837EB" w:rsidRDefault="002870A7" w:rsidP="002870A7">
+        <w:t>CHS Student Internship Fair (spring, fall 2023-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292A7AF4" w14:textId="1D488DAA" w:rsidR="002870A7" w:rsidRPr="00353999" w:rsidRDefault="002870A7" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:t>Experiential Learning Affinity Network, member</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC094F" w:rsidRPr="00353999">
+        <w:t xml:space="preserve"> (2020-</w:t>
+      </w:r>
+      <w:r w:rsidR="00353999" w:rsidRPr="00353999">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC094F" w:rsidRPr="00353999">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F13208" w14:textId="0B5C0698" w:rsidR="0054764D" w:rsidRPr="00B837EB" w:rsidRDefault="0054764D" w:rsidP="002870A7">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B837EB">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Experiential Learning Affinity Network, member</w:t>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:t>Health Policy &amp; Equity Affinity Network, member (2019-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6475A6F8" w14:textId="36F86B0C" w:rsidR="00594BD2" w:rsidRPr="00353999" w:rsidRDefault="00594BD2" w:rsidP="002870A7">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:t>Global Engagement Affinity Network, member (2023-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00353999">
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidR="00AC094F" w:rsidRPr="00B837EB">
-[...43 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3839BEC7" w14:textId="11872F68" w:rsidR="00CC4874" w:rsidRPr="009F0362" w:rsidRDefault="00CC4874" w:rsidP="00AC094F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F0362">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>CHS 101 Liaison, CHLS/ASU (Fall 2022</w:t>
       </w:r>
       <w:r w:rsidR="00594BD2" w:rsidRPr="009F0362">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>-Fall 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:rPr>
           <w:bCs/>
@@ -8291,391 +8363,687 @@
     </w:p>
     <w:p w14:paraId="5CBBB7AF" w14:textId="1F5EE5C6" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="00F81EE4"/>
     <w:p w14:paraId="16A19EA5" w14:textId="77777777" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="00F81EE4"/>
     <w:p w14:paraId="29C920AA" w14:textId="40499BBC" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="002870A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002870A7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Professional Development</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E85150" w14:textId="77777777" w:rsidR="002870A7" w:rsidRPr="002870A7" w:rsidRDefault="002870A7" w:rsidP="002870A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="634B0321" w14:textId="3BA141F1" w:rsidR="0051357E" w:rsidRDefault="0051357E" w:rsidP="009F0362">
+    <w:p w14:paraId="2B52A241" w14:textId="1767320E" w:rsidR="00923EF3" w:rsidRDefault="00986EC3" w:rsidP="00986EC3">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">nternational Network for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Sci</w:t>
+      </w:r>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">eam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>cience (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>INSciTS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>)—S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">pecial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">nterest </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>roup</w:t>
+      </w:r>
+      <w:r w:rsidR="00923EF3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7A849A" w14:textId="448BDC7B" w:rsidR="00986EC3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">   -</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3" w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Changing Academic Institutional Culture to Facilitate and Support Team Science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEE9C69" w14:textId="1A28D519" w:rsidR="00923EF3" w:rsidRPr="00923EF3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">   -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923EF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Education &amp; Training </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCC5667" w14:textId="77777777" w:rsidR="00923EF3" w:rsidRDefault="00986EC3" w:rsidP="00986EC3">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>INSciTS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> INTEREACH Webinar series</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4260E6C0" w14:textId="6B56F9FD" w:rsidR="00986EC3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                -</w:t>
+      </w:r>
+      <w:r w:rsidR="00986EC3" w:rsidRPr="00986EC3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Evaluating Convergence Methods from an Administrator's Perspective</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Apr)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BC5CB9" w14:textId="08F8220F" w:rsidR="00923EF3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923EF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Measuring What Matters in Interdisciplinary Collaboration: Developing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C674020" w14:textId="2F53D250" w:rsidR="00923EF3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923EF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Testing the Perspective Integration Capability (PIC) Scale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (May)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7952B8D0" w14:textId="06D1C1D5" w:rsidR="00923EF3" w:rsidRPr="00923EF3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923EF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Analyzing Knowledge Integration in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923EF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Convergence Research</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (June)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BA0447" w14:textId="74CFBD9D" w:rsidR="00C22E28" w:rsidRPr="00C22E28" w:rsidRDefault="00C22E28" w:rsidP="009F0362">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22E28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Arizona Medical Anthropology Annual Meeting (February 28)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634B0321" w14:textId="68D886D8" w:rsidR="0051357E" w:rsidRPr="00353999" w:rsidRDefault="0051357E" w:rsidP="009F0362">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:lastRenderedPageBreak/>
         <w:t>2024</w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
+        <w:t>Doing Research in Indigenous Communities: Indigenous Equity, Policy and Innovation (December</w:t>
+      </w:r>
+      <w:r w:rsidR="00115BC4" w:rsidRPr="00353999">
         <w:t xml:space="preserve"> 5)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0506A708" w14:textId="23142009" w:rsidR="00906198" w:rsidRPr="00906198" w:rsidRDefault="00906198" w:rsidP="00906198">
+    <w:p w14:paraId="0506A708" w14:textId="23142009" w:rsidR="00906198" w:rsidRPr="00353999" w:rsidRDefault="00906198" w:rsidP="00906198">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>2024</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Climate and Health Day of the US Climate Action Summit-NAC</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Climate and Health Day of the US Climate Action Summit-NAC (April 25</w:t>
+      </w:r>
+      <w:r w:rsidR="001969E4" w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (April 25</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622DA52D" w14:textId="200ECEDE" w:rsidR="009F0362" w:rsidRPr="00353999" w:rsidRDefault="009F0362" w:rsidP="009F0362">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="622DA52D" w14:textId="200ECEDE" w:rsidR="009F0362" w:rsidRPr="00B837EB" w:rsidRDefault="009F0362" w:rsidP="009F0362">
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Inclusive Excellence: Culture powered by psychological safety, ASU (April 4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272ABD65" w14:textId="6361A3DE" w:rsidR="00A55CDB" w:rsidRPr="00353999" w:rsidRDefault="00A55CDB" w:rsidP="00A55CDB">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
-        <w:rPr>
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C16401" w:rsidRPr="00353999">
+        <w:t>CHS AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:t xml:space="preserve"> Community of Practice (monthly)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D740CAA" w14:textId="3CD6E1FA" w:rsidR="00C16401" w:rsidRPr="00353999" w:rsidRDefault="009F0362" w:rsidP="00C16401">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
+        <w:t xml:space="preserve">ASU Health Observatory </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00353999">
+        <w:t>KickOff</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00353999">
+        <w:t>, ASU (May 2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26708F6F" w14:textId="29920FD1" w:rsidR="003E0C04" w:rsidRPr="00353999" w:rsidRDefault="00C16401" w:rsidP="003E0C04">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B837EB">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B837EB">
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00353999">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Inclusive Excellence: Culture powered by psychological safety, ASU (April 4)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="272ABD65" w14:textId="6361A3DE" w:rsidR="00A55CDB" w:rsidRPr="00A55CDB" w:rsidRDefault="00A55CDB" w:rsidP="00A55CDB">
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E0C04" w:rsidRPr="00353999">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>INSciTS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E0C04" w:rsidRPr="00353999">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 Virtual </w:t>
+      </w:r>
+      <w:r w:rsidR="00680505" w:rsidRPr="00353999">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTEREACH </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C04" w:rsidRPr="00353999">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Seminar Series: Spring-Summer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738E5322" w14:textId="047DA945" w:rsidR="00923EF3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                -</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C04" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>We: How the cultural situatedness of researchers impacts inter- and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C04" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">transdisciplinary </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7695A730" w14:textId="4D1109D0" w:rsidR="003E0C04" w:rsidRPr="00B837EB" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C04" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">collaboration </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE374A6" w14:textId="6A7243B4" w:rsidR="00B837EB" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                -</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Making the Integrator visible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F148FA0" w14:textId="77777777" w:rsidR="00923EF3" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                -</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Pathway for Team Science Professionals: </w:t>
+      </w:r>
+      <w:r w:rsidR="00274B6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>he First National Credential in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Team</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1649BA" w14:textId="0E3E4CAB" w:rsidR="00B837EB" w:rsidRPr="00B837EB" w:rsidRDefault="00923EF3" w:rsidP="00923EF3">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00B837EB" w:rsidRPr="00B837EB">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Science</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4FE5CE" w14:textId="4545A181" w:rsidR="00680505" w:rsidRPr="00353999" w:rsidRDefault="00680505" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00353999">
         <w:t>2024</w:t>
       </w:r>
-      <w:r>
-[...218 lines deleted...]
-        <w:t>2024)</w:t>
+      <w:r w:rsidRPr="00353999">
+        <w:tab/>
+        <w:t>Maternal Child Health Annual Conference (April 11, 2024)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003CCD3B" w14:textId="5DED151D" w:rsidR="001801B3" w:rsidRPr="009F0362" w:rsidRDefault="001801B3" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="009F0362">
         <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="009F0362">
         <w:tab/>
         <w:t>Integrated Health Care Conference, CHS/ASU (April &amp; October 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F6498E4" w14:textId="2AB64931" w:rsidR="00680505" w:rsidRDefault="00680505" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2023 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Maternal Child Health Annual Conference (April 2023)</w:t>
       </w:r>
@@ -8858,51 +9226,50 @@
       <w:r w:rsidR="00CC4874" w:rsidRPr="001801B3">
         <w:t>-2</w:t>
       </w:r>
       <w:r w:rsidRPr="001801B3">
         <w:tab/>
         <w:t>Social Embeddedness Annual Conference (ASU)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BE22AF7" w14:textId="152592CA" w:rsidR="0054764D" w:rsidRPr="00797CDC" w:rsidRDefault="0054764D" w:rsidP="0054764D">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00797CDC">
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="00797CDC">
         <w:tab/>
         <w:t>Unconscious Bias in Search Committees (ASU)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAFD02A" w14:textId="17B8FFA6" w:rsidR="00D43A69" w:rsidRDefault="00D43A69" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D43A69">
         <w:t>Building Bridges for Health Equity: Clinical Scholars Leadership Lessons</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (December webinar)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60FE5EDD" w14:textId="731884E9" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="002870A7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>2020</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>International Network for Science of Team Science (</w:t>
       </w:r>
       <w:r w:rsidRPr="002870A7">
         <w:t>INSciTS</w:t>
@@ -9117,158 +9484,160 @@
         <w:t>Professional Membership</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B215E97" w14:textId="77777777" w:rsidR="009723C1" w:rsidRPr="00D40F65" w:rsidRDefault="009723C1" w:rsidP="00F81EE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="389584EB" w14:textId="45817ED4" w:rsidR="00F81EE4" w:rsidRPr="009723C1" w:rsidRDefault="009723C1" w:rsidP="00F81EE4">
       <w:bookmarkStart w:id="13" w:name="_Hlk157407206"/>
       <w:r w:rsidRPr="009723C1">
         <w:t>International Network for the Science of Team Science</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B89479D" w14:textId="351A5EAF" w:rsidR="007F3E0B" w:rsidRDefault="007F3E0B" w:rsidP="00F81EE4">
       <w:r>
         <w:t>Citizen Science Association</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p w14:paraId="4FAF25A2" w14:textId="6F34CCBE" w:rsidR="002870A7" w:rsidRDefault="002870A7" w:rsidP="00F81EE4">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>ASU Citizen Science Research Network</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07181E94" w14:textId="2239EE2F" w:rsidR="002B77F8" w:rsidRDefault="002B77F8" w:rsidP="00F81EE4">
       <w:r>
         <w:t>Society for Applied Anthropology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD0613A" w14:textId="77777777" w:rsidR="00F81EE4" w:rsidRDefault="00F81EE4" w:rsidP="00F81EE4">
       <w:r>
         <w:t>Society for Cultural Anthropology</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F81EE4" w:rsidSect="00C17886">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DBC4BEF" w14:textId="77777777" w:rsidR="00394D5F" w:rsidRDefault="00394D5F" w:rsidP="00F81EE4">
+    <w:p w14:paraId="20C62E4F" w14:textId="77777777" w:rsidR="0050089C" w:rsidRDefault="0050089C" w:rsidP="00F81EE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="036331AC" w14:textId="77777777" w:rsidR="00394D5F" w:rsidRDefault="00394D5F" w:rsidP="00F81EE4">
+    <w:p w14:paraId="793CDFA6" w14:textId="77777777" w:rsidR="0050089C" w:rsidRDefault="0050089C" w:rsidP="00F81EE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="2B13D5AE" w14:textId="10F0E205" w:rsidR="002E4360" w:rsidRDefault="002E4360">
+  <w:p w14:paraId="2B13D5AE" w14:textId="10F0E205" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">pg. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
@@ -9279,177 +9648,177 @@
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="4F81BD" w:themeColor="accent1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="011902CF" w14:textId="77777777" w:rsidR="002E4360" w:rsidRDefault="002E4360">
+  <w:p w14:paraId="011902CF" w14:textId="77777777" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="746D0C21" w14:textId="77777777" w:rsidR="00394D5F" w:rsidRDefault="00394D5F" w:rsidP="00F81EE4">
+    <w:p w14:paraId="0185E1EF" w14:textId="77777777" w:rsidR="0050089C" w:rsidRDefault="0050089C" w:rsidP="00F81EE4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7986C4FA" w14:textId="77777777" w:rsidR="00394D5F" w:rsidRDefault="00394D5F" w:rsidP="00F81EE4">
+    <w:p w14:paraId="1554B220" w14:textId="77777777" w:rsidR="0050089C" w:rsidRDefault="0050089C" w:rsidP="00F81EE4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:sz="18" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:insideV w:val="single" w:sz="18" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="72" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
         <w:bottom w:w="72" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="8194"/>
       <w:gridCol w:w="1166"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002E4360" w14:paraId="7601C9AD" w14:textId="77777777">
+    <w:tr w:rsidR="00EE2FB9" w14:paraId="7601C9AD" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="288"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7765" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="186A6AED" w14:textId="77777777" w:rsidR="002E4360" w:rsidRDefault="002E4360" w:rsidP="00F81EE4">
+        <w:p w14:paraId="186A6AED" w14:textId="77777777" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9" w:rsidP="00F81EE4">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
             <w:sz w:val="36"/>
             <w:szCs w:val="36"/>
           </w:rPr>
           <w:alias w:val="Year"/>
           <w:id w:val="77761609"/>
           <w:placeholder>
             <w:docPart w:val="1FCCE8E0F85B4B6EAFEEF0FCB7A00F3B"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps'" w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-          <w:date w:fullDate="2024-01-01T00:00:00Z">
+          <w:date w:fullDate="2025-01-01T00:00:00Z">
             <w:dateFormat w:val="yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:tc>
             <w:tcPr>
               <w:tcW w:w="1105" w:type="dxa"/>
             </w:tcPr>
-            <w:p w14:paraId="4594BC1F" w14:textId="59BB1F1C" w:rsidR="002E4360" w:rsidRDefault="002E4360" w:rsidP="00A16954">
+            <w:p w14:paraId="4594BC1F" w14:textId="4461C404" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9" w:rsidP="00A16954">
               <w:pPr>
                 <w:pStyle w:val="Header"/>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="4F81BD" w:themeColor="accent1"/>
                   <w:sz w:val="36"/>
                   <w:szCs w:val="36"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="4F81BD" w:themeColor="accent1"/>
                   <w:sz w:val="36"/>
                   <w:szCs w:val="36"/>
                 </w:rPr>
-                <w:t>2024</w:t>
+                <w:t>2025</w:t>
               </w:r>
             </w:p>
           </w:tc>
         </w:sdtContent>
       </w:sdt>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="3DA2D893" w14:textId="77777777" w:rsidR="002E4360" w:rsidRDefault="002E4360">
+  <w:p w14:paraId="3DA2D893" w14:textId="77777777" w:rsidR="00EE2FB9" w:rsidRDefault="00EE2FB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DB033C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CBC669C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -10348,51 +10717,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F81EE4"/>
     <w:rsid w:val="000267B8"/>
     <w:rsid w:val="00034023"/>
     <w:rsid w:val="0003577E"/>
     <w:rsid w:val="00042668"/>
@@ -10411,94 +10780,98 @@
     <w:rsid w:val="0012093F"/>
     <w:rsid w:val="00123239"/>
     <w:rsid w:val="00132525"/>
     <w:rsid w:val="00143DB1"/>
     <w:rsid w:val="00157928"/>
     <w:rsid w:val="00161D1B"/>
     <w:rsid w:val="00167F77"/>
     <w:rsid w:val="001801B3"/>
     <w:rsid w:val="001969E4"/>
     <w:rsid w:val="001A3ED4"/>
     <w:rsid w:val="001A6C03"/>
     <w:rsid w:val="001C4730"/>
     <w:rsid w:val="001E55E1"/>
     <w:rsid w:val="001E7D0A"/>
     <w:rsid w:val="001F6B8C"/>
     <w:rsid w:val="00216F1E"/>
     <w:rsid w:val="002245B4"/>
     <w:rsid w:val="00234B22"/>
     <w:rsid w:val="002453DF"/>
     <w:rsid w:val="00255765"/>
     <w:rsid w:val="00262792"/>
     <w:rsid w:val="002741AC"/>
     <w:rsid w:val="00274B6A"/>
     <w:rsid w:val="002870A7"/>
     <w:rsid w:val="002919DE"/>
+    <w:rsid w:val="002961E6"/>
     <w:rsid w:val="002A4172"/>
     <w:rsid w:val="002A5143"/>
     <w:rsid w:val="002B77F8"/>
     <w:rsid w:val="002C3D7C"/>
     <w:rsid w:val="002C41B7"/>
     <w:rsid w:val="002D2049"/>
     <w:rsid w:val="002D51BE"/>
     <w:rsid w:val="002D684B"/>
     <w:rsid w:val="002E05DC"/>
     <w:rsid w:val="002E401A"/>
     <w:rsid w:val="002E4360"/>
     <w:rsid w:val="002F3920"/>
     <w:rsid w:val="003009FC"/>
     <w:rsid w:val="00317C5C"/>
     <w:rsid w:val="00321E53"/>
     <w:rsid w:val="003255D4"/>
+    <w:rsid w:val="00353999"/>
     <w:rsid w:val="0035624E"/>
     <w:rsid w:val="00374674"/>
     <w:rsid w:val="003752E9"/>
     <w:rsid w:val="00394D5F"/>
     <w:rsid w:val="00395618"/>
     <w:rsid w:val="003A4F05"/>
     <w:rsid w:val="003B0F59"/>
     <w:rsid w:val="003C309F"/>
     <w:rsid w:val="003E0C04"/>
     <w:rsid w:val="003F2ECE"/>
     <w:rsid w:val="003F45E3"/>
     <w:rsid w:val="00410F37"/>
     <w:rsid w:val="0043313F"/>
     <w:rsid w:val="00442130"/>
     <w:rsid w:val="00467D04"/>
     <w:rsid w:val="00473673"/>
     <w:rsid w:val="0048539B"/>
     <w:rsid w:val="00487245"/>
+    <w:rsid w:val="00490C79"/>
     <w:rsid w:val="00491B2C"/>
     <w:rsid w:val="00491F45"/>
     <w:rsid w:val="004956F8"/>
     <w:rsid w:val="004B24CC"/>
     <w:rsid w:val="004B3BD4"/>
     <w:rsid w:val="004D280A"/>
     <w:rsid w:val="004D41B7"/>
     <w:rsid w:val="004D5030"/>
     <w:rsid w:val="004E0215"/>
     <w:rsid w:val="004F5BD9"/>
+    <w:rsid w:val="0050089C"/>
     <w:rsid w:val="00511B1F"/>
     <w:rsid w:val="005121F1"/>
     <w:rsid w:val="0051357E"/>
     <w:rsid w:val="005307BA"/>
     <w:rsid w:val="005332EA"/>
     <w:rsid w:val="00533A4D"/>
     <w:rsid w:val="00545DD2"/>
     <w:rsid w:val="0054764D"/>
     <w:rsid w:val="005526D0"/>
     <w:rsid w:val="00552CE4"/>
     <w:rsid w:val="00560FAF"/>
     <w:rsid w:val="005717A0"/>
     <w:rsid w:val="00576ABB"/>
     <w:rsid w:val="00585281"/>
     <w:rsid w:val="00593D2B"/>
     <w:rsid w:val="00594BD2"/>
     <w:rsid w:val="005A04E9"/>
     <w:rsid w:val="005D230A"/>
     <w:rsid w:val="005D2C4B"/>
     <w:rsid w:val="005D44F2"/>
     <w:rsid w:val="005E5614"/>
     <w:rsid w:val="005E69DC"/>
     <w:rsid w:val="00600C73"/>
     <w:rsid w:val="006119DD"/>
     <w:rsid w:val="00616A77"/>
@@ -10527,129 +10900,135 @@
     <w:rsid w:val="00714887"/>
     <w:rsid w:val="007221F6"/>
     <w:rsid w:val="00731FD1"/>
     <w:rsid w:val="007339E5"/>
     <w:rsid w:val="0074397E"/>
     <w:rsid w:val="00746B06"/>
     <w:rsid w:val="00752904"/>
     <w:rsid w:val="00760412"/>
     <w:rsid w:val="0076313F"/>
     <w:rsid w:val="007834CF"/>
     <w:rsid w:val="00785C04"/>
     <w:rsid w:val="0079068C"/>
     <w:rsid w:val="00797510"/>
     <w:rsid w:val="00797CDC"/>
     <w:rsid w:val="007A4693"/>
     <w:rsid w:val="007A7A34"/>
     <w:rsid w:val="007B06E1"/>
     <w:rsid w:val="007C6D1C"/>
     <w:rsid w:val="007D25F3"/>
     <w:rsid w:val="007E7FB9"/>
     <w:rsid w:val="007F125C"/>
     <w:rsid w:val="007F3DB3"/>
     <w:rsid w:val="007F3E0B"/>
     <w:rsid w:val="00803F56"/>
     <w:rsid w:val="00804AF9"/>
+    <w:rsid w:val="00813BB2"/>
     <w:rsid w:val="0081537B"/>
     <w:rsid w:val="00815414"/>
     <w:rsid w:val="00815BC3"/>
     <w:rsid w:val="00816960"/>
     <w:rsid w:val="00847A8C"/>
     <w:rsid w:val="008920B9"/>
     <w:rsid w:val="0089347E"/>
     <w:rsid w:val="008959F8"/>
     <w:rsid w:val="008977D5"/>
     <w:rsid w:val="008A5C87"/>
     <w:rsid w:val="008A6E56"/>
     <w:rsid w:val="008B72E8"/>
     <w:rsid w:val="008D702A"/>
     <w:rsid w:val="008E3A98"/>
     <w:rsid w:val="008E6B66"/>
     <w:rsid w:val="008F4FA9"/>
     <w:rsid w:val="00901499"/>
     <w:rsid w:val="00906198"/>
     <w:rsid w:val="00907C3C"/>
     <w:rsid w:val="009116EA"/>
+    <w:rsid w:val="00923EF3"/>
     <w:rsid w:val="009318C8"/>
     <w:rsid w:val="009404B8"/>
     <w:rsid w:val="00945E09"/>
     <w:rsid w:val="00953448"/>
     <w:rsid w:val="00955D70"/>
     <w:rsid w:val="0096094B"/>
     <w:rsid w:val="00970DC1"/>
     <w:rsid w:val="009723C1"/>
     <w:rsid w:val="0097607B"/>
     <w:rsid w:val="00981FC7"/>
+    <w:rsid w:val="00986EC3"/>
     <w:rsid w:val="00990BFE"/>
     <w:rsid w:val="00991A0A"/>
     <w:rsid w:val="00992A63"/>
     <w:rsid w:val="00993E55"/>
     <w:rsid w:val="009A6455"/>
     <w:rsid w:val="009C4B76"/>
     <w:rsid w:val="009C5516"/>
     <w:rsid w:val="009C5B77"/>
     <w:rsid w:val="009C7A31"/>
     <w:rsid w:val="009D4896"/>
     <w:rsid w:val="009D5023"/>
     <w:rsid w:val="009D7AF7"/>
     <w:rsid w:val="009E480C"/>
     <w:rsid w:val="009F0362"/>
     <w:rsid w:val="009F1CC1"/>
     <w:rsid w:val="00A16954"/>
     <w:rsid w:val="00A2309E"/>
     <w:rsid w:val="00A41B2A"/>
     <w:rsid w:val="00A55CDB"/>
     <w:rsid w:val="00A81976"/>
     <w:rsid w:val="00A955D9"/>
     <w:rsid w:val="00AA6530"/>
     <w:rsid w:val="00AB7309"/>
     <w:rsid w:val="00AC094F"/>
     <w:rsid w:val="00AD3FE8"/>
+    <w:rsid w:val="00AE6C0E"/>
     <w:rsid w:val="00B022B9"/>
     <w:rsid w:val="00B02B4C"/>
     <w:rsid w:val="00B0472D"/>
     <w:rsid w:val="00B213CD"/>
     <w:rsid w:val="00B33C99"/>
     <w:rsid w:val="00B33D56"/>
     <w:rsid w:val="00B51DC3"/>
     <w:rsid w:val="00B522C6"/>
     <w:rsid w:val="00B64DCC"/>
     <w:rsid w:val="00B82600"/>
     <w:rsid w:val="00B837EB"/>
     <w:rsid w:val="00B83BF1"/>
     <w:rsid w:val="00BA2F2C"/>
     <w:rsid w:val="00BA7652"/>
     <w:rsid w:val="00BB324C"/>
     <w:rsid w:val="00BB7DBA"/>
     <w:rsid w:val="00BC333A"/>
     <w:rsid w:val="00BC6D7D"/>
     <w:rsid w:val="00BD5283"/>
     <w:rsid w:val="00BF30AC"/>
     <w:rsid w:val="00BF5993"/>
+    <w:rsid w:val="00C01954"/>
     <w:rsid w:val="00C04F70"/>
     <w:rsid w:val="00C16401"/>
     <w:rsid w:val="00C17886"/>
+    <w:rsid w:val="00C22E28"/>
     <w:rsid w:val="00C329D4"/>
     <w:rsid w:val="00C41283"/>
     <w:rsid w:val="00C423C9"/>
     <w:rsid w:val="00C84ED5"/>
     <w:rsid w:val="00CA150D"/>
     <w:rsid w:val="00CA34B3"/>
     <w:rsid w:val="00CA5F2D"/>
     <w:rsid w:val="00CB21A0"/>
     <w:rsid w:val="00CB2FD1"/>
     <w:rsid w:val="00CB6A94"/>
     <w:rsid w:val="00CC174A"/>
     <w:rsid w:val="00CC4874"/>
     <w:rsid w:val="00CC755F"/>
     <w:rsid w:val="00CD0759"/>
     <w:rsid w:val="00CD161E"/>
     <w:rsid w:val="00CD1659"/>
     <w:rsid w:val="00CE3956"/>
     <w:rsid w:val="00CE4284"/>
     <w:rsid w:val="00CE6E62"/>
     <w:rsid w:val="00CF6202"/>
     <w:rsid w:val="00D0125A"/>
     <w:rsid w:val="00D02533"/>
     <w:rsid w:val="00D24B18"/>
     <w:rsid w:val="00D31DE7"/>
     <w:rsid w:val="00D32B6E"/>
@@ -10658,50 +11037,51 @@
     <w:rsid w:val="00D43A69"/>
     <w:rsid w:val="00D5433C"/>
     <w:rsid w:val="00D64C94"/>
     <w:rsid w:val="00D65C94"/>
     <w:rsid w:val="00D7113E"/>
     <w:rsid w:val="00D81EB6"/>
     <w:rsid w:val="00D964F5"/>
     <w:rsid w:val="00DA60B6"/>
     <w:rsid w:val="00DA71F8"/>
     <w:rsid w:val="00DB4DA3"/>
     <w:rsid w:val="00DE22CD"/>
     <w:rsid w:val="00DE4164"/>
     <w:rsid w:val="00DE4A9F"/>
     <w:rsid w:val="00E0745B"/>
     <w:rsid w:val="00E077A0"/>
     <w:rsid w:val="00E22A39"/>
     <w:rsid w:val="00E26EC5"/>
     <w:rsid w:val="00E2743E"/>
     <w:rsid w:val="00E31D59"/>
     <w:rsid w:val="00E54C28"/>
     <w:rsid w:val="00E70439"/>
     <w:rsid w:val="00E7426E"/>
     <w:rsid w:val="00E8187F"/>
     <w:rsid w:val="00E94FBE"/>
     <w:rsid w:val="00ED7641"/>
+    <w:rsid w:val="00EE2FB9"/>
     <w:rsid w:val="00EE5C06"/>
     <w:rsid w:val="00EF2B7B"/>
     <w:rsid w:val="00F02355"/>
     <w:rsid w:val="00F167F8"/>
     <w:rsid w:val="00F3280D"/>
     <w:rsid w:val="00F32DE0"/>
     <w:rsid w:val="00F463CC"/>
     <w:rsid w:val="00F540B2"/>
     <w:rsid w:val="00F565DC"/>
     <w:rsid w:val="00F64F7B"/>
     <w:rsid w:val="00F6541C"/>
     <w:rsid w:val="00F73857"/>
     <w:rsid w:val="00F80370"/>
     <w:rsid w:val="00F81EE4"/>
     <w:rsid w:val="00F85AA5"/>
     <w:rsid w:val="00FA4BA8"/>
     <w:rsid w:val="00FB333F"/>
     <w:rsid w:val="00FC509A"/>
     <w:rsid w:val="00FD25A0"/>
     <w:rsid w:val="00FD4000"/>
     <w:rsid w:val="00FE1F43"/>
     <w:rsid w:val="00FF26A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -11353,77 +11733,129 @@
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
     <w:name w:val="x_msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00071C38"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="xcontentpasted0">
     <w:name w:val="x_contentpasted0"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00071C38"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="21327859">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="155804260">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="369961360">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="384722232">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="657462699">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930508885">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1234582407">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1270040981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11481,50 +11913,76 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1565291096">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1876306941">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1904486489">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2061590429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Deborah.L.Williams@asu.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0217618" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -11560,167 +12018,172 @@
               <w:b/>
               <w:bCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
             <w:t>[Year]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B49C2"/>
     <w:rsid w:val="00003C8E"/>
     <w:rsid w:val="00065508"/>
     <w:rsid w:val="00084D2A"/>
     <w:rsid w:val="00101760"/>
     <w:rsid w:val="00121093"/>
     <w:rsid w:val="0016575E"/>
     <w:rsid w:val="00181FBD"/>
     <w:rsid w:val="001C0388"/>
     <w:rsid w:val="001E0A80"/>
     <w:rsid w:val="001F4C04"/>
+    <w:rsid w:val="00272415"/>
     <w:rsid w:val="00282A5F"/>
     <w:rsid w:val="00285365"/>
     <w:rsid w:val="002B7B9C"/>
     <w:rsid w:val="00302317"/>
     <w:rsid w:val="00382956"/>
     <w:rsid w:val="003D0AA4"/>
     <w:rsid w:val="003D1408"/>
     <w:rsid w:val="00412B73"/>
     <w:rsid w:val="004D7386"/>
     <w:rsid w:val="00507D21"/>
     <w:rsid w:val="0051653F"/>
     <w:rsid w:val="005A3B61"/>
+    <w:rsid w:val="005C187C"/>
     <w:rsid w:val="00670A83"/>
     <w:rsid w:val="006855B7"/>
     <w:rsid w:val="00687D35"/>
     <w:rsid w:val="006957FB"/>
     <w:rsid w:val="006A42F1"/>
     <w:rsid w:val="006B3403"/>
     <w:rsid w:val="0071693F"/>
     <w:rsid w:val="0074514F"/>
     <w:rsid w:val="00751EDC"/>
     <w:rsid w:val="007B0C1E"/>
     <w:rsid w:val="00806F13"/>
     <w:rsid w:val="00814FA7"/>
     <w:rsid w:val="00846FBB"/>
     <w:rsid w:val="008B49C2"/>
+    <w:rsid w:val="0090689A"/>
     <w:rsid w:val="00935FC9"/>
     <w:rsid w:val="009933E1"/>
     <w:rsid w:val="009C0653"/>
     <w:rsid w:val="00A32623"/>
     <w:rsid w:val="00A34764"/>
     <w:rsid w:val="00A86B5A"/>
     <w:rsid w:val="00BA0E36"/>
     <w:rsid w:val="00BA2056"/>
     <w:rsid w:val="00C224B8"/>
     <w:rsid w:val="00C47678"/>
     <w:rsid w:val="00CE562D"/>
+    <w:rsid w:val="00D37FB1"/>
     <w:rsid w:val="00D443CF"/>
     <w:rsid w:val="00D845B0"/>
     <w:rsid w:val="00E37417"/>
     <w:rsid w:val="00F00ABE"/>
     <w:rsid w:val="00F36DF0"/>
     <w:rsid w:val="00F83193"/>
     <w:rsid w:val="00F914D0"/>
     <w:rsid w:val="00FE715A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -12438,89 +12901,89 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>2024</PublishDate>
+  <PublishDate>2025</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>30709</Characters>
+  <Pages>16</Pages>
+  <Words>5726</Words>
+  <Characters>32184</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>853</Lines>
-  <Paragraphs>522</Paragraphs>
+  <Lines>1038</Lines>
+  <Paragraphs>468</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona State University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35537</CharactersWithSpaces>
+  <CharactersWithSpaces>37442</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Debbie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>