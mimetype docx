--- v0 (2026-01-01)
+++ v1 (2026-01-16)
@@ -3,177 +3,136 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="01A5A023" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRDefault="00DF5E51">
-[...45 lines deleted...]
-    </w:p>
     <w:p w14:paraId="49FD2140" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF1797C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Tamara L. Underiner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CE31D5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00F50081">
+    <w:p w14:paraId="60CE31D5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="003A4041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="003A4041" w:rsidRPr="004B519D">
+        <w:r w:rsidRPr="004B519D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>tamara.underiner@asu.edu</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D404224" w14:textId="77777777" w:rsidR="003161DD" w:rsidRDefault="003161DD" w:rsidP="003161DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63B8C41E" w14:textId="77777777" w:rsidR="004B519D" w:rsidRPr="004B519D" w:rsidRDefault="004B519D" w:rsidP="003161DD"/>
     <w:p w14:paraId="55363F96" w14:textId="77777777" w:rsidR="003161DD" w:rsidRPr="004B519D" w:rsidRDefault="003161DD" w:rsidP="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:t>ADMINISTRATIVE APPOINTMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323A7D11" w14:textId="10068BB2" w:rsidR="00F50081" w:rsidRDefault="00F50081" w:rsidP="00F50081">
+    <w:p w14:paraId="323A7D11" w14:textId="16E45D13" w:rsidR="00F50081" w:rsidRDefault="00F50081" w:rsidP="00F50081">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Assoicate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dean for Professional Development and Engagement, Arizona State University </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Graduate College, 2021-present</w:t>
+        <w:t>Graduate College, 2021-</w:t>
+      </w:r>
+      <w:r w:rsidR="003B7F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3072EAAE" w14:textId="0A030DF1" w:rsidR="00583C64" w:rsidRDefault="00583C64" w:rsidP="00583C64">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Associate Dean for Academic Affairs, Arizona State University Graduate College, 2017-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F50081">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -181,65 +140,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1D323589" w14:textId="12D9CF6A" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="003161DD">
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Associ</w:t>
       </w:r>
       <w:r w:rsidR="003161DD" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>ate Dean for Research,</w:t>
       </w:r>
       <w:r w:rsidR="006D526B" w:rsidRPr="004B519D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003161DD" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arizona State University </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Institute for Design </w:t>
+        <w:t xml:space="preserve">Arizona State University Herberger Institute for Design </w:t>
       </w:r>
       <w:r w:rsidR="00583C64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003161DD" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>and the Arts, 2013-</w:t>
       </w:r>
       <w:r w:rsidR="00583C64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2017</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3C8CA8" w14:textId="07AA31FF" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00583C64" w:rsidP="003161DD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -612,153 +557,159 @@
       </w:r>
       <w:r w:rsidR="00A9150A" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Office of Knowledge Enterprise Development and Global </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Institute for Sustainability)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>PeerLA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00583C64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014-15 and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>PeerLA</w:t>
+        <w:t>TeamLA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00583C64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2017-18</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4902EA19" w14:textId="3FF92CAA" w:rsidR="00A9150A" w:rsidRPr="004B519D" w:rsidRDefault="003161DD" w:rsidP="00583C64">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Association for Theatre in Higher Education Leadership Institute, </w:t>
       </w:r>
       <w:r w:rsidR="00212539" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2006</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDB8EC9" w14:textId="77777777" w:rsidR="006E7EA4" w:rsidRPr="004B519D" w:rsidRDefault="006E7EA4" w:rsidP="006E7EA4"/>
     <w:p w14:paraId="542669E2" w14:textId="74FC4C5F" w:rsidR="00962A11" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Research/</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:t>Creative Activity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9B0AE5" w14:textId="514976E3" w:rsidR="00847493" w:rsidRPr="00CD74C9" w:rsidRDefault="00847493" w:rsidP="00CD74C9">
+    <w:p w14:paraId="7D7D2B63" w14:textId="0F443E40" w:rsidR="00CD74C9" w:rsidRPr="00113A20" w:rsidRDefault="00847493" w:rsidP="00113A20">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00847493">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The first half of my academic career was spent in researching theatre as a means of communal expression; the second in understanding how theatre, and the arts more broadly, can function as a form of medicine for individual and community wellbeing. Since 2011 I have been active in researching and developing programming around the integration of arts, humanities and design for health. Throughout, I have been concerned to explore, interrogate and create the conditions that promote equitable inclusion, whether in dramatic or canonical representation, classroom practice, or access to better health outcomes. </w:t>
       </w:r>
       <w:r w:rsidR="00962A11" w:rsidRPr="00847493">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Much of my recent work in publications and grant</w:t>
@@ -808,58 +759,58 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Seline</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00060E97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00060E97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Szkupinski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00060E97">
+      <w:r w:rsidR="00823EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00060E97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Quiroga,  Stephani</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00060E97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Etheridge Woodson and Robert F. Karimi in 2012. </w:t>
       </w:r>
       <w:r w:rsidR="00962A11" w:rsidRPr="00847493">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
@@ -880,362 +831,364 @@
       <w:r w:rsidR="00962A11" w:rsidRPr="00847493">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> reflected in my single- and co-authored publications and conference presentations in the general area of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">theatre history and in my ongoing directorship of the doctoral program in </w:t>
       </w:r>
       <w:r w:rsidR="00962A11" w:rsidRPr="00847493">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Theatre and Performance of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00962A11" w:rsidRPr="00847493">
+        <w:t>Theatre and Performance of the Americas</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="1B613FB7" w14:textId="77777777" w:rsidR="00CD74C9" w:rsidRDefault="00CD74C9" w:rsidP="00962A11">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2767C48A" w14:textId="45F677DD" w:rsidR="004C2F52" w:rsidRPr="004B519D" w:rsidRDefault="004C2F52" w:rsidP="00962A11">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Research/</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:t xml:space="preserve">Creative Activity:  </w:t>
       </w:r>
       <w:r w:rsidR="00DF5E51" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Publications</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52EBA079" w14:textId="77777777" w:rsidR="000919B3" w:rsidRPr="004B519D" w:rsidRDefault="00962A11" w:rsidP="00962A11">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:t>Books</w:t>
       </w:r>
       <w:r w:rsidR="003E373D" w:rsidRPr="004B519D">
         <w:t xml:space="preserve"> in print</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34782098" w14:textId="77777777" w:rsidR="000919B3" w:rsidRPr="004B519D" w:rsidRDefault="000919B3" w:rsidP="000919B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="1FC0A3B7" w14:textId="3A506A0E" w:rsidR="00113A20" w:rsidRDefault="00113A20" w:rsidP="00113A20">
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Nellhaus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Tobin, general ed., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Daphne Lei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tamara Underiner, and Patricia Ybarra, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Theatre Histories:  An Introduction, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Fourth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Routledge, 2016). Recruited for expertise on Latin American theatre and performance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00113A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> edition, where I was p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>rincipal author of four new chapters and two case studies, and consultation on remaining content and accompanying website.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> My contributions to this edition were to update the last two chapters </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>in light of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> post 2020 developments globally and their effects on theatre (including the pandemic, anti-racism movements, and technology).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB436D2" w14:textId="55A7C1BF" w:rsidR="00113A20" w:rsidRPr="00847493" w:rsidRDefault="00113A20" w:rsidP="00113A20">
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2F2ED7B2" w14:textId="2E47BFB9" w:rsidR="00583C64" w:rsidRDefault="00583C64" w:rsidP="006D526B">
       <w:pPr>
         <w:ind w:left="810" w:hanging="810"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Theatre, Performance and Theories of Change, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>with co-editor Stephani Etheridge Woodson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Palgrave Macmillan, 2018)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>: an edited volume exploring the deep, but often hidden, relationship between performance practices on the one hand and individual and social change on the other, featuring the contributions of 35 noted playwrights, historians, critics, educators, and policy makers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C94898E" w14:textId="77777777" w:rsidR="00583C64" w:rsidRDefault="00583C64" w:rsidP="006D526B">
       <w:pPr>
         <w:ind w:left="810" w:hanging="810"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F872A80" w14:textId="2149217C" w:rsidR="001F0791" w:rsidRPr="00847493" w:rsidRDefault="00A9150A" w:rsidP="006D526B">
+    <w:p w14:paraId="7F76750B" w14:textId="5D410D84" w:rsidR="00003B09" w:rsidRDefault="00A9150A" w:rsidP="00113A20">
       <w:pPr>
         <w:ind w:left="810" w:hanging="810"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Nellhaus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, Tobin, general ed., Bruce McConachie, Carol Fisher </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Sorgenfrei</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Tamara </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> and Tamara Underiner, </w:t>
       </w:r>
       <w:r w:rsidR="000919B3" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Theatre Histories:  An Introduction, Third Edition </w:t>
       </w:r>
       <w:r w:rsidR="00CD3DF4" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>(Routledge</w:t>
       </w:r>
       <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, 2016</w:t>
       </w:r>
       <w:r w:rsidR="00CD3DF4" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidR="001F0791" w:rsidRPr="004B519D">
-[...71 lines deleted...]
-      <w:r w:rsidR="006D526B" w:rsidRPr="004B519D">
+      <w:r w:rsidR="00113A20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="426C4ED4" w14:textId="77777777" w:rsidR="00113A20" w:rsidRPr="00113A20" w:rsidRDefault="00113A20" w:rsidP="00113A20">
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="810"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E7533A2" w14:textId="6003842D" w:rsidR="001F0791" w:rsidRPr="004B519D" w:rsidRDefault="001F0791" w:rsidP="001F0791">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Contemporary Theatre in Mayan Mexico:  Death Defying Acts. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">University of Texas Press, 2004. Spanish translation, Universidad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
@@ -1278,51 +1231,130 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Book Chapters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689E7E27" w14:textId="77777777" w:rsidR="001F0791" w:rsidRPr="004B519D" w:rsidRDefault="001F0791" w:rsidP="00CD3DF4">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
           <w:color w:val="202020"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="235A7E74" w14:textId="77777777" w:rsidR="00CD3DF4" w:rsidRPr="004B519D" w:rsidRDefault="00CD3DF4" w:rsidP="00624F59">
+    <w:p w14:paraId="3F95004A" w14:textId="1BC75C49" w:rsidR="004B754A" w:rsidRPr="00906A61" w:rsidRDefault="004B754A" w:rsidP="00624F59">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>“Research in Arts in Health,” with Francois</w:t>
+      </w:r>
+      <w:r w:rsidR="00906A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00906A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Bethoux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00906A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, MD and Stacey Springs PhD, in </w:t>
+      </w:r>
+      <w:r w:rsidR="00906A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:i/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Core Curriculum for Arts in Health Professionals.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00906A61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">San Diego:  National Organization for Arts in Health, 2021.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D359DDA" w14:textId="77777777" w:rsidR="004B754A" w:rsidRDefault="004B754A" w:rsidP="00624F59">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
+          <w:color w:val="202020"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235A7E74" w14:textId="5238EEFF" w:rsidR="00CD3DF4" w:rsidRPr="004B519D" w:rsidRDefault="00CD3DF4" w:rsidP="00624F59">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
           <w:color w:val="202020"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00624F59" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
           <w:color w:val="202020"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Moveable Feasts and </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
@@ -1536,154 +1568,148 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seagull Press, 2014. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51FC1514" w14:textId="77777777" w:rsidR="00CD3DF4" w:rsidRPr="004B519D" w:rsidRDefault="00CD3DF4" w:rsidP="000919B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Helvetica"/>
           <w:color w:val="202020"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EC17011" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="000919B3">
+    <w:p w14:paraId="6DF50C46" w14:textId="3A015DC6" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="000919B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>“ ‘Living Between Two or More Cultures: On the Interventions of PUENTE’s Community-</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Engaged Theatre.”  Invited essay for </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">New Essays on Canadian Theatre, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">vol. 3, eds. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Natalie Alvarez and Ric Knowles, Playwrights Canada Press (Toronto), 2013:  62-86.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF50C46" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="000919B3">
-[...5 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6CE4B9EF" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Burning Texts:  Indigenous Dramaturgy on the Continent of Life.” </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Indigenous American Drama: A Multivocal History, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ed. Birgit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Däwes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.  Albany:  SUNY Press, 2013:  63-76.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBE043B" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="461C65DD" w14:textId="0D966765" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
+    <w:p w14:paraId="461C65DD" w14:textId="390E8FE2" w:rsidR="00003B09" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">“Plain Speech Acts: Reading Quakerism with Theatre and Performance Studies.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Religion, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Theatre and Performance:  Acts of Faith, </w:t>
@@ -1694,158 +1720,122 @@
         </w:rPr>
         <w:t xml:space="preserve">ed. Lance </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Gharavi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">.  London:  Routledge, 2012: </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">100 – 114.  </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7EB2A4DE" w14:textId="77777777" w:rsidR="00906A61" w:rsidRPr="004B519D" w:rsidRDefault="00906A61" w:rsidP="00003B09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4A7CB6C3" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Violence Averted only to Return:  Visiting the Archive of ‘Pocahontas Plays’.” </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Violence in American Drama: Essays on Staging, Meanings and Effects, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">eds. Alfonso Ceballos Muñoz, Ramón </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Romero and Bernardo Muñoz Martinez. Jefferson, NC:  McFarland, 2011:  28 – 43.  </w:t>
+        <w:t xml:space="preserve">eds. Alfonso Ceballos Muñoz, Ramón Espejo Romero and Bernardo Muñoz Martinez. Jefferson, NC:  McFarland, 2011:  28 – 43.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7C2AC3" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00583C64">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F813F1A" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Staging the Mestiza Subject in Recent Yucatecan Theatre.” Invited submission for an anthology edited by anthropologists </w:t>
+        <w:t xml:space="preserve">“Staging the Mestiza Subject in Recent Yucatecan Theatre.” Invited submission for an anthology edited by anthropologists Steffan Igor </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Steffan</w:t>
+        <w:t>Ayora</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Igor </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Diaz and Gabriela Vargas Cetina, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Representaciones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Culturales</w:t>
       </w:r>
@@ -2333,50 +2323,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548CCDF2" w14:textId="77777777" w:rsidR="003327CD" w:rsidRPr="004B519D" w:rsidRDefault="003327CD" w:rsidP="003327CD"/>
     <w:p w14:paraId="38C5B04E" w14:textId="77777777" w:rsidR="007311FB" w:rsidRPr="004B519D" w:rsidRDefault="007311FB" w:rsidP="007311FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b w:val="0"/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:b w:val="0"/>
           <w:color w:val="202020"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Redemption.” </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="202020"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>Ecumenica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="202020"/>
           <w:szCs w:val="22"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t>: Journal of Theatre and Performance</w:t>
@@ -2497,67 +2488,57 @@
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Szkupinski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quiroga, </w:t>
       </w:r>
       <w:r w:rsidR="002815D1" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tamara </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Underiner</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Underiner, </w:t>
       </w:r>
       <w:r w:rsidR="002815D1" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stephani</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Etheridge Woodson, and </w:t>
       </w:r>
       <w:r w:rsidR="002815D1" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Megan Todd</w:t>
       </w:r>
@@ -2746,257 +2727,216 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B362A41" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve">“Caracol:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Transcontinental Substantiations in the Recent Work of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Coatlicue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Theatre Company.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Baylor Journal of Theatre and Performance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">special issue “Nations Speaking:  Indigenous Performance Across the Americas” vol. 4.1: 55-72. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FFDFE6" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E3D3DB1" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Unmasking Mayan Mexico.”  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Theatre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">May/June 2005.  Excerpt from my </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contemporary Theatre in Mayan Mexico.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>28-ff.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3ADC23" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1BEF59" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siete </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>Caracol</w:t>
+        <w:t>momentos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Transcontinental Substantiations in the Recent Work of </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-        <w:t>Coatlicue</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...90 lines deleted...]
-        <w:t>“</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>Siete</w:t>
+        <w:t>vida</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve"> maya:  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Performance, Tourism, and Mayan Identity on the Yucatán Peninsula.  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>E-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>misférica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
@@ -3109,65 +3049,51 @@
           <w:smallCaps/>
         </w:rPr>
         <w:t>Reviews, Curation, and Editorial</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541C7DF1" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64186E79" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="002067A0" w:rsidP="00003B09">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">“How do you Measure the Human Spirit?”  Program Notes for the U.S. tour of Teatro Linea de </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> production </w:t>
+        <w:t xml:space="preserve">“How do you Measure the Human Spirit?”  Program Notes for the U.S. tour of Teatro Linea de Sombra’s production </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Amarillo,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>OnTheBoards</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3191,413 +3117,367 @@
       <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, fall/spring 2012-2013. Invited to provide “context expertise” by tour coordinator.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185315B0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4673D2D6" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">“We Will Dance Our Truth:  Yaqui History in </w:t>
+        <w:t xml:space="preserve">“We Will Dance Our Truth:  Yaqui History in Yoeme Performances,” David Delgado Shorter.  Review for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>e-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Yoeme</w:t>
+        <w:t>misférica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Performances,” David Delgado Shorter.  Review for </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
+        <w:t>7.1 (May 2010).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646C23AC" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23A165B6" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“After Words,” afterword in published version of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tropic of X </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by Caridad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Svich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>introduction by Marvin Carlson (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>NoPassport</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Press, 2009). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C7C3FF" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B6CF0C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Archaeology of Performance:  Theatres of Power, Community and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Politcs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” Takeshi Inomata and Lawrence Coben, eds.  Review for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>e-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>misférica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
-        <w:t>7.1 (May 2010).</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">4.1 (May 2007).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B31EF27" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B09C4F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Rabinal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Achi:  A Mayan Drama of War and Sacrifice” (review of book by Dennis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tedlock</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">by Caridad </w:t>
+        <w:t>Theatre Journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 56:3 (Oct. 2004), 517-518.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13696755" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DADD942" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Early and Traditional Drama:  Africa, Asia and the New World" (review of book edited by Clifford Davidson and John H. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Svich</w:t>
+        <w:t>Stroupe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>, with introduction by Marvin Carlson (</w:t>
-[...153 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...55 lines deleted...]
-          <w:i/>
         </w:rPr>
         <w:t>Theatre Survey</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, 37,1 (May 1996): 130-134.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2174875B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E796163" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Chicano Drama:  Performance, Society and Myth” (review of book by Jorge Huerta), with Chris </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">“Chicano Drama:  Performance, Society and Myth” (review of book by Jorge Huerta), with Chris Danowski, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Theatre Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> December 2002:  668-9.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6199D6B3" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00F06031">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:iCs w:val="0"/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3769,219 +3649,351 @@
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FUNDED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B16485" w14:textId="77777777" w:rsidR="00263824" w:rsidRPr="004B519D" w:rsidRDefault="00263824" w:rsidP="00263824">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FB608DD" w14:textId="6BCC5641" w:rsidR="00116AB7" w:rsidRPr="00D97A85" w:rsidRDefault="00116AB7" w:rsidP="00116AB7">
+    <w:p w14:paraId="5BD7414E" w14:textId="69EDA98A" w:rsidR="00823EED" w:rsidRDefault="00116AB7" w:rsidP="00823EED">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">National Endowment for the Arts.  $150,000 Cooperative Agreement </w:t>
+        <w:t>National Endowment for the Arts.  $</w:t>
+      </w:r>
+      <w:r w:rsidR="00196A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>41</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0,000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(total over six years) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">to establish 1 of 5 Research Labs in the U.S .  Co-PI David W. Coon, Edson CONHI, Investigators S. Woodson, E. </w:t>
+        <w:t xml:space="preserve">Cooperative Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to establish 1 of 5 Research Labs in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U.S .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Co-PI David W. Coon, Edson CONHI, Investigators S. Woodson, E. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reifsnider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, S. Langer. Ours explores </w:t>
       </w:r>
       <w:r w:rsidRPr="00116AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00116AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>health-supporting role of the arts in different types of caregiving contexts and via a range of participatory arts experiences involving both caregivers and their loved ones.  Research will focus on theatre arts with parents and families of children with special needs; technology-enhanced narrative expression with informal caregivers of patients living with cancer; and music with families of veterans suffering from PTSD.</w:t>
+        <w:t xml:space="preserve">health-supporting role of the arts in different types of caregiving contexts and via a range of participatory arts experiences involving both caregivers and their loved ones. Research will focus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00113A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00116AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00116AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> theatre arts with parents and families of children with special needs; technology-enhanced narrative expression with informal caregivers of patients living with cancer; and music with families of veterans suffering from PTSD.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D97A85">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00116AB7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Awarded Spring 2020.</w:t>
+        <w:t xml:space="preserve">Awarded </w:t>
+      </w:r>
+      <w:r w:rsidR="00196A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00116AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+      <w:r w:rsidR="00823EED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00823EED" w:rsidRPr="00823EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Renewed Fall of 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00823EED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and Spring of 2024 @ two years each.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206A0288" w14:textId="62E08EE8" w:rsidR="00263824" w:rsidRPr="004B519D" w:rsidRDefault="00823EED" w:rsidP="00823EED">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="810" w:hanging="810"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Meharry Medical College:  $15,000 award for </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">week-long residency in their </w:t>
       </w:r>
-      <w:r w:rsidRPr="00847493">
+      <w:r w:rsidR="00263824" w:rsidRPr="00847493">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Robert Wood Johnson Summer Institute</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on Health Policy.  Co-developed curriculum with CENAS team for “The Emerging Importance of the Arts in Health Policy,” </w:t>
       </w:r>
       <w:r w:rsidR="003E373D" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">residency </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">June </w:t>
       </w:r>
       <w:r w:rsidR="003E373D" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="003E373D" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidR="00263824" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DEFE86F" w14:textId="77777777" w:rsidR="009C3DCC" w:rsidRPr="004B519D" w:rsidRDefault="009C3DCC" w:rsidP="009C3DCC">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4060,50 +4072,51 @@
       </w:r>
       <w:r w:rsidR="009C3DCC" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">(data analysis for pilot project described next), awarded Spring 2015. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B43E30A" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00263824">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C3DCC" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4669AB28" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00B37B01">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
@@ -4210,211 +4223,134 @@
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Szkupinski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">-Quiroga (medical anthropologist), Donna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Winham</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (nutritionist), and Stephani Woodson (community-based artist), and Megan Todd (specialist in wellness and performance </w:t>
-[...20 lines deleted...]
-        <w:t>, “The People’s Cook,” to design a mixed-methodologies pilot study to assess the effectiveness and potential for sustainability of a cooking/theatre curriculum in Latina/o community health and secondary school settings.  $12,000</w:t>
+        <w:t xml:space="preserve"> (nutritionist), and Stephani Woodson (community-based artist), and Megan Todd (specialist in wellness and performance studies).  Worked with cooking/ performance artists Mero Cocinero, “The People’s Cook,” to design a mixed-methodologies pilot study to assess the effectiveness and potential for sustainability of a cooking/theatre curriculum in Latina/o community health and secondary school settings.  $12,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7D2792" w14:textId="77777777" w:rsidR="00847493" w:rsidRDefault="00847493" w:rsidP="00116AB7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E553AB8" w14:textId="205B3162" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00116AB7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Katherine K. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> College of Fine Arts </w:t>
+        <w:t xml:space="preserve">Katherine K. Herberger College of Fine Arts </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Research/Creativity Grant</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Summer 2004 to develop contacts for work on a study of </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> e </w:t>
+        <w:t xml:space="preserve">, Summer 2004 to develop contacts for work on a study of Laboratorio de Teatro Campesino e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Indígena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BAA9B1" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="520CC716" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Katherine K. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> College of Fine Arts Research/Creative Activity Grant, Summer 2002 to re-visit field research for </w:t>
+        <w:t xml:space="preserve">Katherine K. Herberger College of Fine Arts Research/Creative Activity Grant, Summer 2002 to re-visit field research for </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Contemporary Mayan Theatre.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3E8463" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C69AB4C" w14:textId="77777777" w:rsidR="00003B09" w:rsidRPr="004B519D" w:rsidRDefault="00003B09" w:rsidP="00003B09">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -4562,130 +4498,342 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>American Association of University Women Dissertation Fellowship, 1997-98 (declined in order to accept visiting professorship at U. of Minnesota).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195DB6F5" w14:textId="708CA403" w:rsidR="003327CD" w:rsidRPr="004B519D" w:rsidRDefault="003327CD" w:rsidP="00847493">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CEBAD1A" w14:textId="77777777" w:rsidR="003E373D" w:rsidRPr="004B519D" w:rsidRDefault="003E373D" w:rsidP="00744207">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="336A846C" w14:textId="77777777" w:rsidR="002C3B2E" w:rsidRDefault="002C3B2E" w:rsidP="00DF5E51">
+    <w:p w14:paraId="4F785757" w14:textId="77777777" w:rsidR="00113A20" w:rsidRDefault="00113A20" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336A846C" w14:textId="559BA791" w:rsidR="002C3B2E" w:rsidRDefault="002C3B2E" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>UNFUNDED:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D0D8E8" w14:textId="77777777" w:rsidR="002C3B2E" w:rsidRDefault="002C3B2E" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="185C8BD9" w14:textId="18670253" w:rsidR="004837B0" w:rsidRPr="004B519D" w:rsidRDefault="004837B0" w:rsidP="00DF5E51">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+    <w:p w14:paraId="58673B97" w14:textId="01C66603" w:rsidR="000A6AE2" w:rsidRPr="000A6AE2" w:rsidRDefault="000A6AE2" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASU/Mayo Seed Grant (2024) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00F941CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Readiness is All: Preparing Healthcare Workers through Creative Practice</w:t>
+      </w:r>
+      <w:r w:rsidR="00F941CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a pilot study offering professional development for enhanced readiness in both technological and human factors, without impeding existing workflow, for staff in the Intensive Care Unit (ICU) at Mayo Clinic</w:t>
+      </w:r>
+      <w:r w:rsidR="00F941CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, via </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scaffolded experiences in the arts of performative storytelling, improvisation and theatre</w:t>
+      </w:r>
+      <w:r w:rsidR="00F941CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  $100,000.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E33B265" w14:textId="77777777" w:rsidR="000A6AE2" w:rsidRDefault="000A6AE2" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125C53DE" w14:textId="0C337C49" w:rsidR="006805DC" w:rsidRDefault="006805DC" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006805DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ouncil of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006805DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raduate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006805DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chools Coalition for the Humanities </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23E68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(2021) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for professional development activities targeted at Humanities PhD Students, $</w:t>
+      </w:r>
+      <w:r w:rsidR="00B07FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0,000. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE8C557" w14:textId="77777777" w:rsidR="006805DC" w:rsidRDefault="006805DC" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185C8BD9" w14:textId="7EE70D06" w:rsidR="004837B0" w:rsidRPr="004B519D" w:rsidRDefault="004837B0" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ew Paths to Purpose</w:t>
       </w:r>
       <w:r w:rsidR="003A2D4B" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="003A2D4B" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>“CENAS (C</w:t>
       </w:r>
       <w:r w:rsidR="003A2D4B" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">ultural Engagements in Nutrition, Arts and Sciences),” formerly “Diabetes of Democracy.”  A refined version of the NIH grant described below, for $125,000. Not funded.   </w:t>
+        <w:t xml:space="preserve">ultural Engagements in Nutrition, Arts and Sciences),” formerly “Diabetes of Democracy.”  A refined version of the NIH grant described below, for $125,000. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="316DCFA9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CC45957" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>National Institutes of Health (R24)</w:t>
       </w:r>
@@ -4712,176 +4860,362 @@
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Seline</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Skupinski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Quiroga of ASU’s Southwest Interdisciplinary </w:t>
-[...6 lines deleted...]
-        <w:t>Research Center.  Submitted Dec. 13, 2012.  (In Spanish, “</w:t>
+        <w:t xml:space="preserve"> Quiroga of ASU’s Southwest Interdisciplinary Research Center.  Submitted Dec. 13, 2012.  (In Spanish, “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>cenas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>” means both “dinners” and “scenes, or stages,” appropriate for a project combining theatre and nutrition education.) Proposal was reviewed (only 50% are) and received high marks for innovation, though it wasn’t funded.  Based on program officer feedback, we are developing it further for a 5-year R01.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A43B5D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E865A0A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+    <w:p w14:paraId="7E865A0A" w14:textId="19448C8B" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B519D">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ACLS Collaborative Research Grant Application submitted for research with Israel Franco on project “This Land is (Y)our Land:  Performances of Migration and Reterritorialization” ($100,000).  Submitted, not funded. </w:t>
+      <w:r w:rsidRPr="006805DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ACLS Collaborative Research Grant Application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006805DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> research with Israel Franco on project “This Land is (Y)our Land:  Performances of Migration and Reterritorialization” ($100,000).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03392A32" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43147DAE" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua" w:hint="eastAsia"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Research/Creative Activity</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Invited Lectures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED40AC2" w14:textId="77777777" w:rsidR="00B87910" w:rsidRPr="004B519D" w:rsidRDefault="00B87910" w:rsidP="00DF5E51">
-[...9 lines deleted...]
-    <w:p w14:paraId="25EA156F" w14:textId="40F4E68B" w:rsidR="0017586A" w:rsidRPr="004B519D" w:rsidRDefault="0017586A" w:rsidP="0017586A">
+    <w:p w14:paraId="0BB2EDB6" w14:textId="2A05ED9F" w:rsidR="00A46C31" w:rsidRDefault="00A46C31" w:rsidP="00A46C31">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17160C6D" w14:textId="197340B4" w:rsidR="00A46C31" w:rsidRDefault="00A46C31" w:rsidP="00A46C31">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reflections from the ASU Caregiving</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lab</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” NEA Research Labs Summit, Washington, D.C., </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>June,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAA5893" w14:textId="77777777" w:rsidR="00A46C31" w:rsidRDefault="00A46C31" w:rsidP="00A46C31">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C06EB4" w14:textId="6A561297" w:rsidR="00A46C31" w:rsidRDefault="00A46C31" w:rsidP="00A46C31">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46C31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bringing the Wonder of Art into Child and Adolescent Psychiatry:  Research Considerations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” Child Psychiatry Fellows program, Creighton University, AZ, October 2024.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C218AB4" w14:textId="77777777" w:rsidR="00A46C31" w:rsidRDefault="00A46C31" w:rsidP="0017586A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05ECA60C" w14:textId="59639394" w:rsidR="00334934" w:rsidRDefault="00334934" w:rsidP="0017586A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Mobilizing Wonder as an Art of Care:  Reflections from the ASU Caregiving Lab’s First Two Years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CORAL Lab Lecture Series, University of Colorado Anschutz Medical Campus. January 2023. Webinar.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9648B3" w14:textId="77777777" w:rsidR="00334934" w:rsidRDefault="00334934" w:rsidP="0017586A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25EA156F" w14:textId="62AAC6B7" w:rsidR="0017586A" w:rsidRPr="004B519D" w:rsidRDefault="0017586A" w:rsidP="0017586A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:snapToGrid/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="202020"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Arts and Health:  Epistemological Issues in Research,” Meharry Medical College, Nashville TN, June 2016, part of week-long residency with CENAS team, “The Emergence Importance of the Arts in Health Policy, funded by the Robert Wood Johnson Foundation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2044FF58" w14:textId="77777777" w:rsidR="0017586A" w:rsidRPr="004B519D" w:rsidRDefault="0017586A" w:rsidP="009D5A15">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:snapToGrid/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E7AF0FE" w14:textId="77777777" w:rsidR="00377AA7" w:rsidRPr="004B519D" w:rsidRDefault="009D5A15" w:rsidP="009D5A15">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
@@ -5110,62 +5444,74 @@
           <w:bCs/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“Performance as Research:  Means, Methods, Objects and Ends,” invited presentation to IHR Faculty Seminar Series, “Performing Humanities Research, Arizona State University, January 2015. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABA6E50" w14:textId="77777777" w:rsidR="00377AA7" w:rsidRPr="004B519D" w:rsidRDefault="00377AA7">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D26E5B4" w14:textId="77777777" w:rsidR="00BC34D3" w:rsidRPr="004B519D" w:rsidRDefault="00B53754">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">“El Teatro Maya Y </w:t>
+    <w:p w14:paraId="5D26E5B4" w14:textId="5C1CDF47" w:rsidR="00BC34D3" w:rsidRPr="004B519D" w:rsidRDefault="00B53754">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“El Teatro Maya </w:t>
+      </w:r>
+      <w:r w:rsidR="00F941CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Yo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">:  Una Historia De Amor, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Interrumpida</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -5225,65 +5571,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> De Yucatán, Mérida, Yucatán, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="384700EF" w14:textId="77777777" w:rsidR="00B53754" w:rsidRPr="004B519D" w:rsidRDefault="00B53754">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16FBA2CC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">“How Do you Solve a Problem like </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Juana?” Presentation on early Spanish-A</w:t>
+        <w:t>“How Do you Solve a Problem like Sor Juana?” Presentation on early Spanish-A</w:t>
       </w:r>
       <w:r w:rsidR="00C12248" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>merican theatre historiography, University of Minnesota doctoral colloquium,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA13B02" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A619FD5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5430,59 +5762,51 @@
           <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>http://www.spiritofthesenses.org/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D485B35" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BE002A2" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">My Summer 2011 essay in TDR, about the border-crossing theme park in Mexico, benefited from airings at a number of institutions, where I was invited to speak by colleagues who had heard about it based on a presentation I had given at ATHE shortly after my first visit to the site in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">June 2007.  These include:  </w:t>
+        <w:t xml:space="preserve">My Summer 2011 essay in TDR, about the border-crossing theme park in Mexico, benefited from airings at a number of institutions, where I was invited to speak by colleagues who had heard about it based on a presentation I had given at ATHE shortly after my first visit to the site in June 2007.  These include:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD1B66D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27504891" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>CUNY (Jean Graham-Jones), December 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFCBBC4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
@@ -5648,174 +5972,447 @@
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua" w:hint="eastAsia"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Conferences and Presentations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FF4635" w14:textId="77777777" w:rsidR="003327CD" w:rsidRPr="004B519D" w:rsidRDefault="003327CD" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39351E7E" w14:textId="77777777" w:rsidR="003E373D" w:rsidRPr="004B519D" w:rsidRDefault="003E373D" w:rsidP="00B37B01">
+    <w:p w14:paraId="5DD629C9" w14:textId="2BF9B2BC" w:rsidR="00334934" w:rsidRPr="00334934" w:rsidRDefault="00334934" w:rsidP="00334934">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Teaching the Emerging Importance of Arts to Health Policy &amp; Practice: A Case Study from Meharry Medical College,” with CENAS partners Etheridge Woodson, </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Arts as Rx: Translating Science into Impact via Arts-Based Interventions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Marc Moss, M.D. (U of Colorado) and Girija </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004B519D">
-[...5 lines deleted...]
-        <w:t>Szkupinski</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kaimal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004B519D">
-[...16 lines deleted...]
-    <w:p w14:paraId="27ADC278" w14:textId="77777777" w:rsidR="00B87910" w:rsidRPr="004B519D" w:rsidRDefault="00B87910" w:rsidP="00B37B01">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, EdD (Drexel).  Society for Behavioral Medicine annual meeting, Phoenix, AZ April 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE7FCDE" w14:textId="77777777" w:rsidR="00334934" w:rsidRDefault="00334934" w:rsidP="00B37B01">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="45DFAD4E" w14:textId="76F5629A" w:rsidR="00B37B01" w:rsidRPr="004B519D" w:rsidRDefault="00B37B01" w:rsidP="00B37B01">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="338F9384" w14:textId="5023F438" w:rsidR="00541D90" w:rsidRDefault="00541D90" w:rsidP="00B37B01">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">STEAM-Rolled?  Arts Education and Research in STEM Contexts,” presentation as part of roundtable </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Mobilizing Wonder as an Art of Caregiving:  A Report from ASU’s Caregiving Research Lab</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004B519D">
-[...4 lines deleted...]
-        <w:t>on  "</w:t>
+      <w:r w:rsidR="00334934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”  A</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004B519D">
-[...7 lines deleted...]
-    <w:p w14:paraId="31085889" w14:textId="77777777" w:rsidR="00B37B01" w:rsidRPr="004B519D" w:rsidRDefault="00B37B01" w:rsidP="00B37B01">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2RU (Alliance for the Arts in Research Universities), Ann Arbor, MI, Nov. 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163D3D4B" w14:textId="466515C0" w:rsidR="00541D90" w:rsidRDefault="00541D90" w:rsidP="00B37B01">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63A87D44" w14:textId="0EE97EBE" w:rsidR="00541D90" w:rsidRPr="00541D90" w:rsidRDefault="00541D90" w:rsidP="00541D90">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mobilizing Wonder as an Art of Resilience: Wonder Box Creativity Kits for Children with Medical Complexities and their Families</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” with Elizabeth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reifsnider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Stephani Etheridge Woodson, National Organization for Arts and Health (NOAH), Virtual Conference October 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479A6A1F" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90" w:rsidP="00541D90">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="466C93A8" w14:textId="433B1BBD" w:rsidR="00541D90" w:rsidRPr="00541D90" w:rsidRDefault="00541D90" w:rsidP="00541D90">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Challenges for Research and Practice Combining Arts, Humanities, Design and Health: A Preliminary </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>View from the Bridge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Creative Health Collaborations at Arizona State University</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with Ji Sun Myung.  National Organization for Arts and Health (NOAH), Austin, TX October 2018.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B61FC9" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90" w:rsidP="00541D90">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39351E7E" w14:textId="261B014D" w:rsidR="003E373D" w:rsidRPr="004B519D" w:rsidRDefault="003E373D" w:rsidP="00B37B01">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Teaching the Emerging Importance of Arts to Health Policy &amp; Practice: A Case Study from Meharry Medical College,” with CENAS partners Etheridge Woodson, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szkupinski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quiroga, and Karimi.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B37B01" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A2ru Annual Conference, Denver, CO Nov. 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ADC278" w14:textId="77777777" w:rsidR="00B87910" w:rsidRPr="004B519D" w:rsidRDefault="00B87910" w:rsidP="00B37B01">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45DFAD4E" w14:textId="76F5629A" w:rsidR="00B37B01" w:rsidRPr="004B519D" w:rsidRDefault="00B37B01" w:rsidP="00B37B01">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STEAM-Rolled?  Arts Education and Research in STEM Contexts,” presentation as part of roundtable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on  "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administrative Bodies and the (Neo)Liberal Arts:  Working on the 'Dark Side',” which I also organized, for the 2016 Annual Conference of the Association for Theatre in Higher Education, Chicago IL. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="28395963" w14:textId="77777777" w:rsidR="003E373D" w:rsidRPr="004B519D" w:rsidRDefault="003E373D" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B26E7BB" w14:textId="77777777" w:rsidR="009D5F4B" w:rsidRPr="004B519D" w:rsidRDefault="009D5F4B" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="@PMingLiU" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -5863,146 +6460,131 @@
     <w:p w14:paraId="17D1B4F4" w14:textId="77777777" w:rsidR="004C2F52" w:rsidRPr="004B519D" w:rsidRDefault="004C2F52" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6317B1B5" w14:textId="77777777" w:rsidR="003327CD" w:rsidRPr="004B519D" w:rsidRDefault="00212539" w:rsidP="00212539">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Underiner</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Underiner, Tamara and Stephani Etheridge Woodson, with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Tamara and Stephani Etheridge Woodson, with </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Seline</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Seline</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Szkupinski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:iCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Szkupinski</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve"> Quiroga.  “</w:t>
+      </w:r>
+      <w:r w:rsidR="003327CD" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
+          <w:i/>
           <w:iCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Quiroga.  “</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>Doing</w:t>
       </w:r>
       <w:r w:rsidR="000919B3" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Something? Theatre as ‘</w:t>
       </w:r>
       <w:r w:rsidR="003327CD" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Intervention</w:t>
@@ -6135,50 +6717,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="421CA46F" w14:textId="77777777" w:rsidR="00A3006C" w:rsidRPr="004B519D" w:rsidRDefault="00B95472" w:rsidP="00B95472">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>“Dream Acts:” Plenary Presentation</w:t>
       </w:r>
       <w:r w:rsidR="00A3006C" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00A3006C" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -6242,61 +6825,51 @@
           <w:b w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E74506C" w14:textId="77777777" w:rsidR="004803CD" w:rsidRPr="004B519D" w:rsidRDefault="004803CD" w:rsidP="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Play and the Idea of an American Theatre: Civic Theatre in the Progressive Age.”  American </w:t>
-[...9 lines deleted...]
-        <w:t>Theatre and Drama Society and Association for Theatre in Higher Education, Orlando, 2013.</w:t>
+        <w:t>“Play and the Idea of an American Theatre: Civic Theatre in the Progressive Age.”  American Theatre and Drama Society and Association for Theatre in Higher Education, Orlando, 2013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3E14CE" w14:textId="77777777" w:rsidR="004803CD" w:rsidRPr="004B519D" w:rsidRDefault="004803CD" w:rsidP="004803CD"/>
     <w:p w14:paraId="5BB0E6F2" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="004803CD" w:rsidP="004803CD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">“Reading Mexico's </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -6426,244 +6999,182 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D8E5117" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Co-chair, with Irma Mayorga, “</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times-Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pedagogies of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Pedagogies of Mestizaje: a Conversation on teaching U.S. </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times-Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Mestizaje</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+        <w:t xml:space="preserve">Latina/o and Latin American Theater,” Latino/Latina Focus Group of the Association for </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times-Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">: a Conversation on teaching U.S. </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Theatre in Higher Education, Chicago, August 2011. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C9D152" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54701B31" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Chair, session on “</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="ArialMT"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Survivance</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Survivance and Scholars: Decolonization and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="ArialMT"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Scholars: Decolonization and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Persistance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="ArialMT"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t>Persistance</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in Native Theatre </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="ArialMT"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in Native Theatre </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">and Academia," Association for Theatre in Higher Education, Los Angeles, August 2010, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="ArialMT"/>
           <w:szCs w:val="26"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">and Academia," Association for Theatre in Higher Education, Los Angeles, August 2010, </w:t>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>organized by TPOA PhD Candidate Tiffany Noell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD00FEC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27FFCADF" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">“Surviving and Thriving in Graduate School.” Invited by the Graduate Student Caucus of the </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Association for Theatre in Higher Education, Los Angeles, August 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B16837D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49BF07E9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Under the Deerskin Skirt:  White/Indian </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of Ideal American Womanhood.”  </w:t>
+        <w:t xml:space="preserve">“Under the Deerskin Skirt:  White/Indian Stagings of Ideal American Womanhood.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Presentation at the First Annual Conference on Research on Fine And Performing Arts of </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">the Athens Institute for Education and Research,” Athens, Greece, June 2010. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409F43A5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38F2EE27" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
@@ -6699,51 +7210,50 @@
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Seattle, 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA72682" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597D28FC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Co-Chair with Sonja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Kuftinec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, annual meeting of the American Society for Theatre Research, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">San Juan, Puerto Rico, November 2009, “Theatre, Performance and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
@@ -6843,135 +7353,135 @@
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Research, San Juan Puerto Rico, 2009. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1093F2F4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16DC3CBC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>“Performances of Migration and Re-</w:t>
+        <w:t xml:space="preserve">“Performances of Migration and Re-Territorialization:  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Territorialization</w:t>
+        <w:t>Jornaleros</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Jornaleros</w:t>
+        <w:t>como</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>como</w:t>
+        <w:t>actores</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>actores</w:t>
+        <w:t>políticos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>políticos</w:t>
+        <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t>el</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> el </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>escenario</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> trans-local”, presentation for panel “Performance Strategies to Address </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -6985,104 +7495,95 @@
         </w:rPr>
         <w:t>Janerio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">2009. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A12A45B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58380967" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+    <w:p w14:paraId="58380967" w14:textId="045D9C54" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Violence Averted only to Return:  Visiting the Archive of ‘Pocahontas Plays’,” presentation for the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">“Violence Averted only to Return:  Visiting the Archive of ‘Pocahontas Plays’,” presentation for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E23E68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Third International Conference on American Drama, Cádiz, Spain, May 2009. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Third International Conference on American Drama, Cádiz, Spain, May 2009. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78CDA628" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="046C4266" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>“Performances of Migration and Re-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">.” Working Session, American Society for Theatre Research, Boston, 2008. </w:t>
+        <w:t xml:space="preserve">“Performances of Migration and Re-Territorialization.” Working Session, American Society for Theatre Research, Boston, 2008. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="483BEBE4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DD56371" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>“Latin American Theatre in the United States:  A View from</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -7251,105 +7752,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">“Masking the Blood and the Sacrifice:  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Rabinal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> Achi </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>and Indigenous Performance Research,” with Anita Gonzalez (SUNY/New Paltz).  Plenary presentation, American Society for Theatre Research, 50</w:t>
+        <w:t xml:space="preserve">and Indigenous Performance Research,” with Anita Gonzalez (SUNY/New Paltz).  Plenary presentation, American Society for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Theatre Research, 50</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> anniversary meeting, Chicago, 2006.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB27208" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47CD67FC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Chair and organizer, panel on “Latin/o American Theatre Studies for the 21</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Century:  Critical Gaps, Political Geographies, and Pedagogical Praxis,” for Latin American Studies Association conference, San Juan, Puerto Rico, March 2006.  Participants included Stuart Day, U of Kansas; Jean Graham-Jones, CUNY; Jon Rossini, UC Davis; Patricia Ybarra, </w:t>
-[...6 lines deleted...]
-        <w:t>Brown; and Ramon Rivera-</w:t>
+        <w:t xml:space="preserve"> Century:  Critical Gaps, Political Geographies, and Pedagogical Praxis,” for Latin American Studies Association conference, San Juan, Puerto Rico, March 2006.  Participants included Stuart Day, U of Kansas; Jean Graham-Jones, CUNY; Jon Rossini, UC Davis; Patricia Ybarra, Brown; and Ramon Rivera-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Servera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, ASU, who served as respondent. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1B088A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E234F60" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
@@ -7375,69 +7876,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F735DF0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Transcontinental Performances of Zapatismo in the Colorado Sisters’</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Caracol.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> American Society for Theatre Research, Toronto, November 2005.  (Expansion of ATHE essay listed next.) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E7AB43" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DA1F28B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -7474,67 +7957,51 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA42E44" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
         </w:rPr>
-        <w:t xml:space="preserve">Beyond Boal and El Teatro </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, Latin/o American Theater in the Classroom.”  Roundtable </w:t>
+        <w:t xml:space="preserve">Beyond Boal and El Teatro Campesino, Latin/o American Theater in the Classroom.”  Roundtable </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D4681D" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
         </w:rPr>
         <w:t>wth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve"> Jon Rossini (UC Davis); Jorge Huerta (UC San Diego); Jean Graham-Jones (CUNY), and Patricia Ybarra (Brown).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="578FAE7C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7722,904 +8189,846 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>rd</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Native American Workshop, Trinity College, Dublin, March 2002.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F88AF7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF7D65C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
+        <w:lastRenderedPageBreak/>
         <w:t>"Opening the Shaman's Bag:  Latino Theatre, Non-Latino Audiences, and the Logic of Tourism,” American Society for Theatre Research, San Diego, November 2001.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E75CD7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41E180A4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
-        <w:t xml:space="preserve">“Transculturality in the work of Mexico’s </w:t>
+        <w:t xml:space="preserve">“Transculturality in the work of Mexico’s Laboratorio de Teatro Campesino e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
-        <w:t>Laboratorio</w:t>
+        <w:t>Indígena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
-        <w:t xml:space="preserve"> de Teatro </w:t>
+        <w:t>,” Association for Theatre in Higher Education, Chicago, August 2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0310F9EF" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D50FDF2" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Death-Defying Acts: Mayan Theatre in a Changing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>World,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> invited speaker to Mercersburg Academy, Mercersburg, PA, December 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672B08A0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78F6DF8D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Introducing Theatre in a Different ‘Why:’ A View from the University of Minnesota,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Sonja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
-        <w:t>Campesino</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kuftinec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, American Society for Theatre Research, New York, November 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EB26F9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2542F6F3" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mayans and Performance: A Tour of Selected Sites.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Performance and Indigenous Cultures Panel, moderated by Diana Taylor.  First Annual Hemispheric Institute Conference, Performance and Politics in the Americas, Rio de Janeiro, Brazil, July 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15088F9D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047A2A85" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Taking Aim: Cultural (Inter)action in Contemporary Mayan Theatre.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  McKnight Presentation, University of Minnesota, April 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBDD16F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5618741A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Faculty Writing Consultants Starting a TA Development </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Program,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sonja </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kuftinec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as part of workshop </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Consultancy Models for Decentralizing Writing Across the Curriculum: Creating Webs of Institutional Writing Support,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conference on College Composition and Communication, Minneapolis, April 2000.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032AEF0D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="212184E4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Roundtable participant, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>From Miniatures to Movies: Texts and Representations,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Minnesota Fourth Annual Graduate Symposium, March 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF3D707" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8CFADD" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>"Route under Construction: Mayan Performance between Here and There," American Society for Theatre Research, Minneapolis, MN November 1999.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7180C986" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C00054" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Mayan Theatre: Indigenous or Intercultural?" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Coloquio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Teatro y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Comunidad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, session "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Procesos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>creativos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>investigación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>diálogo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>premeditado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>," Oaxaca, MX, Aug. 1999.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D99107" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299D6C6C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>"A History of Mayan Theatre in Mexico." Presentation to the Maya Society of Minnesota, Hamline University, St. Paul, MN January 1999.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17552B87" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="397387AD" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Laboratorio de Teatro Campesino e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t>Indígena</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
-        <w:t>,” Association for Theatre in Higher Education, Chicago, August 2001.</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Death-Defying Acts: Mayan Theatre in a Changing </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>: Inventing a New Tradition of Intercultural Theatre." North Central Council of Latin Americanists, St. Norbert's College, De Pere, WI October 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2028C314" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56D097D4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Staging a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Precedent:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The Retrial of an American Anarchist in 1931."  Mid-American Theatre Conference, Omaha, March 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5D7762" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BB9BC7F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Roundtable Participant, "The State of U.S. Latino Theatre," symposium sponsored by the University of Minnesota's Department of Spanish and Portuguese, April 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F81426E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CDE5E30" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>"Staging Native Americans:  Tillicum Village," with Katie Johnson.  American Society for Theatre Research, November 1996.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D02450" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710DF8D6" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>"Cultures in Re-Vision: Contemporary Mayan Theatre." ASTR Plenary Session, Nov. 1996.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40101989" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B076E9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Cultures Enacted/Cultures </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>World,</w:t>
-[...5 lines deleted...]
-        <w:t>@</w:t>
+        <w:t>In</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> invited speaker to Mercersburg Academy, Mercersburg, PA, December 2000.</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> with Sonja </w:t>
+        <w:t xml:space="preserve"> Action:  Performance, Community and Gender in Mayan Mexico."  University of Washington conference on "Diaspora, Neo-Liberalism and the Politics of Identity in Mexico," October 1996; and December 1996 MLA, Washington, D.C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CE8FD4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F7080EC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>"Look What They've Done to My Song:  The Politics of Preservation in a Guatemalan Dance Drama."  North Central Council of Latin Americanists, October 1995.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0EAD76" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10214589" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>"Show Boat:  The Unmooring of an 'All-American' Musical."  Mid-American Theatre Conference, Kansas City, March 1995.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67755F0D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCC5E1A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Crisis of Assimilation:  Graduate Student Perspectives on Power and Pedagogy," with Jennifer Jones. Assn. for Theatre Research National Conference, New York City, November 1994.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6742BFE5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"The Man from </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Kuftinec</w:t>
+        <w:t>Rabinal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>, American Society for Theatre Research, New York, November 2000.</w:t>
-[...104 lines deleted...]
-        <w:t xml:space="preserve">Faculty Writing Consultants Starting a TA Development </w:t>
+        <w:t xml:space="preserve"> Meets the Man from </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Program,</w:t>
-[...11 lines deleted...]
-        <w:t>with</w:t>
+        <w:t>Bourbourg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sonja </w:t>
-[...545 lines deleted...]
-        </w:rPr>
         <w:t>:  How the only Extant Mayan Drama Entered Western Discourse."  Association for Theatre in Higher Education National Conference, Chicago, August 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C893BB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57D810C0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">"A Monkey and A Flower, Everything at Once:  </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> in Chiapas." Association for Theatre in Higher Education National Conference, Chicago, 1994.</w:t>
+        <w:t>"A Monkey and A Flower, Everything at Once:  Carnaval in Chiapas." Association for Theatre in Higher Education National Conference, Chicago, 1994.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170768D9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="124E112B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>"A History of the Pittsburgh Playhouse Junior Theatre,</w:t>
       </w:r>
@@ -8777,50 +9186,51 @@
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Usigli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, Mexico City, summers, 1996-1999.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="173E347F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Research on contemporary indigenous and commercial theatre in Mexico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4870A5AE" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2490F13C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Nacional </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -8873,51 +9283,50 @@
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Autónoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Chiapas, summer, 1996.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E830C6" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Research on indigenous/non-indigenous relations in southern Mexico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA3FB17" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FE46F0E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Centro de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -9048,63 +9457,55 @@
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Research on American musical theatre.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C49E37E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19A947F8" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Institute for African American Culture, Harlem, NY, Nov. 1994. </w:t>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Schomberg Institute for African American Culture, Harlem, NY, Nov. 1994. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3ABDDA" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Research in African American Periodicals of the 1920s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9215FB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45622A74" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
@@ -9352,1187 +9753,1251 @@
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">Courses Developed and Taught: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FBBB5BA" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F375BFD" w14:textId="77777777" w:rsidR="00F37DDA" w:rsidRPr="004B519D" w:rsidRDefault="00F37DDA" w:rsidP="00284265">
+    <w:p w14:paraId="173DAC47" w14:textId="4CA66E9A" w:rsidR="00DD76CD" w:rsidRPr="00DD76CD" w:rsidRDefault="00DD76CD" w:rsidP="00284265">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Professional Development Seminar:  Preparing Future Faculty (GRD 791).  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Substantially overhauled this flagship course for doctoral and MFA students to better represent humanities and arts students. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fall 2017 – Fall 2023.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FAE5B6" w14:textId="77777777" w:rsidR="00DD76CD" w:rsidRDefault="00DD76CD" w:rsidP="00284265">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F375BFD" w14:textId="1F0F1968" w:rsidR="00F37DDA" w:rsidRPr="00B86724" w:rsidRDefault="00F37DDA" w:rsidP="00284265">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Graduate Seminar:  Theatre History (THE 520).  </w:t>
       </w:r>
       <w:r w:rsidR="00284265" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Innovation was to teach it as a professional development course, giving them experience in researching and presenting original research, and in teaching undergraduate theatre history classes</w:t>
       </w:r>
       <w:r w:rsidR="00884B09" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>.  Fall 2016.</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00884B09" w:rsidRPr="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fall 2016</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86724" w:rsidRPr="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, Fall 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00884B09" w:rsidRPr="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00284265" w:rsidRPr="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D0D452" w14:textId="77777777" w:rsidR="00F37DDA" w:rsidRPr="004B519D" w:rsidRDefault="00F37DDA" w:rsidP="00AF0945">
+    <w:p w14:paraId="79D0D452" w14:textId="77777777" w:rsidR="00F37DDA" w:rsidRPr="00B86724" w:rsidRDefault="00F37DDA" w:rsidP="00AF0945">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B6E3EB4" w14:textId="77777777" w:rsidR="00B95472" w:rsidRPr="004B519D" w:rsidRDefault="00B95472" w:rsidP="00AF0945">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Graduate Seminar:  Theories of Change for the Theatre</w:t>
       </w:r>
       <w:r w:rsidR="00F37DDA" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (THE 505)</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">co-taught with Stephani Etheridge Woodson, to 1) introduce new approach to our required theory class </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">co-taught with Stephani Etheridge Woodson, to 1) introduce new approach to our required theory class and 2) strengthen the pedagogic connection across </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4681D" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> two doctoral cohorts</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4681D" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we supervise in Theatre and Performance of the Americas (TU) and Theatre for Youth (SEW)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B37B01" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37DDA" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2014.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B37B01" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This seminar helped us to begin our thinking for the anthology now at Palgrave MacMillan. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2430" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F687567" w14:textId="77777777" w:rsidR="00B95472" w:rsidRPr="004B519D" w:rsidRDefault="00B95472" w:rsidP="00AF0945">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556CCD7A" w14:textId="284B6F32" w:rsidR="00AF0945" w:rsidRPr="004B519D" w:rsidRDefault="00AF0945" w:rsidP="00AF0945">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Graduate Pro-Seminar:  Theatre and Performance of the Americas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4681D" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TPOA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(THE 591)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Core seminar for new doctoral students in the TPOA concentration.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Fall 2005, 2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>2010, 2011, 2013</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>, Spring 2018, 2022</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B86724">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A13B216" w14:textId="77777777" w:rsidR="00AF0945" w:rsidRPr="004B519D" w:rsidRDefault="00AF0945" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70A3DDFD" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate Seminar:  Topics in TPOA (THE 791).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Offerings have included “Performance and Displacement (Spring 2011), “Performances of Nativism” (Fall 2008), “Theatre of the Americas (Spring 2003), and “Performances of/and Indigeneity,” (Spring 2005).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5988379B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59CA2985" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate Colloquium in Advanced Research and Professional Development </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(THE 691). Weekly seminar for doctoral students in their final semester, in which they workshop their preliminary dissertation research and build their research and teaching portfolios for later employment. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Spring</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4681D" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> semester</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37DDA" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>s 2007-2015; Fall semester 2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA7C8F4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED51939" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate Seminar:  “Active Readings in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>USAmerican</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Theatre History and Dramatic Literature” (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>THE 591</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Developed new hybrid seminar to meet needs of TPOA and TFY doctoral students after retirement of Professors Bedard and Knapp.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40357EB7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4B189B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Theatre, History and Culture (THE 322)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFBE240" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Online theatre history class for theatre minors and non-majors, which went live in Fall 2006. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Offered every semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00239954" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00AF0945">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70BDEA74" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Latin American Drama in Translation (THE 494/598)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46218009" w14:textId="41B65162" w:rsidR="00DF5E51" w:rsidRPr="00AC2C4A" w:rsidRDefault="00DF5E51" w:rsidP="00AC2C4A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advanced topics seminar, introducing students to the history of drama and performance practices in the hemisphere, read through a variety of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>playtexts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with particular attention to questions of translation and how the pieces “travel.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2006.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E39BCA1" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">and 2) strengthen the pedagogic connection across </w:t>
-[...32 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">Theatre History (THE 520-521) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Focus on history and historiography of Western Theatre.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fall/Spring 2003-5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58061A6B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D3061F8" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Methods (THE 500).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Core seminar for MA and MFA students, introducing them to the assumptions and values underlying advanced research in university settings, particularly regarding arts and education.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Every fall from 2001-2004; 2009 and 2010.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442B64E6" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FCAA47E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Research and Dissertation (THE 792/799).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Supervise dissertation projects in both TPOA and TFY (12 since 2003).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1566EB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1A037C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directed Study, TPOA (THE 590).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supervise independent studies for students doing pre-thesis and pre-dissertation research or dramaturgical projects. Most recent: Fall 2012: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ideas about Latin American Theatre History, Theory and Criticism.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D049C24" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E6E0BA" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Honors Thesis/Directed Study (THE 493/492).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ongoing, as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38481CA2" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="417F3D41" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Theatre History (THE 320-321).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Fall 2001 – Spring 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495DCE9D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ECC3B5F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>Mentorship of Graduate Students:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0E7949" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3115FCCA" w14:textId="77777777" w:rsidR="0010784C" w:rsidRDefault="00DF5E51" w:rsidP="00AF0945">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dissertation Chair or Co-Chair: </w:t>
+      </w:r>
+      <w:r w:rsidR="002E5A22" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F37DDA" w:rsidRPr="004B519D">
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Currently chairing or co-chairing four doctoral students in Theatre and Performance of the Americas and one CLAS student. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FC0324" w14:textId="77777777" w:rsidR="0010784C" w:rsidRDefault="0010784C" w:rsidP="00AF0945">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="024FD431" w14:textId="05574864" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="002E5A22" w:rsidP="00AF0945">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Chaired</w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one successful defense in 2024:  Hector Garza. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2F687567" w14:textId="77777777" w:rsidR="00B95472" w:rsidRPr="004B519D" w:rsidRDefault="00B95472" w:rsidP="00AF0945">
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prior successful defenses: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5E51" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Erica </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ocegueda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Megan De Roover; Fatemeh Madani </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sarbarani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0010784C" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Laurelann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0010784C" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Porter</w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Jorge González</w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5E51" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jamie Romine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Heather </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Stickeler</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Isel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rodriguez; M</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2F52" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>egan Anne Todd; Laura Dougherty</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nestor Bravo-Goldsmith,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Katherine Nigh, Tiffany Noell,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5E51" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2F52" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jayson Morrison.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5E51" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8C1A37" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D69596" w14:textId="236C5E1A" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...130 lines deleted...]
-        <w:t xml:space="preserve">(THE 691). Weekly seminar for doctoral students in their final semester, in which they workshop their preliminary dissertation research and build their research and teaching portfolios for later employment. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Member, Dissertation Committees:</w:t>
       </w:r>
       <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...481 lines deleted...]
-        <w:t xml:space="preserve">Dissertation Chair or Co-Chair: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> SFDT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="002E5A22" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Chaired two successful defenses in 2015:  </w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Michelle Hill</w:t>
+      </w:r>
+      <w:r w:rsidR="00884B09" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2017)</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2F52" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Tiffany Trent, Joe Schoenfelder, Elizabeth </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C2F52" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...174 lines deleted...]
-        <w:t>Ocegueda</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Schildkret</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00884B09" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2018)</w:t>
-[...153 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (2017)</w:t>
       </w:r>
       <w:r w:rsidR="002E5A22" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Hector Garza, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>YiRen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -10564,274 +11029,310 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ryan-Whitehead, Jodi Gibson, Cecilia Aragon, Lori Hager.  EXTERNAL: </w:t>
       </w:r>
       <w:r w:rsidR="00212539" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00212539" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Crystine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00212539" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Miller (ENG), </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Sandra </w:t>
+        <w:t xml:space="preserve"> Miller (ENG</w:t>
+      </w:r>
+      <w:r w:rsidR="0010784C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, in process</w:t>
+      </w:r>
+      <w:r w:rsidR="00212539" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Sandra Rath (COM)</w:t>
+      </w:r>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>; Sogol Homayoun (MLFTC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2F52" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3571A9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C5635E4" w14:textId="3E1CDF27" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00464780">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">MA Thesis Committee Member:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00464780" w:rsidRPr="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Omar Hashem</w:t>
+      </w:r>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Melissa Dickman, Joseph Schoenfelder</w:t>
+      </w:r>
+      <w:r w:rsidR="00884B09" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2F52" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625E28F8" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51569453" w14:textId="74512754" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, MFA Committees:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Gregory Farber</w:t>
+      </w:r>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Angela Giron, Lindsay Harmon, Kristyn </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Rath</w:t>
+        <w:t>Benedyk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004B519D">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amy Dominy, Michael Peterson, Mark Zeller.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01851304" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69373247" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Director, Honors Thesis:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Laura Wilkinson.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0590C5FC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E07FA9D" w14:textId="419EC170" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Reader, Honors Thesis Students:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00464780" w:rsidRPr="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Raji Ganesan</w:t>
+      </w:r>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lisa Allen</w:t>
+      </w:r>
+      <w:r w:rsidR="00464780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...195 lines deleted...]
-        <w:t xml:space="preserve">Lisa Allen; </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Angela Calabrese (awarded Thesis of Distinction in April 2002) and Katherine Duquette.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33261701" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="574D3D28" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -10949,58 +11450,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="196CAA4B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Graduate Seminar: Theatre and Nationalisms.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Core graduate seminar focusing on the </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">relationship between theatre and emergent notions of nationhood in the 17th and 18th centuries, in Europe and the Americas. </w:t>
+        <w:t xml:space="preserve">  Core graduate seminar focusing on the relationship between theatre and emergent notions of nationhood in the 17th and 18th centuries, in Europe and the Americas. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Fall 1997, Fall 2000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78CDAB9A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="053D212B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
@@ -11283,50 +11777,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Spring 1998.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12CE11EF" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0692B26D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Visiting Instructor</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Arizona State University, Spring 1997</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D3C6B4" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B7ACFB2" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
@@ -11500,51 +11995,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="416F93B9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="708307FB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Hispanic Theatre.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">  Introduction to dramatic and performance texts of indigenous and Latino/a theatre artists in the United States, Mexico, Central and South America.  Advanced undergraduates. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Fall 1996.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD617F9" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4962ABF5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
@@ -11799,51 +12293,59 @@
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Multi-Ethnic Film (THE 400).</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="WP TypographicSymbols" w:hAnsi="WP TypographicSymbols"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Teaching assistant to Gus Edwards. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Fall 1991- Spring 1992. </w:t>
+        <w:t xml:space="preserve">Fall 1991- Spring </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1992. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C818A02" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00982760" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11910,51 +12412,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>To the Profession</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B05901" w14:textId="77777777" w:rsidR="004803CD" w:rsidRPr="004B519D" w:rsidRDefault="004803CD" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78535AD2" w14:textId="77777777" w:rsidR="003174B1" w:rsidRPr="004B519D" w:rsidRDefault="003174B1" w:rsidP="00012389">
+    <w:p w14:paraId="30D02ADE" w14:textId="52643EE4" w:rsidR="003174B1" w:rsidRPr="0018135F" w:rsidRDefault="003174B1" w:rsidP="0018135F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="200" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research Committee Member, a2ru.  2015 – present, and member of Arts &amp; Health Task working group</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
@@ -12036,59 +12538,50 @@
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> varied geographies and institutional contexts.</w:t>
       </w:r>
       <w:r w:rsidR="00012389" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Convenes twice-yearly with the regular Research Committee. </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="3D0954CD" w14:textId="77777777" w:rsidR="003174B1" w:rsidRPr="004B519D" w:rsidRDefault="003174B1" w:rsidP="004803CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A070142" w14:textId="77777777" w:rsidR="004803CD" w:rsidRPr="004B519D" w:rsidRDefault="004803CD" w:rsidP="004803CD">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Conference Planning Committee Member,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
@@ -12398,50 +12891,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7974594E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F93023D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Reviewer,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> University of Texas Press, Northern Illinois University Press, University of Nebraska Press, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">MELUS </w:t>
@@ -12452,597 +12946,600 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Multi-Ethnic Literature in the United States), Text and Performance Quarterly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C9D692" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B3974FB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+    <w:p w14:paraId="6B3974FB" w14:textId="77FD657A" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewer, Promotion and Tenure.  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Since 2007 I have reviewed the tenure files of colleagues from Dartmouth, Northwestern University, the University of California, the University of Michigan, York University (Canada), Florida State University, Ohio State University</w:t>
+        <w:t xml:space="preserve">Since 2007 I have reviewed the tenure files of colleagues from Dartmouth, Northwestern University, the University of California, the University of Michigan, York University (Canada), Florida State University, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B77140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ohio State University</w:t>
       </w:r>
       <w:r w:rsidR="001B2430" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AF0945" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Louisiana State University</w:t>
       </w:r>
       <w:r w:rsidR="001B2430" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>; University of Richmond, UC Santa Barbara</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003174B1" w:rsidRPr="004B519D">
+        <w:t>; University of Richmond,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77140">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t>, Dartmouth</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B2430" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...5 lines deleted...]
-          <w:i/>
+        <w:t>UC Santa Barbara</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve">, Brown University, Texas State University, and University of North Carolina School for the Arts. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC2C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Often</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC2C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I am chosen for my expertise in Indigenous and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AC2C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Latiné</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AC2C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> theatre or theatre history.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1649A823" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C4105F" w14:textId="27686E80" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>America</w:t>
+      </w:r>
+      <w:r w:rsidR="00B77140">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Society for Theatre Research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2009 Conference Program Co-Chair.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive Committee member (2006-2009).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program Committee Member, 2004-5, 1998. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Seminar Co-coordinator, November 2002 Conference.  Nominating Committee Member, 1999-2000.  Nominated to run for President fall 2011 (declined).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B4D531" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="726399FB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Association for Theatre in Higher Education.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program committee member for 2014 conference (to be held in Scottsdale).  Adjudicator, debut panel for Latina/o Focus Group debut panel, 2008 and 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72172293" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C964CEC" w14:textId="0A5CF997" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Associate Editor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-    <w:p w14:paraId="22C4105F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Theatre Journal.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2006-2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D11ECC0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B519D">
-[...33 lines deleted...]
-    <w:p w14:paraId="56B4D531" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+    </w:p>
+    <w:p w14:paraId="23B454B3" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="726399FB" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advisory Board Member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Hemispheric Institute for Performance and Politics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58220D6D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="72172293" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D69E37E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7C964CEC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Alliance for Theatre and Education.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Adjudicator, AATE Distinguished Dissertation Award 2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52492AE5" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B519D">
-[...44 lines deleted...]
-    <w:p w14:paraId="2D11ECC0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+    </w:p>
+    <w:p w14:paraId="5BFF7007" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oscar Brockett Prize in Theatre History.   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Adjudicator 1999-2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71799867" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60D89BC8" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>To Arizona State University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DD24F0" w14:textId="77777777" w:rsidR="00D93E04" w:rsidRPr="004B519D" w:rsidRDefault="00D93E04" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EDF10DB" w14:textId="099DBAA2" w:rsidR="00012389" w:rsidRPr="004B519D" w:rsidRDefault="00012389" w:rsidP="00012389">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="23B454B3" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Convener, Creative Health Collaborations </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94068">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">research team and initiative, 2017–present. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our aim is to advance research, curricula and programming at the intersection of Arts, Design, and Health; the team comprises members from Humanities, Social Transformation, Nursing, Health Solutions and Herberger.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740D847B" w14:textId="77777777" w:rsidR="00012389" w:rsidRPr="004B519D" w:rsidRDefault="00012389" w:rsidP="00744207">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A0534D" w14:textId="7D50093F" w:rsidR="00D93E04" w:rsidRPr="004B519D" w:rsidRDefault="00D93E04" w:rsidP="005A63D0">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...134 lines deleted...]
-        <w:t xml:space="preserve">Our aim is to advance research, curricula and programming at the intersection of Arts, Design, and Health; the team comprises members from Humanities, Social Transformation, Nursing, Health Solutions and </w:t>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Convener, Herberger Institute Research Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00744207">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2014-2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005A63D0" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oversee and administer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Herberger Seed and Project Grants as well as joint He</w:t>
+      </w:r>
+      <w:r w:rsidR="005A63D0" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rberger/IHR seed grant programs; serve as Herberger </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004B519D">
-[...76 lines deleted...]
-      </w:r>
       <w:r w:rsidR="005A63D0" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Oversee and administer </w:t>
-[...26 lines deleted...]
-        <w:t>rberger</w:t>
+        <w:t>representatitive</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="005A63D0" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">/IHR seed grant programs; serve as </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> to the bi-weekly meetings of ASU Associate Deans for Research. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A88B1D" w14:textId="77777777" w:rsidR="00D93E04" w:rsidRPr="004B519D" w:rsidRDefault="00D93E04" w:rsidP="00D93E04">
+    <w:p w14:paraId="43BCD836" w14:textId="77777777" w:rsidR="00023F24" w:rsidRDefault="00023F24" w:rsidP="00023F24">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06ED9EB9" w14:textId="77777777" w:rsidR="00D93E04" w:rsidRPr="004B519D" w:rsidRDefault="00D93E04" w:rsidP="00D93E04">
+    <w:p w14:paraId="06ED9EB9" w14:textId="07EA549E" w:rsidR="00D93E04" w:rsidRPr="004B519D" w:rsidRDefault="00D93E04" w:rsidP="00023F24">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Advisory Board, Institute for Humanities Research, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>2013-15.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64EEC1BF" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="368BB279" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
@@ -13171,223 +13668,186 @@
     </w:p>
     <w:p w14:paraId="52ED286D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F34CE23" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Institute and College By-Laws Review Ad-Hoc Committees, </w:t>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Herberger Institute and College By-Laws Review Ad-Hoc Committees, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Fall 2008 and </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>2009</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D50E2C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="238D98C2" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Herberger</w:t>
-[...5 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Herberger College of Fine Arts Personnel Committee, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> College of Fine Arts Personnel Committee, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+        <w:t xml:space="preserve">School of Theatre and Film representative 2005-2008.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2A1E1A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00212539">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD173D6" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">School of Theatre and Film representative 2005-2008.  </w:t>
-[...13 lines deleted...]
-        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Moliere than Thou,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:iCs/>
         </w:rPr>
-        <w:tab/>
-[...12 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve">performance by solo artist Tim Mooney. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">performance by solo artist Tim Mooney. </w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> of Greater Phoenix, and the American Association of Teachers of French.  Sept. 2005. </w:t>
+        <w:t xml:space="preserve">Department liaison for event co-sponsored by our unit, the ASU French program, the Alliance Francaise of Greater Phoenix, and the American Association of Teachers of French.  Sept. 2005. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A55888C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E64385B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:t xml:space="preserve">“Ethics When Cultures Clash.”  </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -13607,51 +14067,58 @@
     </w:p>
     <w:p w14:paraId="3FC85929" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Search Committees </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Theatre/Fil</w:t>
       </w:r>
       <w:r w:rsidR="00FE460C" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>m History 2013-14, Theatre/Film History and Theatre for Youth</w:t>
+        <w:t xml:space="preserve">m History 2013-14, Theatre/Film History and Theatre for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE460C" w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Youth</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, 2011-12</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>; Theatre Historian 2010-2011; Southwest Borderlands professor (HIDA-wide) Fall 2010</w:t>
       </w:r>
       <w:r w:rsidR="00FE460C" w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, Department Chair, Spring 2004</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
@@ -13833,58 +14300,51 @@
     <w:p w14:paraId="2E970C2B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Dramaturg, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Iphigenia Crash Land Falls on the Neon Shell that Was Once Her Heart.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Assist director and cast with research on various backgrounds to the play, supervise work of assistant dramaturg, coordinate residency of playwright Caridad </w:t>
+        <w:t xml:space="preserve">  Assist director and cast with research on various backgrounds to the play, supervise work of assistant dramaturg, coordinate residency of playwright Caridad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Svich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.  Spring 2006 – Spring 2007.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73BAA06A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00FE460C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
@@ -14127,122 +14587,118 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28058EA7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Adjudicator and Workshop Leader, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">“Many Faces Many Stories” Native America Drama Festival, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+        <w:t>“Many Faces Many Stories” Native America Drama Festival, Chinle High School, March 2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783E7767" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Chinle</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F77A95A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> High School, March 2004.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="783E7767" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Day School Committee Convener, Phoenix Society of Friends (Quakers). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA889C7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F77A95A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
-[...30 lines deleted...]
-    </w:p>
     <w:p w14:paraId="68BA9E50" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:t>Professional Affiliations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A584930" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
+    <w:p w14:paraId="7D42F3F2" w14:textId="77777777" w:rsidR="00335D61" w:rsidRDefault="00335D61" w:rsidP="00DF5E51">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>National Organization for Arts in Health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A584930" w14:textId="520DFA2A" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>American Society for Theatre Research</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07FCA662" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Association for Theatre in Higher Education</w:t>
@@ -14374,601 +14830,536 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Dramaturgy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1163DD31" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
+        <w:t>Mexotica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bryant Lake Bowl Theatre, Minneapolis, July 1998. Playwright/Director Christopher Danowski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F29569A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FEC1575" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Caucasian Chalk Circle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, MFA thesis production of directing student Carys </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kresny</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. University of Washington, spring 1996.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EFFF63C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C960F47" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ritual, Symbol, and Rite of Passage in America</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, New City Theatre Festival of New Plays, Seattle, Fall 1995.  Director Robert Sindelar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D4C219" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442738D6" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Much Ado About Nothing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (set in 19th-century Mexico), University of Washington, Winter 1994.  Director Jack Clay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBC380B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BED0B7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>School for Scandal,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arizona State University, Spring 1992.  Director Rob Bundy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D59EAB3" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D8DB64A" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Directing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1096DF85" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Three Penny Opera,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arizona State University, Fall 1992.  Assistant to Faculty Director Graham Whitehead.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0709B25C" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A0C1A03" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Crimes of the Heart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Robert Morris Colonial Theatre, Pittsburgh.  Named "Best of Pittsburgh" for Ensemble Acting by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>In Pittsburgh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 1989.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4EAD78" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E61C044" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:t>Acting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7719CB37" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Una, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Después</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Fin del Mundo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Studio A (ASU), Tempe, AZ, August 1993.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3395E701" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Mexotica</w:t>
-[...243 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">* Penny, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Spoils of War</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Upstairs Theatre, Pittsburgh, April 1991.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CBEC1B" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Inez Serrano, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>No Exit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Robert Morris Colonial Theatre, Pittsburgh, April 1990.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622D7A02" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Alice, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Blue Window</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Upstairs Theatre, February 1990.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AE9365" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Vicki, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Hide and Seek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Centre Stage Players, Washington, PA, July 1989.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1559360D" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Ensemble, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>A Thurber Carnival</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Robert Morris Colonial Theatre, August, 1988.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7B5895" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Mute, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>The Fantasticks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Sheraton Inn/Warrendale PA, October 1987.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09020707" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Go-To-Hell Kitty and ensemble, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Chicago,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Market Square Dinner Theatre, Pittsburgh, 1987.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD4422E" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B519D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Meg Magrath, </w:t>
+      </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Crimes of the Heart</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Robert Morris Colonial Theatre, Pittsburgh.  Named "Best of Pittsburgh" for Ensemble Acting by </w:t>
-[...292 lines deleted...]
-        <w:t xml:space="preserve"> Players, Cincinnati, February 1985.</w:t>
+        <w:t>, Beechmont Players, Cincinnati, February 1985.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42FB9FC0" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">* Irene Molloy, </w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Hello Dolly,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -15150,51 +15541,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>September 1991 - May 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9542B8" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Associate Director, Graduate and Professional Student Association.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Organized the first "Research Expo" in 1993, showcasing the research and work-in-progress of graduate students University-wide.  Also administered the annual Graduate Research Development Program, which funded graduate research across all disciplines, by supervising review committees and assisting in the evaluation of research proposals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2D35AF" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54712DD3" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
@@ -15428,708 +15818,817 @@
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D726953" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004B519D">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793F57FC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E1F5FA7" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+    <w:p w14:paraId="506134F2" w14:textId="77777777" w:rsidR="00335D61" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>George Justice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Linda Essig</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Sandra Stauffer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C390054" w14:textId="77777777" w:rsidR="00335D61" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Provost</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Senior Associate Dean</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CE7D3D" w14:textId="77777777" w:rsidR="00335D61" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>University of Tulsa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Baruch College</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Herberger Institute, ASU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A78E7D" w14:textId="77777777" w:rsidR="00335D61" w:rsidRPr="009D3FAF" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C1218AB" w14:textId="77777777" w:rsidR="00335D61" w:rsidRPr="009D3FAF" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Diana Taylor</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Jorge Huerta</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Jon Rossini</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A53BF1" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51" w:rsidP="00DF5E51">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+    <w:p w14:paraId="6D4927FE" w14:textId="77777777" w:rsidR="00335D61" w:rsidRPr="009D3FAF" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tisch School </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Emeritus Professor</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>School of Theatre &amp; Dance</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F9882F" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+    <w:p w14:paraId="2A902D3E" w14:textId="77777777" w:rsidR="00335D61" w:rsidRPr="009D3FAF" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>New York University</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>UC San Diego</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>UC Davis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEA41AC" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRPr="004B519D" w:rsidRDefault="00DF5E51">
-[...16 lines deleted...]
-        <w:t>Sarah Bryant-</w:t>
+    <w:p w14:paraId="782461A3" w14:textId="77777777" w:rsidR="00335D61" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26C29A4F" w14:textId="77777777" w:rsidR="00335D61" w:rsidRPr="009D3FAF" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sonja </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004B519D">
-[...3 lines deleted...]
-        <w:t>Bertail</w:t>
+      <w:r w:rsidRPr="009D3FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Kuftinec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004B519D">
+      <w:r w:rsidRPr="009D3FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004B519D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Cynthia Steele, Chair</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+        <w:t>Cynthia Steele</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A6985A" w14:textId="77777777" w:rsidR="00335D61" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Dept. of Theatre &amp; Dance</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="004B519D">
+        <w:t>Emeritus Professor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2F6B65" w14:textId="77777777" w:rsidR="00335D61" w:rsidRPr="009D3FAF" w:rsidRDefault="00335D61" w:rsidP="00335D61">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D3FAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>University of Minnesota</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>University of Washington</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>University of Minnesota</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50910E63" w14:textId="77777777" w:rsidR="00DF5E51" w:rsidRDefault="00DF5E51">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DF5E51">
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1440" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3888EE2B" w14:textId="77777777" w:rsidR="00524839" w:rsidRDefault="00524839">
+    <w:p w14:paraId="0DAA85F3" w14:textId="77777777" w:rsidR="002174AA" w:rsidRDefault="002174AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="582BA3B0" w14:textId="77777777" w:rsidR="00524839" w:rsidRDefault="00524839">
+    <w:p w14:paraId="20AA908E" w14:textId="77777777" w:rsidR="002174AA" w:rsidRDefault="002174AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
+    <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="@PMingLiU">
     <w:altName w:val="@PMingLiU"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28EFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WP TypographicSymbols">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="4D"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino-Roman">
     <w:altName w:val="Palatino"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="40D056A8" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40D056A8" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="13995522" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081">
+  <w:p w14:paraId="13995522" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1815053E" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1815053E" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7976C81A" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081">
+  <w:p w14:paraId="7976C81A" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FB7C785" w14:textId="77777777" w:rsidR="00524839" w:rsidRDefault="00524839">
+    <w:p w14:paraId="77F8ED6C" w14:textId="77777777" w:rsidR="002174AA" w:rsidRDefault="002174AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="491FC3CA" w14:textId="77777777" w:rsidR="00524839" w:rsidRDefault="00524839">
+    <w:p w14:paraId="1592C8A5" w14:textId="77777777" w:rsidR="002174AA" w:rsidRDefault="002174AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="64ECA5A4" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64ECA5A4" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90">
     <w:pPr>
       <w:framePr w:w="9361" w:wrap="notBeside" w:vAnchor="text" w:hAnchor="text" w:x="1" w:y="1"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU" w:hint="eastAsia"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="@PMingLiU" w:eastAsia="@PMingLiU"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="659B6861" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081"/>
-  <w:p w14:paraId="16004F58" w14:textId="77777777" w:rsidR="00F50081" w:rsidRDefault="00F50081">
+  <w:p w14:paraId="659B6861" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90"/>
+  <w:p w14:paraId="16004F58" w14:textId="77777777" w:rsidR="00541D90" w:rsidRDefault="00541D90">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CBE38EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA5ECAF6"/>
     <w:lvl w:ilvl="0" w:tplc="E3C6DE9E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16198,257 +16697,289 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="990988895">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="143"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00005507"/>
     <w:rsid w:val="00003B09"/>
     <w:rsid w:val="00005507"/>
     <w:rsid w:val="00012389"/>
+    <w:rsid w:val="00023F24"/>
     <w:rsid w:val="00032DC4"/>
     <w:rsid w:val="00057326"/>
     <w:rsid w:val="00060E97"/>
     <w:rsid w:val="000778E4"/>
     <w:rsid w:val="000919B3"/>
+    <w:rsid w:val="000A6AE2"/>
+    <w:rsid w:val="000B266E"/>
     <w:rsid w:val="000B6552"/>
+    <w:rsid w:val="0010784C"/>
+    <w:rsid w:val="00113A20"/>
     <w:rsid w:val="00116AB7"/>
     <w:rsid w:val="0017586A"/>
+    <w:rsid w:val="0018135F"/>
+    <w:rsid w:val="00196A41"/>
     <w:rsid w:val="001B207B"/>
     <w:rsid w:val="001B2430"/>
+    <w:rsid w:val="001C6E0A"/>
     <w:rsid w:val="001F0791"/>
     <w:rsid w:val="002067A0"/>
     <w:rsid w:val="00212539"/>
+    <w:rsid w:val="002174AA"/>
     <w:rsid w:val="00263824"/>
     <w:rsid w:val="00276AF8"/>
     <w:rsid w:val="002815D1"/>
     <w:rsid w:val="0028402E"/>
     <w:rsid w:val="00284265"/>
     <w:rsid w:val="002C3B2E"/>
     <w:rsid w:val="002E5A22"/>
     <w:rsid w:val="002E5ADA"/>
     <w:rsid w:val="003161DD"/>
     <w:rsid w:val="003174B1"/>
     <w:rsid w:val="00322263"/>
     <w:rsid w:val="003327CD"/>
+    <w:rsid w:val="00334934"/>
+    <w:rsid w:val="00335D61"/>
     <w:rsid w:val="00377AA7"/>
     <w:rsid w:val="003969D6"/>
     <w:rsid w:val="003970C9"/>
     <w:rsid w:val="003A2D4B"/>
     <w:rsid w:val="003A4041"/>
+    <w:rsid w:val="003B7F3A"/>
     <w:rsid w:val="003E373D"/>
     <w:rsid w:val="0046291F"/>
+    <w:rsid w:val="00464780"/>
     <w:rsid w:val="004803CD"/>
     <w:rsid w:val="00482055"/>
     <w:rsid w:val="004837B0"/>
     <w:rsid w:val="004B519D"/>
+    <w:rsid w:val="004B754A"/>
     <w:rsid w:val="004C2F52"/>
     <w:rsid w:val="004D0FDD"/>
     <w:rsid w:val="004F32F8"/>
     <w:rsid w:val="00515550"/>
-    <w:rsid w:val="00524839"/>
+    <w:rsid w:val="00517508"/>
+    <w:rsid w:val="00541D90"/>
     <w:rsid w:val="00583C64"/>
     <w:rsid w:val="005853DD"/>
     <w:rsid w:val="005A63D0"/>
     <w:rsid w:val="00614BDA"/>
     <w:rsid w:val="00624F59"/>
     <w:rsid w:val="00656F0A"/>
+    <w:rsid w:val="006805DC"/>
     <w:rsid w:val="00693BCA"/>
     <w:rsid w:val="006A3506"/>
     <w:rsid w:val="006B2DF7"/>
     <w:rsid w:val="006B474C"/>
     <w:rsid w:val="006D526B"/>
     <w:rsid w:val="006E62F8"/>
     <w:rsid w:val="006E7EA4"/>
     <w:rsid w:val="006F0E30"/>
     <w:rsid w:val="007311FB"/>
     <w:rsid w:val="00744207"/>
     <w:rsid w:val="007477BE"/>
     <w:rsid w:val="00755BE7"/>
+    <w:rsid w:val="00823EED"/>
     <w:rsid w:val="00847493"/>
     <w:rsid w:val="00847FF5"/>
     <w:rsid w:val="008641CC"/>
     <w:rsid w:val="00884B09"/>
     <w:rsid w:val="008F36BC"/>
+    <w:rsid w:val="00906435"/>
+    <w:rsid w:val="00906A61"/>
     <w:rsid w:val="00936B23"/>
     <w:rsid w:val="00962A11"/>
     <w:rsid w:val="009C3DCC"/>
     <w:rsid w:val="009D5A15"/>
     <w:rsid w:val="009D5F4B"/>
+    <w:rsid w:val="00A048E9"/>
     <w:rsid w:val="00A3006C"/>
     <w:rsid w:val="00A31DB5"/>
+    <w:rsid w:val="00A46C31"/>
     <w:rsid w:val="00A9150A"/>
+    <w:rsid w:val="00A94068"/>
+    <w:rsid w:val="00AC2C4A"/>
     <w:rsid w:val="00AF0945"/>
     <w:rsid w:val="00AF6002"/>
+    <w:rsid w:val="00B07FFA"/>
     <w:rsid w:val="00B120E0"/>
     <w:rsid w:val="00B37B01"/>
+    <w:rsid w:val="00B47482"/>
     <w:rsid w:val="00B53754"/>
     <w:rsid w:val="00B560A6"/>
     <w:rsid w:val="00B7231A"/>
+    <w:rsid w:val="00B77140"/>
+    <w:rsid w:val="00B86724"/>
     <w:rsid w:val="00B87910"/>
     <w:rsid w:val="00B95472"/>
     <w:rsid w:val="00BA38FA"/>
     <w:rsid w:val="00BC34D3"/>
     <w:rsid w:val="00BC3973"/>
     <w:rsid w:val="00BD432C"/>
     <w:rsid w:val="00BE0CD5"/>
     <w:rsid w:val="00C12248"/>
+    <w:rsid w:val="00C24D7F"/>
     <w:rsid w:val="00C71568"/>
     <w:rsid w:val="00C8281C"/>
     <w:rsid w:val="00CD3DF4"/>
     <w:rsid w:val="00CD7039"/>
     <w:rsid w:val="00CD74C9"/>
+    <w:rsid w:val="00CE4731"/>
     <w:rsid w:val="00D11BE5"/>
     <w:rsid w:val="00D11E16"/>
     <w:rsid w:val="00D45947"/>
     <w:rsid w:val="00D4681D"/>
     <w:rsid w:val="00D93E04"/>
     <w:rsid w:val="00DC712F"/>
     <w:rsid w:val="00DD1195"/>
+    <w:rsid w:val="00DD76CD"/>
     <w:rsid w:val="00DF5E51"/>
     <w:rsid w:val="00E102F2"/>
+    <w:rsid w:val="00E23E68"/>
     <w:rsid w:val="00E67FC3"/>
     <w:rsid w:val="00E9166C"/>
     <w:rsid w:val="00F06031"/>
     <w:rsid w:val="00F37DDA"/>
     <w:rsid w:val="00F50081"/>
     <w:rsid w:val="00F51C2B"/>
     <w:rsid w:val="00F709C6"/>
+    <w:rsid w:val="00F90033"/>
+    <w:rsid w:val="00F941CD"/>
     <w:rsid w:val="00FB5E37"/>
     <w:rsid w:val="00FE0DAA"/>
     <w:rsid w:val="00FE460C"/>
     <w:rsid w:val="00FF05FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="725BBB87"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{1ACBA3B0-D666-5445-B537-0B770F3070E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16771,50 +17302,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="@PMingLiU" w:hAnsi="Book Antiqua"/>
@@ -16881,51 +17413,50 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005A0D4A"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
@@ -17098,79 +17629,118 @@
     <w:rsid w:val="00377AA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="241" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A0">
     <w:name w:val="A0"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00377AA7"/>
     <w:rPr>
       <w:rFonts w:cs="Georgia"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="340208307">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="422805359">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="458033454">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="615793534">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1118450177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1384791915">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="windows-1252"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nopassport.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamara.underiner@asu.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -17472,76 +18042,76 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>43310</Characters>
+  <Pages>26</Pages>
+  <Words>8089</Words>
+  <Characters>46113</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>360</Lines>
-  <Paragraphs>101</Paragraphs>
+  <Lines>384</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Updated December 11, 2000</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona State University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50807</CharactersWithSpaces>
+  <CharactersWithSpaces>54094</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>1572926</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.nopassport.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5832784</vt:i4>
       </vt:variant>
       <vt:variant>